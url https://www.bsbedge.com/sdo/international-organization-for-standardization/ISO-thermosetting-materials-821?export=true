--- v0 (2025-10-05)
+++ v1 (2026-01-12)
@@ -12,89 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Published</t>
   </si>
   <si>
     <t>ISO</t>
   </si>
   <si>
+    <t>ISO/TS 25336:2025</t>
+  </si>
+  <si>
+    <t>Plastics — Thermosetting resin-based materials — Low-temperature cracking index test by embedded metal block method</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
     <t>ISO 21257:2024</t>
   </si>
   <si>
     <t>Plastics — Polymer polyols for use in the production of polyurethanes — Determination of the residual acrylonitrile and styrene monomer content by gas chromatography</t>
-  </si>
-[...1 lines deleted...]
-    <t>CHF</t>
   </si>
   <si>
     <t>ISO 4764:2024</t>
   </si>
   <si>
     <t>Plastics — Polyols for use in the production of polyurethanes — Determination of degree of unsaturation by using iodine method</t>
   </si>
   <si>
     <t>ISO 4615 : 1979</t>
   </si>
   <si>
     <t>Plastics — Unsaturated polyesters and epoxide resins — Determination of total chlorine content</t>
   </si>
   <si>
     <t>ISO 4614 : 1977</t>
   </si>
   <si>
     <t>Plastics — Melamine-formaldehyde mouldings — Determination of extractable formaldehyde</t>
   </si>
   <si>
     <t>ISO 14900:2023</t>
   </si>
   <si>
     <t>Plastics — Polyols for use in the production of polyurethanes — Determination of hydroxyl number</t>
   </si>
@@ -926,2396 +932,2422 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H90"/>
+  <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H2">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2024</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H3">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>1979</v>
+        <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H4">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H5">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2023</v>
+        <v>1977</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H6">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2023</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H7">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2023</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H8">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H9">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
-        <v>1994</v>
+        <v>2023</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H10">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H11">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
-        <v>1996</v>
+        <v>1989</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H12">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H13">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H14">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H15">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H16">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>1999</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H17">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>1999</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H18">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>1999</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H19">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>1999</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H20">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>1999</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H21">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>1999</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H22">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>1999</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H23">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>1999</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H24">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>1999</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H25">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>1999</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H26">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>1999</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H27">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
         <v>1999</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H28">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>1999</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H29">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>1999</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H30">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H31">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H32">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H33">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H34">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>1999</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H35">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>1999</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H36">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H37">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H38">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>98.0</v>
+        <v>44.0</v>
       </c>
       <c r="H39">
-        <v>98.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
         <v>1998</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H40">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
       <c r="H41">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>43.0</v>
+        <v>0.0</v>
       </c>
       <c r="H42">
-        <v>43.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
         <v>1999</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H43">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
         <v>1999</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H44">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H45">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H46">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H47">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H48">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
         <v>1999</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H49">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H50">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H51">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H52">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H53">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
-        <v>2005</v>
+        <v>1993</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H54">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H55">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H56">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H57">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H58">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
-        <v>2006</v>
+        <v>1993</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H59">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
       <c r="H60">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
       <c r="H61">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
-        <v>1977</v>
+        <v>2004</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H62">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
         <v>1977</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H63">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
-        <v>1978</v>
+        <v>1977</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H64">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
-        <v>2007</v>
+        <v>1978</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H65">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
         <v>2007</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H66">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
-        <v>1982</v>
+        <v>2007</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H67">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
-        <v>2009</v>
+        <v>1982</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H68">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
         <v>2009</v>
       </c>
       <c r="E69" t="s">
         <v>146</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H69">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>147</v>
       </c>
       <c r="D70">
         <v>2009</v>
       </c>
       <c r="E70" t="s">
         <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H70">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
         <v>2009</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H71">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E72" t="s">
         <v>152</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
       <c r="H72">
-        <v>155.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73">
         <v>2011</v>
       </c>
       <c r="E73" t="s">
         <v>154</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
       <c r="H73">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H74">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>18.0</v>
+        <v>67.0</v>
       </c>
       <c r="H75">
-        <v>18.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>159</v>
       </c>
       <c r="D76">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E76" t="s">
         <v>160</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>43.0</v>
+        <v>18.0</v>
       </c>
       <c r="H76">
-        <v>43.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>161</v>
       </c>
       <c r="D77">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E77" t="s">
         <v>162</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H77">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
         <v>2014</v>
       </c>
       <c r="E78" t="s">
         <v>164</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H78">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>165</v>
       </c>
       <c r="D79">
         <v>2014</v>
       </c>
       <c r="E79" t="s">
         <v>166</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H79">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>167</v>
       </c>
       <c r="D80">
         <v>2014</v>
       </c>
       <c r="E80" t="s">
         <v>168</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H80">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>169</v>
       </c>
       <c r="D81">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="E81" t="s">
         <v>170</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H81">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>171</v>
       </c>
       <c r="D82">
         <v>2023</v>
       </c>
       <c r="E82" t="s">
         <v>172</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H82">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>173</v>
       </c>
       <c r="D83">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E83" t="s">
         <v>174</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H83">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>175</v>
       </c>
       <c r="D84">
         <v>2017</v>
       </c>
       <c r="E84" t="s">
         <v>176</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H84">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E85" t="s">
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H85">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H86">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E87" t="s">
         <v>182</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>43.0</v>
+        <v>100.0</v>
       </c>
       <c r="H87">
-        <v>43.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
-        <v>1997</v>
+        <v>2022</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H88">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H89">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E90" t="s">
         <v>188</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H90">
-        <v>65.0</v>
+        <v>67.0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>8</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>189</v>
+      </c>
+      <c r="D91">
+        <v>2017</v>
+      </c>
+      <c r="E91" t="s">
+        <v>190</v>
+      </c>
+      <c r="F91" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91">
+        <v>67.0</v>
+      </c>
+      <c r="H91">
+        <v>67.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">