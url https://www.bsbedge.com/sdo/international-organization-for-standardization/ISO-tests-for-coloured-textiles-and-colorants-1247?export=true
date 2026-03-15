--- v0 (2026-01-14)
+++ v1 (2026-03-15)
@@ -449,51 +449,51 @@
   <si>
     <t>ISO 105-A05:1996/Cor 2:2005</t>
   </si>
   <si>
     <t>Textiles — Tests for colour fastness — Part A05: Instrumental assessment of change in colour for determination of grey scale rating — Technical Corrigendum 2</t>
   </si>
   <si>
     <t>ISO 105-D01:2010</t>
   </si>
   <si>
     <t>Textiles — Tests for colour fastness — Part D01: Colour fastness to drycleaning using perchloroethylene solvent</t>
   </si>
   <si>
     <t>ISO 105-A01:2010</t>
   </si>
   <si>
     <t>Textiles — Tests for colour fastness — Part A01: General principles of testing</t>
   </si>
   <si>
     <t>ISO 10617:2010</t>
   </si>
   <si>
     <t>Textiles — Standard data format for colorimetric communication — Textiles and related measurements</t>
   </si>
   <si>
-    <t>ISO 105-B08:1995/Amd 1:2009</t>
+    <t>ISO 105-B08/Amd 1 : 2009</t>
   </si>
   <si>
     <t>Textiles — Tests for colour fastness — Part B08: Quality control of blue wool reference materials 1 to 7 — Amendment 1</t>
   </si>
   <si>
     <t>ISO/TR 12116:2008</t>
   </si>
   <si>
     <t>Textiles — Methods of simulating colour change during actual wear by means of laboratory colour-fastness tests</t>
   </si>
   <si>
     <t>ISO 105-C06:2010</t>
   </si>
   <si>
     <t>Textiles — Tests for colour fastness — Part C06: Colour fastness to domestic and commercial laundering</t>
   </si>
   <si>
     <t>ISO 105-F10:1989/Amd 1:2009</t>
   </si>
   <si>
     <t>Textiles — Tests for colour fastness — Part F10: Specification for adjacent fabric: Multifibre — Amendment 1</t>
   </si>
   <si>
     <t>ISO 105-J03:2009</t>
   </si>