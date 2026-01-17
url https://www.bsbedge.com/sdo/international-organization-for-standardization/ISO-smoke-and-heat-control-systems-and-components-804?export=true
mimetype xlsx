--- v0 (2025-10-10)
+++ v1 (2026-01-17)
@@ -494,236 +494,236 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2021</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H2">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2018</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H3">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2019</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H4">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2017</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H5">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2017</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H6">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2008</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H7">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2012</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H8">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2011</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H9">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">