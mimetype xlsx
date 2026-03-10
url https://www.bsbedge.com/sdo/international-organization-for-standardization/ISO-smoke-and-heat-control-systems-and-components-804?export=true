--- v1 (2026-01-17)
+++ v2 (2026-03-10)
@@ -12,89 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Published</t>
   </si>
   <si>
     <t>ISO</t>
   </si>
   <si>
+    <t>ISO 21927-6:2026</t>
+  </si>
+  <si>
+    <t>Smoke and heat control systems — Part 6: Specification for pressure differential systems</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
     <t>ISO 21927-3:2021</t>
   </si>
   <si>
     <t>Smoke and heat control systems — Part 3: Specifications for powered smoke and heat exhaust ventilators</t>
-  </si>
-[...1 lines deleted...]
-    <t>CHF</t>
   </si>
   <si>
     <t>ISO 21927-2:2018</t>
   </si>
   <si>
     <t>Smoke and heat control systems — Part 2: Specifications for natural smoke and heat exhaust ventilators</t>
   </si>
   <si>
     <t>ISO 21927-4:2019</t>
   </si>
   <si>
     <t>Smoke and heat control systems — Part 4: Natural smoke and heat exhaust ventilators — Design, requirements and installation</t>
   </si>
   <si>
     <t>ISO 21927-7:2017</t>
   </si>
   <si>
     <t>Smoke and heat control systems — Part 7: Smoke ducts sections</t>
   </si>
   <si>
     <t>ISO 21927-8:2017</t>
   </si>
   <si>
     <t>Smoke and heat control systems — Part 8: Smoke control dampers</t>
   </si>
@@ -440,289 +446,315 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
         <v>204.0</v>
       </c>
       <c r="H2">
         <v>204.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>204.0</v>
       </c>
       <c r="H3">
         <v>204.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>100.0</v>
+        <v>204.0</v>
       </c>
       <c r="H4">
-        <v>100.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>67.0</v>
+        <v>100.0</v>
       </c>
       <c r="H5">
-        <v>67.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2017</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>100.0</v>
+        <v>67.0</v>
       </c>
       <c r="H6">
-        <v>100.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>181.0</v>
+        <v>100.0</v>
       </c>
       <c r="H7">
-        <v>181.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>204.0</v>
+        <v>181.0</v>
       </c>
       <c r="H8">
-        <v>204.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
+        <v>204.0</v>
+      </c>
+      <c r="H9">
+        <v>204.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10">
+        <v>2011</v>
+      </c>
+      <c r="E10" t="s">
+        <v>28</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10">
         <v>159.0</v>
       </c>
-      <c r="H9">
+      <c r="H10">
         <v>159.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>