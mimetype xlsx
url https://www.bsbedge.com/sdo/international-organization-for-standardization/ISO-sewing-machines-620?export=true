--- v0 (2025-10-10)
+++ v1 (2026-01-17)
@@ -464,80 +464,80 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2005</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H2">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>1987</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H3">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2009</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>18.0</v>
       </c>
       <c r="H4">