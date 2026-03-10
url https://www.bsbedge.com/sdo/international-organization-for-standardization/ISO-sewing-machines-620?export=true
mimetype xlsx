--- v1 (2026-01-17)
+++ v2 (2026-03-10)
@@ -59,51 +59,51 @@
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Published</t>
   </si>
   <si>
     <t>ISO</t>
   </si>
   <si>
     <t>ISO 10821:2005</t>
   </si>
   <si>
     <t>Industrial sewing machines — Safety requirements for sewing machines, units and systems</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>ISO 8239:1987</t>
   </si>
   <si>
     <t>Sewing machines needles — Fitting dimensions — Tolerances and combinations</t>
   </si>
   <si>
-    <t>ISO 10821:2005/Amd 1:2009</t>
+    <t>ISO 10821/Amd 1 : 2009</t>
   </si>
   <si>
     <t>Industrial sewing machines — Safety requirements for sewing machines, units and systems — Amendment 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>