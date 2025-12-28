--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -12,91 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="725">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="723">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Published</t>
   </si>
   <si>
     <t>ISO</t>
   </si>
   <si>
+    <t>ISO 13954:2025</t>
+  </si>
+  <si>
+    <t>Plastics pipes and fittings — Peel decohesion test for polyethylene (PE) electrofusion assemblies of nominal outside diameter greater than or equal to 90 mm</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
     <t>ISO 13956:2025</t>
   </si>
   <si>
     <t>Plastics pipes and fittings — Decohesion test of polyethylene (PE) saddle fusion joints — Evaluation of ductility of fusion joint interface by tear test</t>
   </si>
   <si>
-    <t>CHF</t>
-[...1 lines deleted...]
-  <si>
     <t>ISO 18488:2025</t>
   </si>
   <si>
     <t>Polyethylene (PE) materials for piping systems — Determination of strain hardening modulus in relation to slow crack growth — Test method</t>
   </si>
   <si>
     <t>ISO 15875-5:2025</t>
   </si>
   <si>
     <t>Plastics piping systems for hot and cold water installations — Crosslinked polyethylene (PE-X) — Part 5: Fitness for purpose of the system</t>
   </si>
   <si>
     <t>ISO 15875-2:2025</t>
   </si>
   <si>
     <t>Plastics piping systems for hot and cold water installations — Crosslinked polyethylene (PE-X) — Part 2: Pipes</t>
   </si>
   <si>
     <t>ISO 15875-1:2025</t>
   </si>
   <si>
     <t>Plastics piping systems for hot and cold water installations — Crosslinked polyethylene (PE-X) — Part 1: General</t>
   </si>
   <si>
     <t>ISO 15875-3:2025</t>
@@ -431,56 +437,50 @@
   <si>
     <t>ISO 13480:1997</t>
   </si>
   <si>
     <t>Polyethylene pipes — Resistance to slow crack growth — Cone test method</t>
   </si>
   <si>
     <t>ISO 13760:1998</t>
   </si>
   <si>
     <t>Plastics pipes for the conveyance of fluids under pressure — Miner's rule — Calculation method for cumulative damage</t>
   </si>
   <si>
     <t>ISO 13846:2000</t>
   </si>
   <si>
     <t>Plastics piping systems — End-load-bearing and non-end-load-bearing assemblies and joints for thermoplastics pressure piping — Test method for long-term leaktightness under internal water pressure</t>
   </si>
   <si>
     <t>ISO 13955:1997</t>
   </si>
   <si>
     <t>Plastics pipes and fittings — Crushing decohesion test for polyethylene (PE) electrofusion assemblies</t>
   </si>
   <si>
-    <t>ISO 13954:1997</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 13957:1997</t>
   </si>
   <si>
     <t>Plastics pipes and fittings — Polyethylene (PE) tapping tees — Test method for impact resistance</t>
   </si>
   <si>
     <t>ISO 13966:1998</t>
   </si>
   <si>
     <t>Thermoplastics pipes and fittings — Nominal ring stiffnesses</t>
   </si>
   <si>
     <t>ISO 12091:1995</t>
   </si>
   <si>
     <t>Structured-wall thermoplastics pipes — Oven test</t>
   </si>
   <si>
     <t>ISO 161-2:1996</t>
   </si>
   <si>
     <t>Thermoplastics pipes for the conveyance of fluids — Nominal outside diameters and nominal pressures — Part 2: Inch-based series</t>
   </si>
   <si>
     <t>ISO 14531-1:2002</t>
@@ -1839,56 +1839,50 @@
     <t>Thermoplastics pipes, fittings and assemblies for the conveyance of fluids — Determination of the resistance to internal pressure — Part 2: Preparation of pipe test pieces</t>
   </si>
   <si>
     <t>ISO/TS 17902:2016</t>
   </si>
   <si>
     <t>Wrapped electrofoaming joints for polyethylene (PE) piping systems with smooth outer wall for gravity drains and sewers</t>
   </si>
   <si>
     <t>ISO/TS 20656-1:2017</t>
   </si>
   <si>
     <t>Plastics piping systems — General rules for structural design of glass-reinforced thermosetting plastics (GRP) pipes — Part 1: Buried pipes</t>
   </si>
   <si>
     <t>ISO 15494:2015/Amd 1:2020</t>
   </si>
   <si>
     <t>Plastics piping systems for industrial applications — Polybutene (PB), polyethylene (PE), polyethylene of raised temperature resistance (PE-RT), crosslinked polyethylene (PE-X), polypropylene (PP) — Metric series for specifications for components and the system — Amendment 1</t>
   </si>
   <si>
     <t>ISO 7432:2021</t>
   </si>
   <si>
     <t>Glass-reinforced thermosetting plastics (GRP) pipes and fittings — Test methods to prove the design of locked socket-and-spigot joints, including double-socket joints, with elastomeric seals</t>
-  </si>
-[...4 lines deleted...]
-    <t>Plastics pipes and fittings — Peel decohesion test for polyethylene (PE) electrofusion assemblies of nominal outside diameter greater than or equal to 90 mm — Amendment 1</t>
   </si>
   <si>
     <t>ISO 13955:1997/Amd 1:2020</t>
   </si>
   <si>
     <t>Plastics pipes and fittings — Crushing decohesion test for polyethylene (PE) electrofusion assemblies — Amendment 1</t>
   </si>
   <si>
     <t>ISO 13953:2001/Amd 1:2020</t>
   </si>
   <si>
     <t>Polyethylene (PE) pipes and fittings — Determination of the tensile strength and failure mode of test pieces from a butt-fused joint — Amendment 1</t>
   </si>
   <si>
     <t>ISO 10466:2021</t>
   </si>
   <si>
     <t>Glass-reinforced thermosetting plastics (GRP) pipes — Test method to prove the resistance to initial ring deflection</t>
   </si>
   <si>
     <t>ISO 11295:2022</t>
   </si>
   <si>
     <t>Plastics piping systems used for the rehabilitation of pipelines — Classification and overview of strategic, tactical and operational activities</t>
   </si>
@@ -2534,51 +2528,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H358"/>
+  <dimension ref="A1:H357"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2666,288 +2660,288 @@
       </c>
       <c r="H4">
         <v>65.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H5">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
       <c r="H6">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H7">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
       <c r="H8">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>65.0</v>
       </c>
       <c r="H9">
         <v>65.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H10">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>98.0</v>
+        <v>132.0</v>
       </c>
       <c r="H11">
-        <v>98.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>132.0</v>
+        <v>98.0</v>
       </c>
       <c r="H12">
-        <v>132.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>132.0</v>
       </c>
       <c r="H13">
         <v>132.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
       <c r="H14">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
         <v>65.0</v>
       </c>
       <c r="H15">
@@ -3004,614 +2998,614 @@
       </c>
       <c r="H17">
         <v>65.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>98.0</v>
+        <v>65.0</v>
       </c>
       <c r="H18">
-        <v>98.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>155.0</v>
+        <v>98.0</v>
       </c>
       <c r="H19">
-        <v>155.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>132.0</v>
+        <v>155.0</v>
       </c>
       <c r="H20">
-        <v>132.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
         <v>132.0</v>
       </c>
       <c r="H21">
         <v>132.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>98.0</v>
+        <v>132.0</v>
       </c>
       <c r="H22">
-        <v>98.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
-        <v>1979</v>
+        <v>2024</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>43.0</v>
+        <v>98.0</v>
       </c>
       <c r="H23">
-        <v>43.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
-        <v>2024</v>
+        <v>1979</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H24">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2024</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>98.0</v>
+        <v>65.0</v>
       </c>
       <c r="H25">
-        <v>98.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>132.0</v>
+        <v>98.0</v>
       </c>
       <c r="H26">
-        <v>132.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2024</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
       <c r="H27">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
         <v>2024</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>98.0</v>
+        <v>43.0</v>
       </c>
       <c r="H28">
-        <v>98.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>155.0</v>
+        <v>98.0</v>
       </c>
       <c r="H29">
-        <v>155.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2024</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>132.0</v>
+        <v>155.0</v>
       </c>
       <c r="H30">
-        <v>132.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2024</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
         <v>132.0</v>
       </c>
       <c r="H31">
         <v>132.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2024</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
       <c r="H32">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>2024</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H33">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>2024</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
       <c r="H34">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H35">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2023</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
         <v>132.0</v>
       </c>
       <c r="H36">
         <v>132.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
         <v>2023</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>177.0</v>
+        <v>132.0</v>
       </c>
       <c r="H37">
-        <v>177.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>2023</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>43.0</v>
+        <v>177.0</v>
       </c>
       <c r="H38">
-        <v>43.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>2023</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
         <v>43.0</v>
       </c>
       <c r="H39">
         <v>43.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
-        <v>1984</v>
+        <v>2023</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
         <v>43.0</v>
       </c>
       <c r="H40">
         <v>43.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
@@ -3619,441 +3613,441 @@
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
         <v>43.0</v>
       </c>
       <c r="H41">
         <v>43.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H42">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
-        <v>1999</v>
+        <v>1983</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H43">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H44">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
         <v>65.0</v>
       </c>
       <c r="H45">
         <v>65.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
         <v>1992</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H46">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
         <v>1992</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
         <v>43.0</v>
       </c>
       <c r="H47">
         <v>43.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>155.0</v>
+        <v>43.0</v>
       </c>
       <c r="H48">
-        <v>155.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>98.0</v>
+        <v>155.0</v>
       </c>
       <c r="H49">
-        <v>98.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
         <v>2017</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>132.0</v>
+        <v>98.0</v>
       </c>
       <c r="H50">
-        <v>132.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>98.0</v>
+        <v>132.0</v>
       </c>
       <c r="H51">
-        <v>98.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>65.0</v>
+        <v>98.0</v>
       </c>
       <c r="H52">
-        <v>65.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
         <v>2013</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>98.0</v>
+        <v>65.0</v>
       </c>
       <c r="H53">
-        <v>98.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2013</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
         <v>98.0</v>
       </c>
       <c r="H54">
         <v>98.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
         <v>2013</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>65.0</v>
+        <v>98.0</v>
       </c>
       <c r="H55">
-        <v>65.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H56">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
         <v>43.0</v>
       </c>
       <c r="H57">
         <v>43.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
@@ -4087,181 +4081,181 @@
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
         <v>43.0</v>
       </c>
       <c r="H59">
         <v>43.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>98.0</v>
+        <v>43.0</v>
       </c>
       <c r="H60">
-        <v>98.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>43.0</v>
+        <v>98.0</v>
       </c>
       <c r="H61">
-        <v>43.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H62">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H63">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>43.0</v>
       </c>
       <c r="H64">
         <v>43.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
         <v>43.0</v>
       </c>
       <c r="H65">
         <v>43.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
@@ -10405,167 +10399,167 @@
       </c>
       <c r="E302" t="s">
         <v>612</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
         <v>18.0</v>
       </c>
       <c r="H302">
         <v>18.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>613</v>
       </c>
       <c r="D303">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E303" t="s">
         <v>614</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>18.0</v>
+        <v>65.0</v>
       </c>
       <c r="H303">
-        <v>18.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>615</v>
       </c>
       <c r="D304">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E304" t="s">
         <v>616</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>65.0</v>
+        <v>199.0</v>
       </c>
       <c r="H304">
-        <v>65.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>617</v>
       </c>
       <c r="D305">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E305" t="s">
         <v>618</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>199.0</v>
+        <v>65.0</v>
       </c>
       <c r="H305">
-        <v>199.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>619</v>
       </c>
       <c r="D306">
         <v>2021</v>
       </c>
       <c r="E306" t="s">
         <v>620</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
         <v>65.0</v>
       </c>
       <c r="H306">
         <v>65.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>621</v>
       </c>
       <c r="D307">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E307" t="s">
         <v>622</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>65.0</v>
+        <v>18.0</v>
       </c>
       <c r="H307">
-        <v>65.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>623</v>
       </c>
       <c r="D308">
         <v>2020</v>
       </c>
       <c r="E308" t="s">
         <v>624</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
         <v>18.0</v>
       </c>
       <c r="H308">
@@ -10613,77 +10607,77 @@
       </c>
       <c r="E310" t="s">
         <v>628</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
         <v>18.0</v>
       </c>
       <c r="H310">
         <v>18.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>629</v>
       </c>
       <c r="D311">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E311" t="s">
         <v>630</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
         <v>18.0</v>
       </c>
       <c r="H311">
         <v>18.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>631</v>
       </c>
       <c r="D312">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E312" t="s">
         <v>632</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
         <v>18.0</v>
       </c>
       <c r="H312">
         <v>18.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>633</v>
       </c>
       <c r="D313">
@@ -10743,167 +10737,167 @@
       </c>
       <c r="E315" t="s">
         <v>638</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
         <v>18.0</v>
       </c>
       <c r="H315">
         <v>18.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>639</v>
       </c>
       <c r="D316">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E316" t="s">
         <v>640</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>18.0</v>
+        <v>43.0</v>
       </c>
       <c r="H316">
-        <v>18.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>641</v>
       </c>
       <c r="D317">
         <v>2022</v>
       </c>
       <c r="E317" t="s">
         <v>642</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H317">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>643</v>
       </c>
       <c r="D318">
         <v>2022</v>
       </c>
       <c r="E318" t="s">
         <v>644</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
         <v>65.0</v>
       </c>
       <c r="H318">
         <v>65.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>645</v>
       </c>
       <c r="D319">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="E319" t="s">
         <v>646</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
         <v>65.0</v>
       </c>
       <c r="H319">
         <v>65.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>647</v>
       </c>
       <c r="D320">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E320" t="s">
         <v>648</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
-        <v>65.0</v>
+        <v>18.0</v>
       </c>
       <c r="H320">
-        <v>65.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>649</v>
       </c>
       <c r="D321">
         <v>2021</v>
       </c>
       <c r="E321" t="s">
         <v>650</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
         <v>18.0</v>
       </c>
       <c r="H321">
@@ -10960,120 +10954,120 @@
       </c>
       <c r="H323">
         <v>18.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>655</v>
       </c>
       <c r="D324">
         <v>2021</v>
       </c>
       <c r="E324" t="s">
         <v>656</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
-        <v>18.0</v>
+        <v>155.0</v>
       </c>
       <c r="H324">
-        <v>18.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>657</v>
       </c>
       <c r="D325">
         <v>2021</v>
       </c>
       <c r="E325" t="s">
         <v>658</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
-        <v>155.0</v>
+        <v>18.0</v>
       </c>
       <c r="H325">
-        <v>155.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>659</v>
       </c>
       <c r="D326">
         <v>2021</v>
       </c>
       <c r="E326" t="s">
         <v>660</v>
       </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
         <v>18.0</v>
       </c>
       <c r="H326">
         <v>18.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>661</v>
       </c>
       <c r="D327">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E327" t="s">
         <v>662</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
         <v>18.0</v>
       </c>
       <c r="H327">
         <v>18.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>663</v>
       </c>
       <c r="D328">
@@ -11090,807 +11084,781 @@
       </c>
       <c r="H328">
         <v>18.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>665</v>
       </c>
       <c r="D329">
         <v>2022</v>
       </c>
       <c r="E329" t="s">
         <v>666</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>18.0</v>
+        <v>43.0</v>
       </c>
       <c r="H329">
-        <v>18.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>667</v>
       </c>
       <c r="D330">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E330" t="s">
         <v>668</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
         <v>43.0</v>
       </c>
       <c r="H330">
         <v>43.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>669</v>
       </c>
       <c r="D331">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E331" t="s">
         <v>670</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H331">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>671</v>
       </c>
       <c r="D332">
         <v>2022</v>
       </c>
       <c r="E332" t="s">
         <v>672</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
       <c r="H332">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>673</v>
       </c>
       <c r="D333">
-        <v>2022</v>
+        <v>1994</v>
       </c>
       <c r="E333" t="s">
         <v>674</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H333">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>675</v>
       </c>
       <c r="D334">
-        <v>1994</v>
+        <v>2022</v>
       </c>
       <c r="E334" t="s">
         <v>676</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
         <v>65.0</v>
       </c>
       <c r="H334">
         <v>65.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>677</v>
       </c>
       <c r="D335">
-        <v>2022</v>
+        <v>1976</v>
       </c>
       <c r="E335" t="s">
         <v>678</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H335">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>679</v>
       </c>
       <c r="D336">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="E336" t="s">
         <v>680</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
         <v>43.0</v>
       </c>
       <c r="H336">
         <v>43.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>681</v>
       </c>
       <c r="D337">
-        <v>1978</v>
+        <v>1977</v>
       </c>
       <c r="E337" t="s">
         <v>682</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
         <v>43.0</v>
       </c>
       <c r="H337">
         <v>43.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>683</v>
       </c>
       <c r="D338">
-        <v>1977</v>
+        <v>1991</v>
       </c>
       <c r="E338" t="s">
         <v>684</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
         <v>43.0</v>
       </c>
       <c r="H338">
         <v>43.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>685</v>
       </c>
       <c r="D339">
-        <v>1991</v>
+        <v>2017</v>
       </c>
       <c r="E339" t="s">
         <v>686</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
         <v>43.0</v>
       </c>
       <c r="H339">
         <v>43.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>687</v>
       </c>
       <c r="D340">
-        <v>2017</v>
+        <v>1997</v>
       </c>
       <c r="E340" t="s">
         <v>688</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
-        <v>43.0</v>
+        <v>98.0</v>
       </c>
       <c r="H340">
-        <v>43.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>689</v>
       </c>
       <c r="D341">
         <v>1997</v>
       </c>
       <c r="E341" t="s">
         <v>690</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
         <v>98.0</v>
       </c>
       <c r="H341">
         <v>98.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>8</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>691</v>
       </c>
       <c r="D342">
         <v>1997</v>
       </c>
       <c r="E342" t="s">
         <v>692</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
-        <v>98.0</v>
+        <v>65.0</v>
       </c>
       <c r="H342">
-        <v>98.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>693</v>
       </c>
       <c r="D343">
         <v>1997</v>
       </c>
       <c r="E343" t="s">
         <v>694</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
         <v>65.0</v>
       </c>
       <c r="H343">
         <v>65.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>8</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>695</v>
       </c>
       <c r="D344">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E344" t="s">
         <v>696</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H344">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>697</v>
       </c>
       <c r="D345">
-        <v>2002</v>
+        <v>1977</v>
       </c>
       <c r="E345" t="s">
         <v>698</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
         <v>43.0</v>
       </c>
       <c r="H345">
         <v>43.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>8</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>699</v>
       </c>
       <c r="D346">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="E346" t="s">
         <v>700</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
         <v>43.0</v>
       </c>
       <c r="H346">
         <v>43.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>701</v>
       </c>
       <c r="D347">
-        <v>1979</v>
+        <v>1997</v>
       </c>
       <c r="E347" t="s">
         <v>702</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
         <v>43.0</v>
       </c>
       <c r="H347">
         <v>43.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>703</v>
       </c>
       <c r="D348">
-        <v>1997</v>
+        <v>2023</v>
       </c>
       <c r="E348" t="s">
         <v>704</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
-        <v>43.0</v>
+        <v>18.0</v>
       </c>
       <c r="H348">
-        <v>43.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>705</v>
       </c>
       <c r="D349">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="E349" t="s">
         <v>706</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
-        <v>18.0</v>
+        <v>221.0</v>
       </c>
       <c r="H349">
-        <v>18.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>707</v>
       </c>
       <c r="D350">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="E350" t="s">
         <v>708</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
-        <v>221.0</v>
+        <v>65.0</v>
       </c>
       <c r="H350">
-        <v>221.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>8</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>709</v>
       </c>
       <c r="D351">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="E351" t="s">
         <v>710</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H351">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>8</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>711</v>
       </c>
       <c r="D352">
         <v>2010</v>
       </c>
       <c r="E352" t="s">
         <v>712</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
         <v>43.0</v>
       </c>
       <c r="H352">
         <v>43.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>713</v>
       </c>
       <c r="D353">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E353" t="s">
         <v>714</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
         <v>43.0</v>
       </c>
       <c r="H353">
         <v>43.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>8</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>715</v>
       </c>
       <c r="D354">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="E354" t="s">
         <v>716</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
         <v>43.0</v>
       </c>
       <c r="H354">
         <v>43.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>717</v>
       </c>
       <c r="D355">
-        <v>1997</v>
+        <v>2023</v>
       </c>
       <c r="E355" t="s">
         <v>718</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H355">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>719</v>
       </c>
       <c r="D356">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E356" t="s">
         <v>720</v>
       </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
       <c r="H356">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>8</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>721</v>
       </c>
       <c r="D357">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E357" t="s">
         <v>722</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
-        <v>132.0</v>
+        <v>65.0</v>
       </c>
       <c r="H357">
-        <v>132.0</v>
-[...24 lines deleted...]
-      <c r="H358">
         <v>65.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>