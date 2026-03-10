--- v0 (2026-01-17)
+++ v1 (2026-03-10)
@@ -1164,54 +1164,54 @@
       </c>
       <c r="H21">
         <v>159.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2018</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>159.0</v>
+        <v>0.0</v>
       </c>
       <c r="H22">
-        <v>159.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2022</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
         <v>135.0</v>
       </c>
       <c r="H23">