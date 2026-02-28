--- v0 (2025-10-10)
+++ v1 (2026-02-28)
@@ -12,91 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1495">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1465">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Published</t>
   </si>
   <si>
     <t>ISO</t>
   </si>
   <si>
+    <t>ISO 8000-119:2026</t>
+  </si>
+  <si>
+    <t>Data quality — Part 119: Application of ISO 8000-115 to transport unit identifiers</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>ISO 18136-1:2025</t>
+  </si>
+  <si>
+    <t>Automation systems and integration — Nuclear digital ecosystem — Part 1: Overview and framework</t>
+  </si>
+  <si>
     <t>ISO 10303-62:2025</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 62: Integrated generic resource: Equivalence validation of product data</t>
   </si>
   <si>
-    <t>CHF</t>
-[...1 lines deleted...]
-  <si>
     <t>ISO 8000-220:2025</t>
   </si>
   <si>
     <t>Data quality — Part 220: Sensor data: Quality measurement</t>
   </si>
   <si>
     <t>ISO 10303-242:2025</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 242: Application protocol: Managed model-based 3D engineering</t>
   </si>
   <si>
     <t>ISO 14306-3:2025</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — JT file format specification for 3D visualization — Part 3: Version 2</t>
   </si>
   <si>
     <t>ISO/TR 23247-100:2025</t>
   </si>
   <si>
     <t>Automation systems and integration — Digital twin framework for manufacturing — Part 100: Use case on management of semiconductor ingot growth process</t>
   </si>
   <si>
     <t>ISO 3151-2:2025</t>
@@ -1601,56 +1613,50 @@
   <si>
     <t>ISO 22745-2:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Open technical dictionaries and their application to master data — Part 2: Vocabulary</t>
   </si>
   <si>
     <t>ISO/TS 22745-14:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration - Open technical dictionaries and their application to master data — Part 14: Dictionary query interface</t>
   </si>
   <si>
     <t>ISO 10303-104:2000/Cor 1:2009</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 104: Integrated application resource: Finite element analysis — Technical Corrigendum 1</t>
   </si>
   <si>
     <t>ISO/TS 10303-403:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 403: Application module: AP203 configuration controlled 3D design of mechanical parts and assemblies</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1327:2010</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1056:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1056: Application module: Configuration item</t>
   </si>
   <si>
     <t>ISO/TS 10303-1768:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1768: Application module: Composite material aspects</t>
   </si>
   <si>
     <t>ISO/TS 10303-1632:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1632: Application module: Assembly 2D shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1633:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1633: Application module: Assembly 3D shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1631:2010</t>
@@ -1967,56 +1973,50 @@
   <si>
     <t>ISO/TS 10303-1306:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1306: Application module: AP239 task specification resourced</t>
   </si>
   <si>
     <t>ISO/TS 10303-1267:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1267: Application module: Required resource</t>
   </si>
   <si>
     <t>ISO/TS 10303-1261:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1261: Application module: Activity method implementation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1260:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1260: Application module: Scheme</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1258:2011</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1281:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1281: Application module: Resource item characterized</t>
   </si>
   <si>
     <t>ISO/TS 10303-1062:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1062: Application module: Contract</t>
   </si>
   <si>
     <t>ISO/TS 10303-1021:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1021: Application module: Identification assignment</t>
   </si>
   <si>
     <t>ISO/TS 10303-1233:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1233: Application module: Requirement assignment</t>
   </si>
   <si>
     <t>ISO/TS 10303-1164:2011</t>
@@ -2687,56 +2687,50 @@
   <si>
     <t>ISO/TS 10303-1749:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1749: Application module: Styled curve</t>
   </si>
   <si>
     <t>ISO/TS 10303-1760:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1760: Application module: Pre defined product data management specializations</t>
   </si>
   <si>
     <t>ISO/TS 10303-1734:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1734: Application module: Pre defined datum symbol</t>
   </si>
   <si>
     <t>ISO/TS 10303-1730:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1730: Application module: Physical unit shape with parameters</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1742:2014</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1800:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1800: Application module: Support resource</t>
   </si>
   <si>
     <t>ISO/TS 10303-1778:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1778: Application module: External library</t>
   </si>
   <si>
     <t>ISO/TS 10303-1776:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1776: Application module: Extended date</t>
   </si>
   <si>
     <t>ISO/TS 10303-1779:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1779: Application module: External representation item</t>
   </si>
   <si>
     <t>ISO/TS 10303-1771:2014</t>
@@ -2753,56 +2747,50 @@
   <si>
     <t>ISO/TS 10303-1794:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1794: Application module: Assembly constraints</t>
   </si>
   <si>
     <t>ISO/TS 10303-1810:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1810: Application module: Product and manufacturing information view context</t>
   </si>
   <si>
     <t>ISO/TS 10303-1805:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1805: Application module: Characterized representation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1799:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1799: Application module: Kinematic topology</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1822:2014</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1817:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1817: Application module: Kinematic analysis control and result</t>
   </si>
   <si>
     <t>ISO/TS 10303-1821:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1821: Apllication module: Externally conditioned data quality criteria</t>
   </si>
   <si>
     <t>ISO 8000-63:2019</t>
   </si>
   <si>
     <t>Data quality — Part 63: Data quality management: Process measurement</t>
   </si>
   <si>
     <t>ISO/TS 8000-60:2017</t>
   </si>
   <si>
     <t>Data quality — Part 60: Data quality management: Overview</t>
   </si>
   <si>
     <t>ISO 10303-57:2018</t>
@@ -3083,56 +3071,50 @@
   <si>
     <t>ISO/TS 10303-1653:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1653: Application module: Cable</t>
   </si>
   <si>
     <t>ISO/TS 10303-1526:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1526: Application module: Numeric expression</t>
   </si>
   <si>
     <t>ISO/TS 10303-1527:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1527: Application module: Elementary function</t>
   </si>
   <si>
     <t>ISO/TS 10303-1525:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1525: Application module: Composite surface</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1524:2018</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1662:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1662: Application module: Design specific assignment to assembly usage view</t>
   </si>
   <si>
     <t>ISO/TS 10303-1654:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1654: Application module: Characteristic</t>
   </si>
   <si>
     <t>ISO/TS 10303-1636:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1636: Application module: Assembly module design</t>
   </si>
   <si>
     <t>ISO/TS 10303-1668:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1668: Application module: Fabrication joint</t>
   </si>
   <si>
     <t>ISO/TS 10303-1670:2018</t>
@@ -3383,56 +3365,50 @@
   <si>
     <t>ISO/TS 10303-1750:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1750: Application module: Text representation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1692:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1692: Application module: Land</t>
   </si>
   <si>
     <t>ISO/TS 10303-1751:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1751: Application module: Test requirement allocation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1696:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1696: Application module: Layered interconnect module 3D design</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1752:2018</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1698:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1698: Application module: Layered interconnect module design</t>
   </si>
   <si>
     <t>ISO/TS 10303-1740:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1740: Application module: Requirement decomposition</t>
   </si>
   <si>
     <t>ISO/TS 10303-1741:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1741: Application module: Sequential laminate assembly design</t>
   </si>
   <si>
     <t>ISO/TS 10303-1744:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1744: Application module: Discrete shield</t>
   </si>
   <si>
     <t>ISO/TS 10303-1747:2018</t>
@@ -3911,86 +3887,68 @@
   <si>
     <t>ISO/TS 10303-1635:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1635: Application module: Assembly functional interface requirement</t>
   </si>
   <si>
     <t>ISO/TS 10303-1603:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1603: Application module: Analytical model</t>
   </si>
   <si>
     <t>ISO/TS 10303-1641:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1641: Application module: Assembly module with subassembly</t>
   </si>
   <si>
     <t>ISO/TS 10303-1646:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1646: Application module: Footprint definition</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1839:2019</t>
-[...10 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1840:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1840: Application module: Annotated 3D model equivalence shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1835:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1835: Application module: Additive manufacturing part and build information</t>
   </si>
   <si>
     <t>ISO/TS 10303-1834:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1834: Application module: Surface visual texture</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1837:2019</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1831:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1831: Application module: Scan data 3D shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1473:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1473: Application module: Description assignment</t>
   </si>
   <si>
     <t>ISO/TS 10303-1397:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1397: Application module: Conditional effectivity</t>
   </si>
   <si>
     <t>ISO/TS 10303-1824:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1824: Application module: Change management</t>
   </si>
   <si>
     <t>ISO/TS 10303-1804:2019</t>
@@ -4007,56 +3965,50 @@
   <si>
     <t>ISO/TS 10303-1807:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1807: Application module: Part shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1782:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1782: Application module: Qualified measure</t>
   </si>
   <si>
     <t>ISO/TS 10303-1796:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1796: Application module: Kinematic motion representation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1791:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1791: Application module: Primitive solids</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1814:2019</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1722:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1722: Application module: Part template</t>
   </si>
   <si>
     <t>ISO/TS 10303-1657:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1657: Application module: Component feature</t>
   </si>
   <si>
     <t>ISO/TS 10303-1732:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1732: Application module: Physical unit usage view</t>
   </si>
   <si>
     <t>ISO/TS 10303-1731:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1731: Application module: Constructive solid geometry 2D</t>
   </si>
   <si>
     <t>ISO/TS 10303-1649:2019</t>
@@ -4211,168 +4163,126 @@
   <si>
     <t>ISO 8000-1:2022</t>
   </si>
   <si>
     <t>Data quality — Part 1: Overview</t>
   </si>
   <si>
     <t>ISO/TS 10303-4443:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 4443: Domain model: For modelling and simulation information in a collaborative systems engineering context (MoSSEC)</t>
   </si>
   <si>
     <t>ISO/TS 10303-1819:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1819: Application module: Tessellated geometry</t>
   </si>
   <si>
     <t>ISO 10303-44:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 44: Integrated generic resource: Product structure configuration</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1770:2022</t>
-[...10 lines deleted...]
-  <si>
     <t>ISO 10303-43:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 43: Integrated generic resource: Representation structures</t>
   </si>
   <si>
     <t>ISO/TS 10303-1815:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1815: Application module: Mating structure</t>
   </si>
   <si>
     <t>ISO 10303-59:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 59: Integrated generic resource: Quality of product shape data</t>
   </si>
   <si>
-    <t>ISO 10303-101:2022</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-442:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 442: Application module: AP242 managed model based 3D engineering</t>
   </si>
   <si>
-    <t>ISO 10303-113:2022</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 10303-517:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 517: Application interpreted construct: Mechanical design geometric presentation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1006:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1006: Application module: Foundation representation</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1005:2022</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1104:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1104: Application module: Specified product</t>
   </si>
   <si>
     <t>ISO/TS 10303-1027:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1027: Application module: Contextual shape positioning</t>
   </si>
   <si>
     <t>ISO/TS 10303-1748:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1748: Application module: Stratum non planar shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-410:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 410: Application module: AP210 electronic assembly interconnect and packaging design</t>
   </si>
   <si>
     <t>ISO/TS 10303-1628:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1628: Application module: Design product data management</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1838:2022</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 10303-238:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 238: Application protocol: Model based integrated manufacturing</t>
   </si>
   <si>
     <t>ISO 8000-2:2022</t>
   </si>
   <si>
     <t>Data quality — Part 2: Vocabulary</t>
-  </si>
-[...4 lines deleted...]
-    <t>Industrial automation systems and integration — Product data representation and exchange — Part 41: Integrated generic resource: Fundamentals of product description and support</t>
   </si>
   <si>
     <t>ISO 10303-51:2005</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 51: Integrated generic resource: Mathematical representation</t>
   </si>
   <si>
     <t>ISO 10303-508:2001</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 508: Application interpreted construct: Non manifold surface</t>
   </si>
   <si>
     <t>ISO/TS 10303-35:2003</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 35: Conformance testing methodology and framework: Abstract test methods for standard data access interface (SDAI) implementations</t>
   </si>
   <si>
     <t>ISO/TS 18876-2:2003</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Integration of industrial data for exchange, access and sharing — Part 2: Integration and mapping methodology</t>
   </si>
@@ -4844,1953 +4754,1965 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H743"/>
+  <dimension ref="A1:H728"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H2">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
       <c r="H3">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
       <c r="H4">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H5">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
       <c r="H6">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H7">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
       <c r="H8">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H9">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>18.0</v>
+        <v>159.0</v>
       </c>
       <c r="H10">
-        <v>18.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H11">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>155.0</v>
+        <v>18.0</v>
       </c>
       <c r="H12">
-        <v>155.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
       <c r="H13">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2024</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>221.0</v>
+        <v>159.0</v>
+      </c>
+      <c r="H14">
+        <v>159.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2024</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H15">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>43.0</v>
-[...2 lines deleted...]
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2024</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H17">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2024</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H18">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H19">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2024</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
       <c r="H20">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2024</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H21">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H22">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2024</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H23">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H24">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H25">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2023</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
       <c r="H26">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2023</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H27">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H28">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
       <c r="H29">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2017</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H30">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H31">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
       <c r="H32">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H33">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>1998</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H34">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H35">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H36">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H37">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H38">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>1998</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H39">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
         <v>1999</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H40">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
-        <v>2020</v>
+        <v>1998</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H41">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>1999</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H42">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
-        <v>2001</v>
+        <v>2020</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H43">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
         <v>1999</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H44">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H45">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
-        <v>2004</v>
+        <v>1999</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>98.0</v>
+        <v>159.0</v>
       </c>
       <c r="H46">
-        <v>98.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H47">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
         <v>2004</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
       <c r="H48">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
         <v>2000</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H49">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H50">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H51">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H52">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H53">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2005</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H54">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H55">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
       <c r="H56">
-        <v>0.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H57">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H58">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H59">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H60">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H61">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H62">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
         <v>2006</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H63">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
       <c r="H64">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
       <c r="H65">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H66">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H67">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
-        <v>2004</v>
+        <v>2023</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
       <c r="H68">
-        <v>177.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
         <v>2004</v>
       </c>
       <c r="E69" t="s">
         <v>146</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H69">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>147</v>
       </c>
       <c r="D70">
         <v>2004</v>
       </c>
       <c r="E70" t="s">
         <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H70">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H71">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E72" t="s">
         <v>152</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
+      <c r="G72">
+        <v>227.0</v>
+      </c>
+      <c r="H72">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E73" t="s">
         <v>154</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
+      <c r="G73">
+        <v>227.0</v>
+      </c>
+      <c r="H73">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75">
         <v>2004</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
@@ -6994,148 +6916,148 @@
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
         <v>2004</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
-      <c r="G86">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87">
         <v>2004</v>
       </c>
       <c r="E87" t="s">
         <v>182</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
-      <c r="G87">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H88">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
         <v>2004</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
+      <c r="G89">
+        <v>227.0</v>
+      </c>
+      <c r="H89">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E90" t="s">
         <v>188</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
+      <c r="G90">
+        <v>181.0</v>
+      </c>
+      <c r="H90">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91">
         <v>2004</v>
       </c>
       <c r="E91" t="s">
         <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
@@ -7504,236 +7426,236 @@
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
         <v>2004</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
-      <c r="G111">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
         <v>2004</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
+      <c r="G113">
+        <v>227.0</v>
+      </c>
+      <c r="H113">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>235</v>
       </c>
       <c r="D114">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E114" t="s">
         <v>236</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
-      <c r="G114">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>237</v>
       </c>
       <c r="D115">
         <v>2004</v>
       </c>
       <c r="E115" t="s">
         <v>238</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>239</v>
       </c>
       <c r="D116">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E116" t="s">
         <v>240</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
+      <c r="G116">
+        <v>227.0</v>
+      </c>
+      <c r="H116">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>241</v>
       </c>
       <c r="D117">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E117" t="s">
         <v>242</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
-      <c r="G117">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>243</v>
       </c>
       <c r="D118">
         <v>2004</v>
       </c>
       <c r="E118" t="s">
         <v>244</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>245</v>
       </c>
       <c r="D119">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E119" t="s">
         <v>246</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
+      <c r="G119">
+        <v>0.0</v>
+      </c>
+      <c r="H119">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>247</v>
       </c>
       <c r="D120">
         <v>2004</v>
       </c>
       <c r="E120" t="s">
         <v>248</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
@@ -7742,379 +7664,367 @@
       </c>
       <c r="C121" t="s">
         <v>249</v>
       </c>
       <c r="D121">
         <v>2004</v>
       </c>
       <c r="E121" t="s">
         <v>250</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>251</v>
       </c>
       <c r="D122">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E122" t="s">
         <v>252</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>253</v>
       </c>
       <c r="D123">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E123" t="s">
         <v>254</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
-      <c r="G123">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>255</v>
       </c>
       <c r="D124">
         <v>2010</v>
       </c>
       <c r="E124" t="s">
         <v>256</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>257</v>
       </c>
       <c r="D125">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E125" t="s">
         <v>258</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
+      <c r="G125">
+        <v>227.0</v>
+      </c>
+      <c r="H125">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>259</v>
       </c>
       <c r="D126">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E126" t="s">
         <v>260</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
-      <c r="G126">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>261</v>
       </c>
       <c r="D127">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E127" t="s">
         <v>262</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
-      <c r="G127">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>263</v>
       </c>
       <c r="D128">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E128" t="s">
         <v>264</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>18.0</v>
+        <v>204.0</v>
       </c>
       <c r="H128">
-        <v>18.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>265</v>
       </c>
       <c r="D129">
         <v>2010</v>
       </c>
       <c r="E129" t="s">
         <v>266</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H129">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>267</v>
       </c>
       <c r="D130">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E130" t="s">
         <v>268</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
       <c r="H130">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>269</v>
       </c>
       <c r="D131">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E131" t="s">
         <v>270</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
+      <c r="G131">
+        <v>227.0</v>
+      </c>
+      <c r="H131">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>271</v>
       </c>
       <c r="D132">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E132" t="s">
         <v>272</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
+      <c r="G132">
+        <v>0.0</v>
+      </c>
+      <c r="H132">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>273</v>
       </c>
       <c r="D133">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E133" t="s">
         <v>274</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>275</v>
       </c>
       <c r="D134">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E134" t="s">
         <v>276</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
-      <c r="G134">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>277</v>
       </c>
       <c r="D135">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E135" t="s">
         <v>278</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
-      <c r="G135">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>279</v>
       </c>
       <c r="D136">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E136" t="s">
         <v>280</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
         <v>0.0</v>
       </c>
       <c r="H136">
         <v>0.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>281</v>
       </c>
       <c r="D137">
@@ -8130,103 +8040,115 @@
         <v>0.0</v>
       </c>
       <c r="H137">
         <v>0.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>283</v>
       </c>
       <c r="D138">
         <v>2010</v>
       </c>
       <c r="E138" t="s">
         <v>284</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
+      <c r="G138">
+        <v>0.0</v>
+      </c>
+      <c r="H138">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>285</v>
       </c>
       <c r="D139">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E139" t="s">
         <v>286</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
+      <c r="G139">
+        <v>0.0</v>
+      </c>
+      <c r="H139">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>287</v>
       </c>
       <c r="D140">
         <v>2010</v>
       </c>
       <c r="E140" t="s">
         <v>288</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>289</v>
       </c>
       <c r="D141">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E141" t="s">
         <v>290</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>291</v>
       </c>
       <c r="D142">
         <v>2010</v>
       </c>
       <c r="E142" t="s">
         <v>292</v>
       </c>
       <c r="F142" t="s">
@@ -8422,131 +8344,131 @@
       </c>
       <c r="C152" t="s">
         <v>311</v>
       </c>
       <c r="D152">
         <v>2010</v>
       </c>
       <c r="E152" t="s">
         <v>312</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>313</v>
       </c>
       <c r="D153">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E153" t="s">
         <v>314</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>315</v>
       </c>
       <c r="D154">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E154" t="s">
         <v>316</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>317</v>
       </c>
       <c r="D155">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E155" t="s">
         <v>318</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>319</v>
       </c>
       <c r="D156">
         <v>2008</v>
       </c>
       <c r="E156" t="s">
         <v>320</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>321</v>
       </c>
       <c r="D157">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E157" t="s">
         <v>322</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>323</v>
       </c>
       <c r="D158">
         <v>2008</v>
       </c>
       <c r="E158" t="s">
         <v>324</v>
       </c>
       <c r="F158" t="s">
@@ -8742,71 +8664,71 @@
       </c>
       <c r="C168" t="s">
         <v>343</v>
       </c>
       <c r="D168">
         <v>2008</v>
       </c>
       <c r="E168" t="s">
         <v>344</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>345</v>
       </c>
       <c r="D169">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E169" t="s">
         <v>346</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>8</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>347</v>
       </c>
       <c r="D170">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E170" t="s">
         <v>348</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>349</v>
       </c>
       <c r="D171">
         <v>2010</v>
       </c>
       <c r="E171" t="s">
         <v>350</v>
       </c>
       <c r="F171" t="s">
@@ -8822,111 +8744,111 @@
       </c>
       <c r="C172" t="s">
         <v>351</v>
       </c>
       <c r="D172">
         <v>2010</v>
       </c>
       <c r="E172" t="s">
         <v>352</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>353</v>
       </c>
       <c r="D173">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E173" t="s">
         <v>354</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>355</v>
       </c>
       <c r="D174">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E174" t="s">
         <v>356</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>8</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>357</v>
       </c>
       <c r="D175">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E175" t="s">
         <v>358</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>359</v>
       </c>
       <c r="D176">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E176" t="s">
         <v>360</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>361</v>
       </c>
       <c r="D177">
         <v>2006</v>
       </c>
       <c r="E177" t="s">
         <v>362</v>
       </c>
       <c r="F177" t="s">
@@ -8942,316 +8864,316 @@
       </c>
       <c r="C178" t="s">
         <v>363</v>
       </c>
       <c r="D178">
         <v>2006</v>
       </c>
       <c r="E178" t="s">
         <v>364</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>365</v>
       </c>
       <c r="D179">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E179" t="s">
         <v>366</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>8</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>367</v>
       </c>
       <c r="D180">
         <v>2006</v>
       </c>
       <c r="E180" t="s">
         <v>368</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>8</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>369</v>
       </c>
       <c r="D181">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E181" t="s">
         <v>370</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
-      <c r="G181">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>371</v>
       </c>
       <c r="D182">
         <v>2006</v>
       </c>
       <c r="E182" t="s">
         <v>372</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>373</v>
       </c>
       <c r="D183">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E183" t="s">
         <v>374</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
+      <c r="G183">
+        <v>181.0</v>
+      </c>
+      <c r="H183">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>375</v>
       </c>
       <c r="D184">
         <v>2006</v>
       </c>
       <c r="E184" t="s">
         <v>376</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>377</v>
       </c>
       <c r="D185">
         <v>2006</v>
       </c>
       <c r="E185" t="s">
         <v>378</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
-      <c r="G185">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>379</v>
       </c>
       <c r="D186">
         <v>2006</v>
       </c>
       <c r="E186" t="s">
         <v>380</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>381</v>
       </c>
       <c r="D187">
         <v>2006</v>
       </c>
       <c r="E187" t="s">
         <v>382</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
+      <c r="G187">
+        <v>135.0</v>
+      </c>
+      <c r="H187">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>383</v>
       </c>
       <c r="D188">
         <v>2006</v>
       </c>
       <c r="E188" t="s">
         <v>384</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>385</v>
       </c>
       <c r="D189">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E189" t="s">
         <v>386</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
-      <c r="G189">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>387</v>
       </c>
       <c r="D190">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E190" t="s">
         <v>388</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>389</v>
       </c>
       <c r="D191">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E191" t="s">
         <v>390</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
+      <c r="G191">
+        <v>204.0</v>
+      </c>
+      <c r="H191">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>391</v>
       </c>
       <c r="D192">
         <v>2005</v>
       </c>
       <c r="E192" t="s">
         <v>392</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
@@ -9260,131 +9182,131 @@
       </c>
       <c r="C193" t="s">
         <v>393</v>
       </c>
       <c r="D193">
         <v>2005</v>
       </c>
       <c r="E193" t="s">
         <v>394</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>8</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>395</v>
       </c>
       <c r="D194">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E194" t="s">
         <v>396</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>397</v>
       </c>
       <c r="D195">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E195" t="s">
         <v>398</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>399</v>
       </c>
       <c r="D196">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E196" t="s">
         <v>400</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>401</v>
       </c>
       <c r="D197">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E197" t="s">
         <v>402</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>403</v>
       </c>
       <c r="D198">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E198" t="s">
         <v>404</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>405</v>
       </c>
       <c r="D199">
         <v>2006</v>
       </c>
       <c r="E199" t="s">
         <v>406</v>
       </c>
       <c r="F199" t="s">
@@ -9420,451 +9342,451 @@
       </c>
       <c r="C201" t="s">
         <v>409</v>
       </c>
       <c r="D201">
         <v>2006</v>
       </c>
       <c r="E201" t="s">
         <v>410</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>411</v>
       </c>
       <c r="D202">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E202" t="s">
         <v>412</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>413</v>
       </c>
       <c r="D203">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E203" t="s">
         <v>414</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>415</v>
       </c>
       <c r="D204">
         <v>2006</v>
       </c>
       <c r="E204" t="s">
         <v>416</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>417</v>
       </c>
       <c r="D205">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E205" t="s">
         <v>418</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>419</v>
       </c>
       <c r="D206">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E206" t="s">
         <v>420</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>421</v>
       </c>
       <c r="D207">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E207" t="s">
         <v>422</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>423</v>
       </c>
       <c r="D208">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E208" t="s">
         <v>424</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>425</v>
       </c>
       <c r="D209">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E209" t="s">
         <v>426</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>427</v>
       </c>
       <c r="D210">
         <v>2006</v>
       </c>
       <c r="E210" t="s">
         <v>428</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>429</v>
       </c>
       <c r="D211">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E211" t="s">
         <v>430</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>431</v>
       </c>
       <c r="D212">
         <v>2006</v>
       </c>
       <c r="E212" t="s">
         <v>432</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>433</v>
       </c>
       <c r="D213">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E213" t="s">
         <v>434</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>435</v>
       </c>
       <c r="D214">
         <v>2006</v>
       </c>
       <c r="E214" t="s">
         <v>436</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>437</v>
       </c>
       <c r="D215">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E215" t="s">
         <v>438</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>439</v>
       </c>
       <c r="D216">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E216" t="s">
         <v>440</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>441</v>
       </c>
       <c r="D217">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E217" t="s">
         <v>442</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>443</v>
       </c>
       <c r="D218">
         <v>2005</v>
       </c>
       <c r="E218" t="s">
         <v>444</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>445</v>
       </c>
       <c r="D219">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E219" t="s">
         <v>446</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>447</v>
       </c>
       <c r="D220">
         <v>2005</v>
       </c>
       <c r="E220" t="s">
         <v>448</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>449</v>
       </c>
       <c r="D221">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E221" t="s">
         <v>450</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>451</v>
       </c>
       <c r="D222">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E222" t="s">
         <v>452</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>453</v>
       </c>
       <c r="D223">
         <v>2005</v>
       </c>
       <c r="E223" t="s">
         <v>454</v>
       </c>
       <c r="F223" t="s">
@@ -9900,111 +9822,111 @@
       </c>
       <c r="C225" t="s">
         <v>457</v>
       </c>
       <c r="D225">
         <v>2005</v>
       </c>
       <c r="E225" t="s">
         <v>458</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>459</v>
       </c>
       <c r="D226">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E226" t="s">
         <v>460</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>461</v>
       </c>
       <c r="D227">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E227" t="s">
         <v>462</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>463</v>
       </c>
       <c r="D228">
         <v>2005</v>
       </c>
       <c r="E228" t="s">
         <v>464</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>465</v>
       </c>
       <c r="D229">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E229" t="s">
         <v>466</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>467</v>
       </c>
       <c r="D230">
         <v>2005</v>
       </c>
       <c r="E230" t="s">
         <v>468</v>
       </c>
       <c r="F230" t="s">
@@ -10060,91 +9982,91 @@
       </c>
       <c r="C233" t="s">
         <v>473</v>
       </c>
       <c r="D233">
         <v>2005</v>
       </c>
       <c r="E233" t="s">
         <v>474</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>475</v>
       </c>
       <c r="D234">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E234" t="s">
         <v>476</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>477</v>
       </c>
       <c r="D235">
         <v>2005</v>
       </c>
       <c r="E235" t="s">
         <v>478</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>479</v>
       </c>
       <c r="D236">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E236" t="s">
         <v>480</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>481</v>
       </c>
       <c r="D237">
         <v>2005</v>
       </c>
       <c r="E237" t="s">
         <v>482</v>
       </c>
       <c r="F237" t="s">
@@ -10220,196 +10142,196 @@
       </c>
       <c r="C241" t="s">
         <v>489</v>
       </c>
       <c r="D241">
         <v>2005</v>
       </c>
       <c r="E241" t="s">
         <v>490</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>491</v>
       </c>
       <c r="D242">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E242" t="s">
         <v>492</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>493</v>
       </c>
       <c r="D243">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E243" t="s">
         <v>494</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
-      <c r="G243">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>495</v>
       </c>
       <c r="D244">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E244" t="s">
         <v>496</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>497</v>
       </c>
       <c r="D245">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="E245" t="s">
         <v>498</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H245">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>499</v>
       </c>
       <c r="D246">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E246" t="s">
         <v>500</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
-      <c r="G246">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>501</v>
       </c>
       <c r="D247">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E247" t="s">
         <v>502</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
+      <c r="G247">
+        <v>227.0</v>
+      </c>
+      <c r="H247">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>503</v>
       </c>
       <c r="D248">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E248" t="s">
         <v>504</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
+      <c r="G248">
+        <v>0.0</v>
+      </c>
+      <c r="H248">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>505</v>
       </c>
       <c r="D249">
         <v>2010</v>
       </c>
       <c r="E249" t="s">
         <v>506</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
@@ -10418,111 +10340,111 @@
       </c>
       <c r="C250" t="s">
         <v>507</v>
       </c>
       <c r="D250">
         <v>2010</v>
       </c>
       <c r="E250" t="s">
         <v>508</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>509</v>
       </c>
       <c r="D251">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E251" t="s">
         <v>510</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>511</v>
       </c>
       <c r="D252">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E252" t="s">
         <v>512</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>513</v>
       </c>
       <c r="D253">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E253" t="s">
         <v>514</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>515</v>
       </c>
       <c r="D254">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E254" t="s">
         <v>516</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>517</v>
       </c>
       <c r="D255">
         <v>2010</v>
       </c>
       <c r="E255" t="s">
         <v>518</v>
       </c>
       <c r="F255" t="s">
@@ -10578,104 +10500,104 @@
       </c>
       <c r="C258" t="s">
         <v>523</v>
       </c>
       <c r="D258">
         <v>2010</v>
       </c>
       <c r="E258" t="s">
         <v>524</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>525</v>
       </c>
       <c r="D259">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E259" t="s">
         <v>526</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
-      <c r="G259">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>527</v>
       </c>
       <c r="D260">
         <v>2010</v>
       </c>
       <c r="E260" t="s">
         <v>528</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>529</v>
       </c>
       <c r="D261">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E261" t="s">
         <v>530</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
+      <c r="G261">
+        <v>0.0</v>
+      </c>
+      <c r="H261">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>531</v>
       </c>
       <c r="D262">
         <v>2010</v>
       </c>
       <c r="E262" t="s">
         <v>532</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
@@ -11484,117 +11406,117 @@
       </c>
       <c r="C303" t="s">
         <v>613</v>
       </c>
       <c r="D303">
         <v>2010</v>
       </c>
       <c r="E303" t="s">
         <v>614</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>615</v>
       </c>
       <c r="D304">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E304" t="s">
         <v>616</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>617</v>
       </c>
       <c r="D305">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E305" t="s">
         <v>618</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
-      <c r="G305">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>619</v>
       </c>
       <c r="D306">
         <v>2010</v>
       </c>
       <c r="E306" t="s">
         <v>620</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
+      <c r="G306">
+        <v>0.0</v>
+      </c>
+      <c r="H306">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>621</v>
       </c>
       <c r="D307">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E307" t="s">
         <v>622</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>623</v>
       </c>
       <c r="D308">
         <v>2011</v>
       </c>
       <c r="E308" t="s">
         <v>624</v>
       </c>
       <c r="F308" t="s">
@@ -12379,54 +12301,54 @@
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>703</v>
       </c>
       <c r="D348">
         <v>2015</v>
       </c>
       <c r="E348" t="s">
         <v>704</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H348">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>705</v>
       </c>
       <c r="D349">
         <v>2005</v>
       </c>
       <c r="E349" t="s">
         <v>706</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
@@ -13065,184 +12987,184 @@
       </c>
       <c r="F381" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>8</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>771</v>
       </c>
       <c r="D382">
         <v>2021</v>
       </c>
       <c r="E382" t="s">
         <v>772</v>
       </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H382">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>8</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
         <v>773</v>
       </c>
       <c r="D383">
         <v>2016</v>
       </c>
       <c r="E383" t="s">
         <v>774</v>
       </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H383">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>775</v>
       </c>
       <c r="D384">
         <v>2016</v>
       </c>
       <c r="E384" t="s">
         <v>776</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H384">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>8</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>777</v>
       </c>
       <c r="D385">
         <v>2016</v>
       </c>
       <c r="E385" t="s">
         <v>778</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H385">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>8</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
         <v>779</v>
       </c>
       <c r="D386">
         <v>2016</v>
       </c>
       <c r="E386" t="s">
         <v>780</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H386">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>8</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
         <v>781</v>
       </c>
       <c r="D387">
         <v>2016</v>
       </c>
       <c r="E387" t="s">
         <v>782</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H387">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>8</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
         <v>783</v>
       </c>
       <c r="D388">
         <v>2016</v>
       </c>
       <c r="E388" t="s">
         <v>784</v>
       </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
@@ -13461,54 +13383,54 @@
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
         <v>807</v>
       </c>
       <c r="D400">
         <v>2016</v>
       </c>
       <c r="E400" t="s">
         <v>808</v>
       </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H400">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>8</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>809</v>
       </c>
       <c r="D401">
         <v>2014</v>
       </c>
       <c r="E401" t="s">
         <v>810</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>8</v>
@@ -14538,170 +14460,182 @@
       </c>
       <c r="C453" t="s">
         <v>913</v>
       </c>
       <c r="D453">
         <v>2014</v>
       </c>
       <c r="E453" t="s">
         <v>914</v>
       </c>
       <c r="F453" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>8</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
         <v>915</v>
       </c>
       <c r="D454">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E454" t="s">
         <v>916</v>
       </c>
       <c r="F454" t="s">
         <v>12</v>
       </c>
+      <c r="G454">
+        <v>135.0</v>
+      </c>
+      <c r="H454">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>8</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
         <v>917</v>
       </c>
       <c r="D455">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E455" t="s">
         <v>918</v>
       </c>
       <c r="F455" t="s">
         <v>12</v>
       </c>
+      <c r="G455">
+        <v>67.0</v>
+      </c>
+      <c r="H455">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>8</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
         <v>919</v>
       </c>
       <c r="D456">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E456" t="s">
         <v>920</v>
       </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
-      <c r="G456">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>8</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
         <v>921</v>
       </c>
       <c r="D457">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E457" t="s">
         <v>922</v>
       </c>
       <c r="F457" t="s">
         <v>12</v>
       </c>
-      <c r="G457">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>8</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
         <v>923</v>
       </c>
       <c r="D458">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="E458" t="s">
         <v>924</v>
       </c>
       <c r="F458" t="s">
         <v>12</v>
       </c>
+      <c r="G458">
+        <v>0.0</v>
+      </c>
+      <c r="H458">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>8</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
         <v>925</v>
       </c>
       <c r="D459">
         <v>2014</v>
       </c>
       <c r="E459" t="s">
         <v>926</v>
       </c>
       <c r="F459" t="s">
         <v>12</v>
       </c>
+      <c r="G459">
+        <v>0.0</v>
+      </c>
+      <c r="H459">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>8</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
         <v>927</v>
       </c>
       <c r="D460">
         <v>2014</v>
       </c>
       <c r="E460" t="s">
         <v>928</v>
       </c>
       <c r="F460" t="s">
         <v>12</v>
       </c>
       <c r="G460">
         <v>0.0</v>
       </c>
       <c r="H460">
         <v>0.0</v>
@@ -14808,82 +14742,70 @@
         <v>0.0</v>
       </c>
       <c r="H464">
         <v>0.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>8</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
         <v>937</v>
       </c>
       <c r="D465">
         <v>2014</v>
       </c>
       <c r="E465" t="s">
         <v>938</v>
       </c>
       <c r="F465" t="s">
         <v>12</v>
       </c>
-      <c r="G465">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>8</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
         <v>939</v>
       </c>
       <c r="D466">
         <v>2014</v>
       </c>
       <c r="E466" t="s">
         <v>940</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
-      <c r="G466">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>8</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>941</v>
       </c>
       <c r="D467">
         <v>2014</v>
       </c>
       <c r="E467" t="s">
         <v>942</v>
       </c>
       <c r="F467" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>8</v>
       </c>
@@ -14892,300 +14814,300 @@
       </c>
       <c r="C468" t="s">
         <v>943</v>
       </c>
       <c r="D468">
         <v>2014</v>
       </c>
       <c r="E468" t="s">
         <v>944</v>
       </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>8</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
         <v>945</v>
       </c>
       <c r="D469">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E469" t="s">
         <v>946</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
+      <c r="G469">
+        <v>181.0</v>
+      </c>
+      <c r="H469">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>8</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
         <v>947</v>
       </c>
       <c r="D470">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E470" t="s">
         <v>948</v>
       </c>
       <c r="F470" t="s">
         <v>12</v>
       </c>
+      <c r="G470">
+        <v>67.0</v>
+      </c>
+      <c r="H470">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>8</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
         <v>949</v>
       </c>
       <c r="D471">
         <v>2019</v>
       </c>
       <c r="E471" t="s">
         <v>950</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H471">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>8</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
         <v>951</v>
       </c>
       <c r="D472">
         <v>2018</v>
       </c>
       <c r="E472" t="s">
         <v>952</v>
       </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
       <c r="H472">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>8</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
         <v>953</v>
       </c>
       <c r="D473">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E473" t="s">
         <v>954</v>
       </c>
       <c r="F473" t="s">
         <v>12</v>
       </c>
-      <c r="G473">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>8</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
         <v>955</v>
       </c>
       <c r="D474">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E474" t="s">
         <v>956</v>
       </c>
       <c r="F474" t="s">
         <v>12</v>
       </c>
-      <c r="G474">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>8</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
         <v>957</v>
       </c>
       <c r="D475">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E475" t="s">
         <v>958</v>
       </c>
       <c r="F475" t="s">
         <v>12</v>
       </c>
+      <c r="G475">
+        <v>227.0</v>
+      </c>
+      <c r="H475">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>8</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
         <v>959</v>
       </c>
       <c r="D476">
         <v>2021</v>
       </c>
       <c r="E476" t="s">
         <v>960</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
+      <c r="G476">
+        <v>67.0</v>
+      </c>
+      <c r="H476">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>8</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
         <v>961</v>
       </c>
       <c r="D477">
         <v>2019</v>
       </c>
       <c r="E477" t="s">
         <v>962</v>
       </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
       <c r="G477">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H477">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>8</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
         <v>963</v>
       </c>
       <c r="D478">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E478" t="s">
         <v>964</v>
       </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
-      <c r="G478">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>8</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
         <v>965</v>
       </c>
       <c r="D479">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E479" t="s">
         <v>966</v>
       </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
-      <c r="G479">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>8</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>967</v>
       </c>
       <c r="D480">
         <v>2018</v>
       </c>
       <c r="E480" t="s">
         <v>968</v>
       </c>
       <c r="F480" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>8</v>
       </c>
@@ -17134,726 +17056,726 @@
       </c>
       <c r="C578" t="s">
         <v>1163</v>
       </c>
       <c r="D578">
         <v>2018</v>
       </c>
       <c r="E578" t="s">
         <v>1164</v>
       </c>
       <c r="F578" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>8</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
         <v>1165</v>
       </c>
       <c r="D579">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E579" t="s">
         <v>1166</v>
       </c>
       <c r="F579" t="s">
         <v>12</v>
       </c>
+      <c r="G579">
+        <v>135.0</v>
+      </c>
+      <c r="H579">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>8</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
         <v>1167</v>
       </c>
       <c r="D580">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E580" t="s">
         <v>1168</v>
       </c>
       <c r="F580" t="s">
         <v>12</v>
       </c>
+      <c r="G580">
+        <v>67.0</v>
+      </c>
+      <c r="H580">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>8</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
         <v>1169</v>
       </c>
       <c r="D581">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E581" t="s">
         <v>1170</v>
       </c>
       <c r="F581" t="s">
         <v>12</v>
       </c>
+      <c r="G581">
+        <v>159.0</v>
+      </c>
+      <c r="H581">
+        <v>159.0</v>
+      </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>8</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
         <v>1171</v>
       </c>
       <c r="D582">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E582" t="s">
         <v>1172</v>
       </c>
       <c r="F582" t="s">
         <v>12</v>
       </c>
+      <c r="G582">
+        <v>181.0</v>
+      </c>
+      <c r="H582">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>8</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
         <v>1173</v>
       </c>
       <c r="D583">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E583" t="s">
         <v>1174</v>
       </c>
       <c r="F583" t="s">
         <v>12</v>
       </c>
-      <c r="G583">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>8</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
         <v>1175</v>
       </c>
       <c r="D584">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E584" t="s">
         <v>1176</v>
       </c>
       <c r="F584" t="s">
         <v>12</v>
       </c>
-      <c r="G584">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>8</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
         <v>1177</v>
       </c>
       <c r="D585">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E585" t="s">
         <v>1178</v>
       </c>
       <c r="F585" t="s">
         <v>12</v>
       </c>
-      <c r="G585">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>8</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
         <v>1179</v>
       </c>
       <c r="D586">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E586" t="s">
         <v>1180</v>
       </c>
       <c r="F586" t="s">
         <v>12</v>
       </c>
-      <c r="G586">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>8</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
         <v>1181</v>
       </c>
       <c r="D587">
         <v>2018</v>
       </c>
       <c r="E587" t="s">
         <v>1182</v>
       </c>
       <c r="F587" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>8</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
         <v>1183</v>
       </c>
       <c r="D588">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E588" t="s">
         <v>1184</v>
       </c>
       <c r="F588" t="s">
         <v>12</v>
       </c>
+      <c r="G588">
+        <v>227.0</v>
+      </c>
+      <c r="H588">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>8</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
         <v>1185</v>
       </c>
       <c r="D589">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="E589" t="s">
         <v>1186</v>
       </c>
       <c r="F589" t="s">
         <v>12</v>
       </c>
+      <c r="G589">
+        <v>227.0</v>
+      </c>
+      <c r="H589">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>8</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
         <v>1187</v>
       </c>
       <c r="D590">
-        <v>2018</v>
+        <v>2000</v>
       </c>
       <c r="E590" t="s">
         <v>1188</v>
       </c>
       <c r="F590" t="s">
         <v>12</v>
       </c>
+      <c r="G590">
+        <v>181.0</v>
+      </c>
+      <c r="H590">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>8</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
         <v>1189</v>
       </c>
       <c r="D591">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="E591" t="s">
         <v>1190</v>
       </c>
       <c r="F591" t="s">
         <v>12</v>
       </c>
+      <c r="G591">
+        <v>227.0</v>
+      </c>
+      <c r="H591">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
         <v>8</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
         <v>1191</v>
       </c>
       <c r="D592">
-        <v>2020</v>
+        <v>2001</v>
       </c>
       <c r="E592" t="s">
         <v>1192</v>
       </c>
       <c r="F592" t="s">
         <v>12</v>
       </c>
       <c r="G592">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H592">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>8</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
         <v>1193</v>
       </c>
       <c r="D593">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="E593" t="s">
         <v>1194</v>
       </c>
       <c r="F593" t="s">
         <v>12</v>
       </c>
       <c r="G593">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H593">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>8</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
         <v>1195</v>
       </c>
       <c r="D594">
         <v>2000</v>
       </c>
       <c r="E594" t="s">
         <v>1196</v>
       </c>
       <c r="F594" t="s">
         <v>12</v>
       </c>
       <c r="G594">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H594">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
         <v>8</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
         <v>1197</v>
       </c>
       <c r="D595">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E595" t="s">
         <v>1198</v>
       </c>
       <c r="F595" t="s">
         <v>12</v>
       </c>
       <c r="G595">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H595">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
         <v>8</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
         <v>1199</v>
       </c>
       <c r="D596">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="E596" t="s">
         <v>1200</v>
       </c>
       <c r="F596" t="s">
         <v>12</v>
       </c>
       <c r="G596">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H596">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>8</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
         <v>1201</v>
       </c>
       <c r="D597">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="E597" t="s">
         <v>1202</v>
       </c>
       <c r="F597" t="s">
         <v>12</v>
       </c>
       <c r="G597">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H597">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>8</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
         <v>1203</v>
       </c>
       <c r="D598">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E598" t="s">
         <v>1204</v>
       </c>
       <c r="F598" t="s">
         <v>12</v>
       </c>
-      <c r="G598">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>8</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
         <v>1205</v>
       </c>
       <c r="D599">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E599" t="s">
         <v>1206</v>
       </c>
       <c r="F599" t="s">
         <v>12</v>
       </c>
       <c r="G599">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
       <c r="H599">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>8</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
         <v>1207</v>
       </c>
       <c r="D600">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="E600" t="s">
         <v>1208</v>
       </c>
       <c r="F600" t="s">
         <v>12</v>
       </c>
-      <c r="G600">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>8</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
         <v>1209</v>
       </c>
       <c r="D601">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="E601" t="s">
         <v>1210</v>
       </c>
       <c r="F601" t="s">
         <v>12</v>
       </c>
       <c r="G601">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H601">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>8</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
         <v>1211</v>
       </c>
       <c r="D602">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E602" t="s">
         <v>1212</v>
       </c>
       <c r="F602" t="s">
         <v>12</v>
       </c>
+      <c r="G602">
+        <v>227.0</v>
+      </c>
+      <c r="H602">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>8</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
         <v>1213</v>
       </c>
       <c r="D603">
-        <v>2001</v>
+        <v>2021</v>
       </c>
       <c r="E603" t="s">
         <v>1214</v>
       </c>
       <c r="F603" t="s">
         <v>12</v>
       </c>
       <c r="G603">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H603">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>8</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
         <v>1215</v>
       </c>
       <c r="D604">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="E604" t="s">
         <v>1216</v>
       </c>
       <c r="F604" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
         <v>8</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
         <v>1217</v>
       </c>
       <c r="D605">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="E605" t="s">
         <v>1218</v>
       </c>
       <c r="F605" t="s">
         <v>12</v>
       </c>
-      <c r="G605">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>8</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
         <v>1219</v>
       </c>
       <c r="D606">
-        <v>2003</v>
+        <v>2019</v>
       </c>
       <c r="E606" t="s">
         <v>1220</v>
       </c>
       <c r="F606" t="s">
         <v>12</v>
       </c>
-      <c r="G606">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>8</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
         <v>1221</v>
       </c>
       <c r="D607">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E607" t="s">
         <v>1222</v>
       </c>
       <c r="F607" t="s">
         <v>12</v>
       </c>
-      <c r="G607">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>8</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
         <v>1223</v>
       </c>
       <c r="D608">
         <v>2019</v>
       </c>
       <c r="E608" t="s">
         <v>1224</v>
       </c>
       <c r="F608" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>8</v>
       </c>
@@ -18962,374 +18884,374 @@
       </c>
       <c r="C664" t="s">
         <v>1335</v>
       </c>
       <c r="D664">
         <v>2019</v>
       </c>
       <c r="E664" t="s">
         <v>1336</v>
       </c>
       <c r="F664" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>8</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
         <v>1337</v>
       </c>
       <c r="D665">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E665" t="s">
         <v>1338</v>
       </c>
       <c r="F665" t="s">
         <v>12</v>
       </c>
+      <c r="G665">
+        <v>67.0</v>
+      </c>
+      <c r="H665">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>8</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
         <v>1339</v>
       </c>
       <c r="D666">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E666" t="s">
         <v>1340</v>
       </c>
       <c r="F666" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>8</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
         <v>1341</v>
       </c>
       <c r="D667">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E667" t="s">
         <v>1342</v>
       </c>
       <c r="F667" t="s">
         <v>12</v>
       </c>
+      <c r="G667">
+        <v>67.0</v>
+      </c>
+      <c r="H667">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>8</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
         <v>1343</v>
       </c>
       <c r="D668">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E668" t="s">
         <v>1344</v>
       </c>
       <c r="F668" t="s">
         <v>12</v>
       </c>
+      <c r="G668">
+        <v>181.0</v>
+      </c>
+      <c r="H668">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>8</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
         <v>1345</v>
       </c>
       <c r="D669">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E669" t="s">
         <v>1346</v>
       </c>
       <c r="F669" t="s">
         <v>12</v>
       </c>
+      <c r="G669">
+        <v>135.0</v>
+      </c>
+      <c r="H669">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>8</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
         <v>1347</v>
       </c>
       <c r="D670">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E670" t="s">
         <v>1348</v>
       </c>
       <c r="F670" t="s">
         <v>12</v>
       </c>
+      <c r="G670">
+        <v>135.0</v>
+      </c>
+      <c r="H670">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>8</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
         <v>1349</v>
       </c>
       <c r="D671">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E671" t="s">
         <v>1350</v>
       </c>
       <c r="F671" t="s">
         <v>12</v>
       </c>
+      <c r="G671">
+        <v>227.0</v>
+      </c>
+      <c r="H671">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>8</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
         <v>1351</v>
       </c>
       <c r="D672">
         <v>2019</v>
       </c>
       <c r="E672" t="s">
         <v>1352</v>
       </c>
       <c r="F672" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>8</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
         <v>1353</v>
       </c>
       <c r="D673">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E673" t="s">
         <v>1354</v>
       </c>
       <c r="F673" t="s">
         <v>12</v>
       </c>
-      <c r="G673">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>8</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
         <v>1355</v>
       </c>
       <c r="D674">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E674" t="s">
         <v>1356</v>
       </c>
       <c r="F674" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>8</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
         <v>1357</v>
       </c>
       <c r="D675">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E675" t="s">
         <v>1358</v>
       </c>
       <c r="F675" t="s">
         <v>12</v>
       </c>
-      <c r="G675">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>8</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
         <v>1359</v>
       </c>
       <c r="D676">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E676" t="s">
         <v>1360</v>
       </c>
       <c r="F676" t="s">
         <v>12</v>
       </c>
-      <c r="G676">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>8</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
         <v>1361</v>
       </c>
       <c r="D677">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E677" t="s">
         <v>1362</v>
       </c>
       <c r="F677" t="s">
         <v>12</v>
       </c>
-      <c r="G677">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>8</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
         <v>1363</v>
       </c>
       <c r="D678">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E678" t="s">
         <v>1364</v>
       </c>
       <c r="F678" t="s">
         <v>12</v>
       </c>
-      <c r="G678">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>8</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
         <v>1365</v>
       </c>
       <c r="D679">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E679" t="s">
         <v>1366</v>
       </c>
       <c r="F679" t="s">
         <v>12</v>
       </c>
-      <c r="G679">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>8</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
         <v>1367</v>
       </c>
       <c r="D680">
         <v>2019</v>
       </c>
       <c r="E680" t="s">
         <v>1368</v>
       </c>
       <c r="F680" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>8</v>
       </c>
@@ -19338,276 +19260,276 @@
       </c>
       <c r="C681" t="s">
         <v>1369</v>
       </c>
       <c r="D681">
         <v>2019</v>
       </c>
       <c r="E681" t="s">
         <v>1370</v>
       </c>
       <c r="F681" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>8</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
         <v>1371</v>
       </c>
       <c r="D682">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E682" t="s">
         <v>1372</v>
       </c>
       <c r="F682" t="s">
         <v>12</v>
       </c>
+      <c r="G682">
+        <v>159.0</v>
+      </c>
+      <c r="H682">
+        <v>159.0</v>
+      </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>8</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
         <v>1373</v>
       </c>
       <c r="D683">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E683" t="s">
         <v>1374</v>
       </c>
       <c r="F683" t="s">
         <v>12</v>
       </c>
+      <c r="G683">
+        <v>100.0</v>
+      </c>
+      <c r="H683">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>8</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
         <v>1375</v>
       </c>
       <c r="D684">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E684" t="s">
         <v>1376</v>
       </c>
       <c r="F684" t="s">
         <v>12</v>
       </c>
+      <c r="G684">
+        <v>135.0</v>
+      </c>
+      <c r="H684">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>8</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
         <v>1377</v>
       </c>
       <c r="D685">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E685" t="s">
         <v>1378</v>
       </c>
       <c r="F685" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>8</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
         <v>1379</v>
       </c>
       <c r="D686">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E686" t="s">
         <v>1380</v>
       </c>
       <c r="F686" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>8</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
         <v>1381</v>
       </c>
       <c r="D687">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E687" t="s">
         <v>1382</v>
       </c>
       <c r="F687" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>8</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
         <v>1383</v>
       </c>
       <c r="D688">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E688" t="s">
         <v>1384</v>
       </c>
       <c r="F688" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>8</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
         <v>1385</v>
       </c>
       <c r="D689">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E689" t="s">
         <v>1386</v>
       </c>
       <c r="F689" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>8</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
         <v>1387</v>
       </c>
       <c r="D690">
         <v>2022</v>
       </c>
       <c r="E690" t="s">
         <v>1388</v>
       </c>
       <c r="F690" t="s">
         <v>12</v>
       </c>
-      <c r="G690">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>8</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
         <v>1389</v>
       </c>
       <c r="D691">
         <v>2022</v>
       </c>
       <c r="E691" t="s">
         <v>1390</v>
       </c>
       <c r="F691" t="s">
         <v>12</v>
       </c>
-      <c r="G691">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>8</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
         <v>1391</v>
       </c>
       <c r="D692">
         <v>2022</v>
       </c>
       <c r="E692" t="s">
         <v>1392</v>
       </c>
       <c r="F692" t="s">
         <v>12</v>
       </c>
-      <c r="G692">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>8</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
         <v>1393</v>
       </c>
       <c r="D693">
         <v>2022</v>
       </c>
       <c r="E693" t="s">
         <v>1394</v>
       </c>
       <c r="F693" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>8</v>
       </c>
@@ -19724,1065 +19646,765 @@
         <v>1406</v>
       </c>
       <c r="F699" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>8</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
         <v>1407</v>
       </c>
       <c r="D700">
         <v>2022</v>
       </c>
       <c r="E700" t="s">
         <v>1408</v>
       </c>
       <c r="F700" t="s">
         <v>12</v>
       </c>
+      <c r="G700">
+        <v>44.0</v>
+      </c>
+      <c r="H700">
+        <v>44.0</v>
+      </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>8</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
         <v>1409</v>
       </c>
       <c r="D701">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="E701" t="s">
         <v>1410</v>
       </c>
       <c r="F701" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>8</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
         <v>1411</v>
       </c>
       <c r="D702">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="E702" t="s">
         <v>1412</v>
       </c>
       <c r="F702" t="s">
         <v>12</v>
       </c>
+      <c r="G702">
+        <v>204.0</v>
+      </c>
+      <c r="H702">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>8</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
         <v>1413</v>
       </c>
       <c r="D703">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="E703" t="s">
         <v>1414</v>
       </c>
       <c r="F703" t="s">
         <v>12</v>
       </c>
+      <c r="G703">
+        <v>227.0</v>
+      </c>
+      <c r="H703">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>8</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
         <v>1415</v>
       </c>
       <c r="D704">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="E704" t="s">
         <v>1416</v>
       </c>
       <c r="F704" t="s">
         <v>12</v>
       </c>
+      <c r="G704">
+        <v>181.0</v>
+      </c>
+      <c r="H704">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>8</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
         <v>1417</v>
       </c>
       <c r="D705">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="E705" t="s">
         <v>1418</v>
       </c>
       <c r="F705" t="s">
         <v>12</v>
       </c>
+      <c r="G705">
+        <v>100.0</v>
+      </c>
+      <c r="H705">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
         <v>8</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
         <v>1419</v>
       </c>
       <c r="D706">
-        <v>2022</v>
+        <v>2000</v>
       </c>
       <c r="E706" t="s">
         <v>1420</v>
       </c>
       <c r="F706" t="s">
         <v>12</v>
       </c>
+      <c r="G706">
+        <v>135.0</v>
+      </c>
+      <c r="H706">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>8</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
         <v>1421</v>
       </c>
       <c r="D707">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E707" t="s">
         <v>1422</v>
       </c>
       <c r="F707" t="s">
         <v>12</v>
       </c>
+      <c r="G707">
+        <v>135.0</v>
+      </c>
+      <c r="H707">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
         <v>8</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
         <v>1423</v>
       </c>
       <c r="D708">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="E708" t="s">
         <v>1424</v>
       </c>
       <c r="F708" t="s">
         <v>12</v>
       </c>
+      <c r="G708">
+        <v>227.0</v>
+      </c>
+      <c r="H708">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>8</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
         <v>1425</v>
       </c>
       <c r="D709">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="E709" t="s">
         <v>1426</v>
       </c>
       <c r="F709" t="s">
         <v>12</v>
       </c>
+      <c r="G709">
+        <v>204.0</v>
+      </c>
+      <c r="H709">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>8</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
         <v>1427</v>
       </c>
       <c r="D710">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="E710" t="s">
         <v>1428</v>
       </c>
       <c r="F710" t="s">
         <v>12</v>
       </c>
+      <c r="G710">
+        <v>227.0</v>
+      </c>
+      <c r="H710">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>8</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
         <v>1429</v>
       </c>
       <c r="D711">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="E711" t="s">
         <v>1430</v>
       </c>
       <c r="F711" t="s">
         <v>12</v>
       </c>
+      <c r="G711">
+        <v>227.0</v>
+      </c>
+      <c r="H711">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
         <v>8</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
         <v>1431</v>
       </c>
       <c r="D712">
-        <v>2022</v>
+        <v>2006</v>
       </c>
       <c r="E712" t="s">
         <v>1432</v>
       </c>
       <c r="F712" t="s">
         <v>12</v>
       </c>
+      <c r="G712">
+        <v>204.0</v>
+      </c>
+      <c r="H712">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>8</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
         <v>1433</v>
       </c>
       <c r="D713">
-        <v>2022</v>
+        <v>2006</v>
       </c>
       <c r="E713" t="s">
         <v>1434</v>
       </c>
       <c r="F713" t="s">
         <v>12</v>
       </c>
+      <c r="G713">
+        <v>204.0</v>
+      </c>
+      <c r="H713">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
         <v>8</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
         <v>1435</v>
       </c>
       <c r="D714">
-        <v>2022</v>
+        <v>2004</v>
       </c>
       <c r="E714" t="s">
         <v>1436</v>
       </c>
       <c r="F714" t="s">
         <v>12</v>
       </c>
       <c r="G714">
-        <v>43.0</v>
+        <v>159.0</v>
       </c>
       <c r="H714">
-        <v>43.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
         <v>8</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
         <v>1437</v>
       </c>
       <c r="D715">
-        <v>2022</v>
+        <v>2000</v>
       </c>
       <c r="E715" t="s">
         <v>1438</v>
       </c>
       <c r="F715" t="s">
         <v>12</v>
       </c>
+      <c r="G715">
+        <v>135.0</v>
+      </c>
+      <c r="H715">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
         <v>8</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
         <v>1439</v>
       </c>
       <c r="D716">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E716" t="s">
         <v>1440</v>
       </c>
       <c r="F716" t="s">
         <v>12</v>
       </c>
+      <c r="G716">
+        <v>227.0</v>
+      </c>
+      <c r="H716">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
         <v>8</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
         <v>1441</v>
       </c>
       <c r="D717">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="E717" t="s">
         <v>1442</v>
       </c>
       <c r="F717" t="s">
         <v>12</v>
       </c>
       <c r="G717">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H717">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
         <v>8</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
         <v>1443</v>
       </c>
       <c r="D718">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E718" t="s">
         <v>1444</v>
       </c>
       <c r="F718" t="s">
         <v>12</v>
       </c>
       <c r="G718">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H718">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
         <v>8</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
         <v>1445</v>
       </c>
       <c r="D719">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="E719" t="s">
         <v>1446</v>
       </c>
       <c r="F719" t="s">
         <v>12</v>
       </c>
-      <c r="G719">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
         <v>8</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
         <v>1447</v>
       </c>
       <c r="D720">
         <v>2001</v>
       </c>
       <c r="E720" t="s">
         <v>1448</v>
       </c>
       <c r="F720" t="s">
         <v>12</v>
       </c>
       <c r="G720">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H720">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
         <v>8</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
         <v>1449</v>
       </c>
       <c r="D721">
         <v>2000</v>
       </c>
       <c r="E721" t="s">
         <v>1450</v>
       </c>
       <c r="F721" t="s">
         <v>12</v>
       </c>
       <c r="G721">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H721">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
         <v>8</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
         <v>1451</v>
       </c>
       <c r="D722">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="E722" t="s">
         <v>1452</v>
       </c>
       <c r="F722" t="s">
         <v>12</v>
       </c>
       <c r="G722">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H722">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
         <v>8</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
         <v>1453</v>
       </c>
       <c r="D723">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="E723" t="s">
         <v>1454</v>
       </c>
       <c r="F723" t="s">
         <v>12</v>
       </c>
       <c r="G723">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H723">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
         <v>8</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
         <v>1455</v>
       </c>
       <c r="D724">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E724" t="s">
         <v>1456</v>
       </c>
       <c r="F724" t="s">
         <v>12</v>
       </c>
-      <c r="G724">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
         <v>8</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
         <v>1457</v>
       </c>
       <c r="D725">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E725" t="s">
         <v>1458</v>
       </c>
       <c r="F725" t="s">
         <v>12</v>
       </c>
       <c r="G725">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H725">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
         <v>8</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
         <v>1459</v>
       </c>
       <c r="D726">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E726" t="s">
         <v>1460</v>
       </c>
       <c r="F726" t="s">
         <v>12</v>
       </c>
       <c r="G726">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H726">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
         <v>8</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
         <v>1461</v>
       </c>
       <c r="D727">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E727" t="s">
         <v>1462</v>
       </c>
       <c r="F727" t="s">
         <v>12</v>
       </c>
       <c r="G727">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H727">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
         <v>8</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
         <v>1463</v>
       </c>
       <c r="D728">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="E728" t="s">
         <v>1464</v>
       </c>
       <c r="F728" t="s">
         <v>12</v>
       </c>
       <c r="G728">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
       <c r="H728">
-        <v>199.0</v>
-[...377 lines deleted...]
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">