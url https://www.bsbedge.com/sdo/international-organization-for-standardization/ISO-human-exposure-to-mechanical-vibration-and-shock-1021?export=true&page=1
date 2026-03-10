--- v1 (2026-01-20)
+++ v2 (2026-03-10)
@@ -143,51 +143,51 @@
   <si>
     <t>ISO 5349-1:2001</t>
   </si>
   <si>
     <t>Mechanical vibration — Measurement and evaluation of human exposure to hand-transmitted vibration — Part 1: General requirements</t>
   </si>
   <si>
     <t>ISO 13091-1:2001</t>
   </si>
   <si>
     <t>Mechanical vibration — Vibrotactile perception thresholds for the assessment of nerve dysfunction — Part 1: Methods of measurement at the fingertips</t>
   </si>
   <si>
     <t>ISO 14835-2:2005</t>
   </si>
   <si>
     <t>Mechanical vibration and shock — Cold provocation tests for the assessment of peripheral vascular function — Part 2: Measurement and evaluation of finger systolic blood pressure</t>
   </si>
   <si>
     <t>ISO 2631-4:2001/Amd 1:2010</t>
   </si>
   <si>
     <t>Mechanical vibration and shock — Evaluation of human exposure to whole-body vibration — Part 4: Guidelines for the evaluation of the effects of vibration and rotational motion on passenger and crew comfort in fixed-guideway transport systems — Amendment 1</t>
   </si>
   <si>
-    <t>ISO 13091-1:2001/Amd 1:2010</t>
+    <t>ISO 13091-1/Amd 1 : 2010</t>
   </si>
   <si>
     <t>Mechanical vibration — Vibrotactile perception thresholds for the assessment of nerve dysfunction — Part 1: Methods of measurement at the fingertips — Amendment 1</t>
   </si>
   <si>
     <t>ISO 2631-1:1997/Amd 1:2010</t>
   </si>
   <si>
     <t>Mechanical vibration and shock — Evaluation of human exposure to whole-body vibration — Part 1: General requirements — Amendment 1</t>
   </si>
   <si>
     <t>ISO 10819:2013</t>
   </si>
   <si>
     <t>Mechanical vibration and shock — Hand-arm vibration — Measurement and evaluation of the vibration transmissibility of gloves at the palm of the hand</t>
   </si>
   <si>
     <t>ISO 2631-5:2018</t>
   </si>
   <si>
     <t>Mechanical vibration and shock — Evaluation of human exposure to whole-body vibration — Part 5: Method for evaluation of vibration containing multiple shocks</t>
   </si>
   <si>
     <t>ISO 10068:2012</t>
   </si>