--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -508,132 +508,132 @@
       </c>
       <c r="H2">
         <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2019</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H3">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2001</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H4">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2005</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H5">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2008</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H6">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2002</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>40.0</v>
       </c>
       <c r="H7">