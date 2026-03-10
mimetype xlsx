--- v1 (2026-01-08)
+++ v2 (2026-03-10)
@@ -586,54 +586,54 @@
       </c>
       <c r="H5">
         <v>135.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2008</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>159.0</v>
+        <v>160.0</v>
       </c>
       <c r="H6">
-        <v>159.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2002</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>40.0</v>
       </c>
       <c r="H7">