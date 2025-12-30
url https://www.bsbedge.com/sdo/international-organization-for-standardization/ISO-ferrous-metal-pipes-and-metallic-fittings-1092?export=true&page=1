--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -353,126 +353,108 @@
   <si>
     <t>ISO 7369:2020</t>
   </si>
   <si>
     <t>Pipework — Metal hoses and hose assemblies — Vocabulary</t>
   </si>
   <si>
     <t>ISO 16134:2020</t>
   </si>
   <si>
     <t>Earthquake-resistant and subsidence-resistant design of ductile iron pipelines</t>
   </si>
   <si>
     <t>ISO 10802:2020</t>
   </si>
   <si>
     <t>Ductile iron pipelines — Hydrostatic testing after installation</t>
   </si>
   <si>
     <t>ISO 23991:2022</t>
   </si>
   <si>
     <t>Irrigation applications of ductile iron pipelines — Product design and installation</t>
   </si>
   <si>
-    <t>ISO 3305:1985</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 5252:1991</t>
   </si>
   <si>
     <t>Steel tubes — Tolerance systems</t>
   </si>
   <si>
     <t>ISO 4200:1991</t>
   </si>
   <si>
     <t>Plain end steel tubes, welded and seamless — General tables of dimensions and masses per unit length</t>
   </si>
   <si>
     <t>ISO 8180:2020</t>
   </si>
   <si>
     <t>Ductile iron pipelines — Polyethylene sleeving for site application</t>
   </si>
   <si>
     <t>ISO/TR 4340:2022</t>
   </si>
   <si>
     <t>Water aggressiveness evaluation and optimized lining choice</t>
   </si>
   <si>
     <t>ISO 4370:2022</t>
   </si>
   <si>
     <t>Environmental life cycle assessment and recycling of ductile iron pipes for water applications</t>
   </si>
   <si>
     <t>ISO 3419:1981</t>
   </si>
   <si>
     <t>Non-alloy and alloy steel butt-welding fittings</t>
   </si>
   <si>
     <t>ISO 3545-1:1989</t>
   </si>
   <si>
     <t>Steel tubes and fittings — Symbols for use in specifications — Part 1: Tubes and tubular accessories with circular cross-section</t>
   </si>
   <si>
     <t>ISO 3545-2:1989</t>
   </si>
   <si>
     <t>Steel tubes and fittings — Symbols for use in specifications — Part 2: Square and rectangular hollow sections</t>
   </si>
   <si>
-    <t>ISO 3545-3:1989</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 4145:1986</t>
   </si>
   <si>
     <t>Non-alloy steel fittings threaded to ISO 7-1</t>
   </si>
   <si>
     <t>ISO 5251:1981</t>
   </si>
   <si>
     <t>Stainless steel butt-welding fittings</t>
-  </si>
-[...4 lines deleted...]
-    <t>Plain end as-welded and sized precision steel tubes — Technical conditions for delivery</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -776,51 +758,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H65"/>
+  <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2147,375 +2129,297 @@
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
         <v>155.0</v>
       </c>
       <c r="H52">
         <v>155.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
       <c r="H53">
-        <v>65.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>1991</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H54">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
-        <v>1991</v>
+        <v>2020</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>65.0</v>
+        <v>98.0</v>
       </c>
       <c r="H55">
-        <v>65.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>98.0</v>
+        <v>132.0</v>
       </c>
       <c r="H56">
-        <v>98.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
         <v>2022</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>132.0</v>
+        <v>98.0</v>
       </c>
       <c r="H57">
-        <v>132.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
-        <v>2022</v>
+        <v>1981</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
         <v>98.0</v>
       </c>
       <c r="H58">
         <v>98.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
-        <v>1981</v>
+        <v>1989</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>98.0</v>
+        <v>43.0</v>
       </c>
       <c r="H59">
-        <v>98.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
         <v>1989</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
         <v>43.0</v>
       </c>
       <c r="H60">
         <v>43.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
       <c r="H61">
-        <v>43.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
-        <v>1989</v>
+        <v>1981</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>43.0</v>
+        <v>132.0</v>
       </c>
       <c r="H62">
-        <v>43.0</v>
-[...47 lines deleted...]
-      <c r="G64">
         <v>132.0</v>
-      </c>
-[...27 lines deleted...]
-        <v>65.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">