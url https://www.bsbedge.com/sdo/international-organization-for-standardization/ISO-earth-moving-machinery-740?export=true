--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -161,51 +161,51 @@
   <si>
     <t>ISO 6485:1980</t>
   </si>
   <si>
     <t>Earth-moving machinery — Tractor-scraper — Volumetric rating</t>
   </si>
   <si>
     <t>ISO 6484:1986</t>
   </si>
   <si>
     <t>Earth-moving machinery — Elevating scrapers — Volumetric ratings</t>
   </si>
   <si>
     <t>ISO 6483:1980</t>
   </si>
   <si>
     <t>Earth-moving machinery — Dumper bodies — Volumetric rating</t>
   </si>
   <si>
     <t>ISO 6682:1986</t>
   </si>
   <si>
     <t>Earth-moving machinery — Zones of comfort and reach for controls</t>
   </si>
   <si>
-    <t>ISO 6682:1986/Amd 1:1989</t>
+    <t>ISO 6682/Amd 1 : 1989</t>
   </si>
   <si>
     <t>Earth-moving machinery — Zones of comfort and reach for controls — Amendment 1</t>
   </si>
   <si>
     <t>ISO 6749:1984</t>
   </si>
   <si>
     <t>Earth-moving machinery — Preservation and storage</t>
   </si>
   <si>
     <t>ISO 7464:1983</t>
   </si>
   <si>
     <t>Earth-moving machinery — Method of test for the measurement of drawbar pull</t>
   </si>
   <si>
     <t>ISO 7546:1983</t>
   </si>
   <si>
     <t>Earth-moving machinery — Loader and front loading excavator buckets — Volumetric ratings</t>
   </si>
   <si>
     <t>ISO 7852:1983</t>
   </si>