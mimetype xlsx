--- v0 (2025-11-04)
+++ v1 (2026-02-05)
@@ -12,91 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1699">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1667">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>Published</t>
   </si>
   <si>
     <t>ISO</t>
   </si>
   <si>
+    <t>ISO 8000-119:2026</t>
+  </si>
+  <si>
+    <t>Data quality — Part 119: Application of ISO 8000-115 to transport unit identifiers</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
     <t>ISO 18136-1:2025</t>
   </si>
   <si>
     <t>Automation systems and integration — Nuclear digital ecosystem — Part 1: Overview and framework</t>
   </si>
   <si>
-    <t>CHF</t>
-[...1 lines deleted...]
-  <si>
     <t>ISO 10303-62:2025</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 62: Integrated generic resource: Equivalence validation of product data</t>
   </si>
   <si>
     <t>ISO 8000-220:2025</t>
   </si>
   <si>
     <t>Data quality — Part 220: Sensor data: Quality measurement</t>
   </si>
   <si>
     <t>ISO 10303-242:2025</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 242: Application protocol: Managed model-based 3D engineering</t>
   </si>
   <si>
     <t>ISO 14306-3:2025</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — JT file format specification for 3D visualization — Part 3: Version 2</t>
   </si>
   <si>
     <t>IEC/TR 63319:2025</t>
@@ -1925,56 +1931,50 @@
   <si>
     <t>ISO 22745-2:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Open technical dictionaries and their application to master data — Part 2: Vocabulary</t>
   </si>
   <si>
     <t>ISO/TS 22745-14:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration - Open technical dictionaries and their application to master data — Part 14: Dictionary query interface</t>
   </si>
   <si>
     <t>ISO 10303-104:2000/Cor 1:2009</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 104: Integrated application resource: Finite element analysis — Technical Corrigendum 1</t>
   </si>
   <si>
     <t>ISO/TS 10303-403:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 403: Application module: AP203 configuration controlled 3D design of mechanical parts and assemblies</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1327:2010</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1056:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1056: Application module: Configuration item</t>
   </si>
   <si>
     <t>ISO/TS 10303-1768:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1768: Application module: Composite material aspects</t>
   </si>
   <si>
     <t>ISO/TS 10303-1632:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1632: Application module: Assembly 2D shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1633:2010</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1633: Application module: Assembly 3D shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1631:2010</t>
@@ -2315,56 +2315,50 @@
   <si>
     <t>ISO/TS 10303-1306:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1306: Application module: AP239 task specification resourced</t>
   </si>
   <si>
     <t>ISO/TS 10303-1267:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1267: Application module: Required resource</t>
   </si>
   <si>
     <t>ISO/TS 10303-1261:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1261: Application module: Activity method implementation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1260:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1260: Application module: Scheme</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1258:2011</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1281:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1281: Application module: Resource item characterized</t>
   </si>
   <si>
     <t>ISO/TS 10303-1062:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1062: Application module: Contract</t>
   </si>
   <si>
     <t>ISO/TS 10303-1021:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1021: Application module: Identification assignment</t>
   </si>
   <si>
     <t>ISO/TS 10303-1233:2011</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1233: Application module: Requirement assignment</t>
   </si>
   <si>
     <t>ISO/TS 10303-1164:2011</t>
@@ -3065,56 +3059,50 @@
   <si>
     <t>ISO/TS 10303-1749:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1749: Application module: Styled curve</t>
   </si>
   <si>
     <t>ISO/TS 10303-1760:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1760: Application module: Pre defined product data management specializations</t>
   </si>
   <si>
     <t>ISO/TS 10303-1734:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1734: Application module: Pre defined datum symbol</t>
   </si>
   <si>
     <t>ISO/TS 10303-1730:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1730: Application module: Physical unit shape with parameters</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1742:2014</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1800:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1800: Application module: Support resource</t>
   </si>
   <si>
     <t>ISO/TS 10303-1778:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1778: Application module: External library</t>
   </si>
   <si>
     <t>ISO/TS 10303-1776:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1776: Application module: Extended date</t>
   </si>
   <si>
     <t>ISO/TS 10303-1779:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1779: Application module: External representation item</t>
   </si>
   <si>
     <t>ISO/TS 10303-1771:2014</t>
@@ -3131,56 +3119,50 @@
   <si>
     <t>ISO/TS 10303-1794:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1794: Application module: Assembly constraints</t>
   </si>
   <si>
     <t>ISO/TS 10303-1810:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1810: Application module: Product and manufacturing information view context</t>
   </si>
   <si>
     <t>ISO/TS 10303-1805:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1805: Application module: Characterized representation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1799:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1799: Application module: Kinematic topology</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1822:2014</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1817:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1817: Application module: Kinematic analysis control and result</t>
   </si>
   <si>
     <t>ISO/TS 10303-1821:2014</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1821: Apllication module: Externally conditioned data quality criteria</t>
   </si>
   <si>
     <t>ISO 16300-2:2019</t>
   </si>
   <si>
     <t>Automation systems and integration — Interoperability of capability units for manufacturing application solutions — Part 2: Capability templates and software unit cataloguing</t>
   </si>
   <si>
     <t>ISO 20140-3:2019</t>
   </si>
   <si>
     <t>Automation systems and integration — Evaluating energy efficiency and other factors of manufacturing systems that influence the environment — Part 3: Environmental performance evaluation data aggregation process</t>
   </si>
   <si>
     <t>ISO 8000-63:2019</t>
@@ -3593,56 +3575,50 @@
   <si>
     <t>ISO/TS 10303-1653:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1653: Application module: Cable</t>
   </si>
   <si>
     <t>ISO/TS 10303-1526:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1526: Application module: Numeric expression</t>
   </si>
   <si>
     <t>ISO/TS 10303-1527:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1527: Application module: Elementary function</t>
   </si>
   <si>
     <t>ISO/TS 10303-1525:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1525: Application module: Composite surface</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1524:2018</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1662:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1662: Application module: Design specific assignment to assembly usage view</t>
   </si>
   <si>
     <t>ISO/TS 10303-1654:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1654: Application module: Characteristic</t>
   </si>
   <si>
     <t>ISO/TS 10303-1636:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1636: Application module: Assembly module design</t>
   </si>
   <si>
     <t>ISO/TS 10303-1668:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1668: Application module: Fabrication joint</t>
   </si>
   <si>
     <t>ISO/TS 10303-1670:2018</t>
@@ -3893,56 +3869,50 @@
   <si>
     <t>ISO/TS 10303-1750:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1750: Application module: Text representation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1692:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1692: Application module: Land</t>
   </si>
   <si>
     <t>ISO/TS 10303-1751:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1751: Application module: Test requirement allocation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1696:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1696: Application module: Layered interconnect module 3D design</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1752:2018</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1698:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1698: Application module: Layered interconnect module design</t>
   </si>
   <si>
     <t>ISO/TS 10303-1740:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1740: Application module: Requirement decomposition</t>
   </si>
   <si>
     <t>ISO/TS 10303-1741:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1741: Application module: Sequential laminate assembly design</t>
   </si>
   <si>
     <t>ISO/TS 10303-1744:2018</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1744: Application module: Discrete shield</t>
   </si>
   <si>
     <t>ISO/TS 10303-1747:2018</t>
@@ -4445,86 +4415,68 @@
   <si>
     <t>ISO/TS 10303-1635:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1635: Application module: Assembly functional interface requirement</t>
   </si>
   <si>
     <t>ISO/TS 10303-1603:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1603: Application module: Analytical model</t>
   </si>
   <si>
     <t>ISO/TS 10303-1641:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1641: Application module: Assembly module with subassembly</t>
   </si>
   <si>
     <t>ISO/TS 10303-1646:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1646: Application module: Footprint definition</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1839:2019</t>
-[...10 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1840:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1840: Application module: Annotated 3D model equivalence shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1835:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1835: Application module: Additive manufacturing part and build information</t>
   </si>
   <si>
     <t>ISO/TS 10303-1834:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1834: Application module: Surface visual texture</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1837:2019</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1831:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1831: Application module: Scan data 3D shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1473:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1473: Application module: Description assignment</t>
   </si>
   <si>
     <t>ISO/TS 10303-1397:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1397: Application module: Conditional effectivity</t>
   </si>
   <si>
     <t>ISO/TS 10303-1824:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1824: Application module: Change management</t>
   </si>
   <si>
     <t>ISO/TS 10303-1804:2019</t>
@@ -4541,56 +4493,50 @@
   <si>
     <t>ISO/TS 10303-1807:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1807: Application module: Part shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-1782:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1782: Application module: Qualified measure</t>
   </si>
   <si>
     <t>ISO/TS 10303-1796:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1796: Application module: Kinematic motion representation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1791:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1791: Application module: Primitive solids</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1814:2019</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1722:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1722: Application module: Part template</t>
   </si>
   <si>
     <t>ISO/TS 10303-1657:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1657: Application module: Component feature</t>
   </si>
   <si>
     <t>ISO/TS 10303-1732:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1732: Application module: Physical unit usage view</t>
   </si>
   <si>
     <t>ISO/TS 10303-1731:2019</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1731: Application module: Constructive solid geometry 2D</t>
   </si>
   <si>
     <t>ISO/TS 10303-1649:2019</t>
@@ -4769,168 +4715,126 @@
   <si>
     <t>ISO/IEC TR 63306-2:2021</t>
   </si>
   <si>
     <t>Smart manufacturing standards map (SM2) — Part 2: Catalogue</t>
   </si>
   <si>
     <t>ISO/TS 10303-4443:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 4443: Domain model: For modelling and simulation information in a collaborative systems engineering context (MoSSEC)</t>
   </si>
   <si>
     <t>ISO/TS 10303-1819:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1819: Application module: Tessellated geometry</t>
   </si>
   <si>
     <t>ISO 10303-44:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 44: Integrated generic resource: Product structure configuration</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1770:2022</t>
-[...10 lines deleted...]
-  <si>
     <t>ISO 10303-43:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 43: Integrated generic resource: Representation structures</t>
   </si>
   <si>
     <t>ISO/TS 10303-1815:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1815: Application module: Mating structure</t>
   </si>
   <si>
     <t>ISO 10303-59:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 59: Integrated generic resource: Quality of product shape data</t>
   </si>
   <si>
-    <t>ISO 10303-101:2022</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-442:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 442: Application module: AP242 managed model based 3D engineering</t>
   </si>
   <si>
-    <t>ISO 10303-113:2022</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 10303-517:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 517: Application interpreted construct: Mechanical design geometric presentation</t>
   </si>
   <si>
     <t>ISO/TS 10303-1006:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1006: Application module: Foundation representation</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1005:2022</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO/TS 10303-1104:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1104: Application module: Specified product</t>
   </si>
   <si>
     <t>ISO/TS 10303-1027:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1027: Application module: Contextual shape positioning</t>
   </si>
   <si>
     <t>ISO/TS 10303-1748:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1748: Application module: Stratum non planar shape</t>
   </si>
   <si>
     <t>ISO/TS 10303-410:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 410: Application module: AP210 electronic assembly interconnect and packaging design</t>
   </si>
   <si>
     <t>ISO/TS 10303-1628:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 1628: Application module: Design product data management</t>
   </si>
   <si>
-    <t>ISO/TS 10303-1838:2022</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 10303-238:2022</t>
   </si>
   <si>
     <t>Industrial automation systems and integration — Product data representation and exchange — Part 238: Application protocol: Model based integrated manufacturing</t>
   </si>
   <si>
     <t>ISO 8000-2:2022</t>
   </si>
   <si>
     <t>Data quality — Part 2: Vocabulary</t>
-  </si>
-[...4 lines deleted...]
-    <t>Industrial automation systems and integration — Product data representation and exchange — Part 41: Integrated generic resource: Fundamentals of product description and support</t>
   </si>
   <si>
     <t>IEC 62264-2:2015</t>
   </si>
   <si>
     <t>Enterprise-control system integration — Part 2: Objects and attributes for enterprise-control system integration</t>
   </si>
   <si>
     <t>IEC 62264-4:2015</t>
   </si>
   <si>
     <t>Enterprise-control system integration — Part 4: Objects and attributes for manufacturing operations management integration</t>
   </si>
   <si>
     <t>IEC 62264-5:2016</t>
   </si>
   <si>
     <t>Enterprise-control system integration — Part 5: Business to manufacturing transactions</t>
   </si>
   <si>
     <t>ISO 15746-2:2017</t>
   </si>
   <si>
     <t>Automation systems and integration — Integration of advanced process control and optimization capabilities for manufacturing systems — Part 2: Activity models and information exchange</t>
   </si>
@@ -5456,2954 +5360,2960 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H845"/>
+  <dimension ref="A1:H829"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H2">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
       <c r="H3">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H4">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
       <c r="H5">
-        <v>199.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H6">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
       <c r="H7">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>98.0</v>
+        <v>475.0</v>
       </c>
       <c r="H8">
-        <v>98.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
       <c r="H9">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
       <c r="H10">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H11">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>18.0</v>
+        <v>181.0</v>
       </c>
       <c r="H12">
-        <v>18.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>177.0</v>
+        <v>18.0</v>
       </c>
       <c r="H13">
-        <v>177.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
       <c r="H14">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2024</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H15">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>221.0</v>
+        <v>159.0</v>
+      </c>
+      <c r="H16">
+        <v>159.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2024</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>385.0</v>
-[...2 lines deleted...]
-        <v>385.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2024</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>216.0</v>
+        <v>405.0</v>
       </c>
       <c r="H18">
-        <v>216.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>221.0</v>
+        <v>216.0</v>
       </c>
       <c r="H19">
-        <v>221.0</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2024</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
       <c r="H20">
-        <v>43.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2024</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H21">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
       <c r="H22">
-        <v>199.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2024</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H23">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2024</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
       <c r="H24">
-        <v>43.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2024</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H25">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H26">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2024</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
       <c r="H27">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
         <v>2024</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H28">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H29">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2024</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H30">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H31">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2023</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H32">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>2023</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H33">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>2023</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H34">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>2023</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
       <c r="H35">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2023</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
       <c r="H36">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H37">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>2017</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H38">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>2017</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
       <c r="H39">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H40">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H41">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
       <c r="H42">
-        <v>199.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H43">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H44">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H45">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
       <c r="H46">
-        <v>155.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H47">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H48">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>98.0</v>
+        <v>181.0</v>
       </c>
       <c r="H49">
-        <v>98.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H50">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H51">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H52">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H53">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H54">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H55">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
         <v>2013</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H56">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H57">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
-        <v>1999</v>
+        <v>2020</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H58">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H59">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H60">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H61">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H62">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H63">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
       <c r="H64">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
       <c r="H65">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H66">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H67">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H68">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
         <v>2000</v>
       </c>
       <c r="E69" t="s">
         <v>146</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H69">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>147</v>
       </c>
       <c r="D70">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="E70" t="s">
         <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H70">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H71">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72">
         <v>2003</v>
       </c>
       <c r="E72" t="s">
         <v>152</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H72">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="E73" t="s">
         <v>154</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H73">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H74">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H75">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>159</v>
       </c>
       <c r="D76">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E76" t="s">
         <v>160</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H76">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>161</v>
       </c>
       <c r="D77">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E77" t="s">
         <v>162</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H77">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
         <v>2000</v>
       </c>
       <c r="E78" t="s">
         <v>164</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H78">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>165</v>
       </c>
       <c r="D79">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="E79" t="s">
         <v>166</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H79">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>167</v>
       </c>
       <c r="D80">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="E80" t="s">
         <v>168</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H80">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>169</v>
       </c>
       <c r="D81">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E81" t="s">
         <v>170</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H81">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>171</v>
       </c>
       <c r="D82">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E82" t="s">
         <v>172</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H82">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>173</v>
       </c>
       <c r="D83">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="E83" t="s">
         <v>174</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
       <c r="H83">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>175</v>
       </c>
       <c r="D84">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="E84" t="s">
         <v>176</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H84">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85">
         <v>2005</v>
       </c>
       <c r="E85" t="s">
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H85">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H86">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="E87" t="s">
         <v>182</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H87">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
       <c r="H88">
-        <v>0.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="H89">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E90" t="s">
         <v>188</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
       <c r="H90">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E91" t="s">
         <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
       <c r="H91">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="E92" t="s">
         <v>192</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
       <c r="H92">
-        <v>221.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>193</v>
       </c>
       <c r="D93">
         <v>2006</v>
       </c>
       <c r="E93" t="s">
         <v>194</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H93">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>195</v>
       </c>
       <c r="D94">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E94" t="s">
         <v>196</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H94">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E95" t="s">
         <v>198</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H95">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96">
         <v>2006</v>
       </c>
       <c r="E96" t="s">
         <v>200</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
       <c r="H96">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>201</v>
       </c>
       <c r="D97">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="E97" t="s">
         <v>202</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H97">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>203</v>
       </c>
       <c r="D98">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E98" t="s">
         <v>204</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H98">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>205</v>
       </c>
       <c r="D99">
-        <v>2004</v>
+        <v>2023</v>
       </c>
       <c r="E99" t="s">
         <v>206</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H99">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>207</v>
       </c>
       <c r="D100">
         <v>2004</v>
       </c>
       <c r="E100" t="s">
         <v>208</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H100">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>209</v>
       </c>
       <c r="D101">
         <v>2004</v>
       </c>
       <c r="E101" t="s">
         <v>210</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H101">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>211</v>
       </c>
       <c r="D102">
         <v>2004</v>
       </c>
       <c r="E102" t="s">
         <v>212</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H102">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>213</v>
       </c>
       <c r="D103">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E103" t="s">
         <v>214</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H103">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>215</v>
       </c>
       <c r="D104">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E104" t="s">
         <v>216</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
+      <c r="G104">
+        <v>227.0</v>
+      </c>
+      <c r="H104">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
-      <c r="G105">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>219</v>
       </c>
       <c r="D106">
         <v>2003</v>
       </c>
       <c r="E106" t="s">
         <v>220</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H106">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H107">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>223</v>
       </c>
       <c r="D108">
         <v>2011</v>
       </c>
       <c r="E108" t="s">
         <v>224</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H108">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H109">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
       <c r="H110">
-        <v>132.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
         <v>2005</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
       <c r="H111">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
+      <c r="G112">
+        <v>204.0</v>
+      </c>
+      <c r="H112">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
         <v>2004</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
@@ -8620,128 +8530,128 @@
         <v>256</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>257</v>
       </c>
       <c r="D125">
         <v>2004</v>
       </c>
       <c r="E125" t="s">
         <v>258</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
-      <c r="G125">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>259</v>
       </c>
       <c r="D126">
         <v>2004</v>
       </c>
       <c r="E126" t="s">
         <v>260</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H126">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>261</v>
       </c>
       <c r="D127">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E127" t="s">
         <v>262</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="H127">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>263</v>
       </c>
       <c r="D128">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E128" t="s">
         <v>264</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
+      <c r="G128">
+        <v>181.0</v>
+      </c>
+      <c r="H128">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>265</v>
       </c>
       <c r="D129">
         <v>2004</v>
       </c>
       <c r="E129" t="s">
         <v>266</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
@@ -8810,84 +8720,84 @@
       </c>
       <c r="C133" t="s">
         <v>273</v>
       </c>
       <c r="D133">
         <v>2004</v>
       </c>
       <c r="E133" t="s">
         <v>274</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>275</v>
       </c>
       <c r="D134">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E134" t="s">
         <v>276</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
-      <c r="G134">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>277</v>
       </c>
       <c r="D135">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E135" t="s">
         <v>278</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
+      <c r="G135">
+        <v>135.0</v>
+      </c>
+      <c r="H135">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>279</v>
       </c>
       <c r="D136">
         <v>2004</v>
       </c>
       <c r="E136" t="s">
         <v>280</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
@@ -9156,450 +9066,450 @@
       </c>
       <c r="C150" t="s">
         <v>307</v>
       </c>
       <c r="D150">
         <v>2004</v>
       </c>
       <c r="E150" t="s">
         <v>308</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>309</v>
       </c>
       <c r="D151">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E151" t="s">
         <v>310</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
-      <c r="G151">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>8</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>311</v>
       </c>
       <c r="D152">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E152" t="s">
         <v>312</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
+      <c r="G152">
+        <v>227.0</v>
+      </c>
+      <c r="H152">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>313</v>
       </c>
       <c r="D153">
         <v>2004</v>
       </c>
       <c r="E153" t="s">
         <v>314</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>315</v>
       </c>
       <c r="D154">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E154" t="s">
         <v>316</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
-      <c r="G154">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>317</v>
       </c>
       <c r="D155">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E155" t="s">
         <v>318</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H155">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>319</v>
       </c>
       <c r="D156">
         <v>2005</v>
       </c>
       <c r="E156" t="s">
         <v>320</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
       <c r="H156">
-        <v>65.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>321</v>
       </c>
       <c r="D157">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E157" t="s">
         <v>322</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
+      <c r="G157">
+        <v>67.0</v>
+      </c>
+      <c r="H157">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>323</v>
       </c>
       <c r="D158">
         <v>2004</v>
       </c>
       <c r="E158" t="s">
         <v>324</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>325</v>
       </c>
       <c r="D159">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E159" t="s">
         <v>326</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
-      <c r="G159">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>327</v>
       </c>
       <c r="D160">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E160" t="s">
         <v>328</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H160">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>329</v>
       </c>
       <c r="D161">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E161" t="s">
         <v>330</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
       <c r="H161">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>331</v>
       </c>
       <c r="D162">
         <v>2004</v>
       </c>
       <c r="E162" t="s">
         <v>332</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H162">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>333</v>
       </c>
       <c r="D163">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E163" t="s">
         <v>334</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H163">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>8</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>335</v>
       </c>
       <c r="D164">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E164" t="s">
         <v>336</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
       <c r="H164">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>337</v>
       </c>
       <c r="D165">
         <v>2007</v>
       </c>
       <c r="E165" t="s">
         <v>338</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>221.0</v>
+        <v>18.0</v>
       </c>
       <c r="H165">
-        <v>221.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>8</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>339</v>
       </c>
       <c r="D166">
         <v>2007</v>
       </c>
       <c r="E166" t="s">
         <v>340</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H166">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>8</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>341</v>
       </c>
       <c r="D167">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E167" t="s">
         <v>342</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
+      <c r="G167">
+        <v>227.0</v>
+      </c>
+      <c r="H167">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>8</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>343</v>
       </c>
       <c r="D168">
         <v>2004</v>
       </c>
       <c r="E168" t="s">
         <v>344</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
@@ -9628,549 +9538,549 @@
       </c>
       <c r="C170" t="s">
         <v>347</v>
       </c>
       <c r="D170">
         <v>2004</v>
       </c>
       <c r="E170" t="s">
         <v>348</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>349</v>
       </c>
       <c r="D171">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E171" t="s">
         <v>350</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>351</v>
       </c>
       <c r="D172">
         <v>2010</v>
       </c>
       <c r="E172" t="s">
         <v>352</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
-      <c r="G172">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>353</v>
       </c>
       <c r="D173">
         <v>2010</v>
       </c>
       <c r="E173" t="s">
         <v>354</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
+      <c r="G173">
+        <v>227.0</v>
+      </c>
+      <c r="H173">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>355</v>
       </c>
       <c r="D174">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="E174" t="s">
         <v>356</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
-      <c r="G174">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>8</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>357</v>
       </c>
       <c r="D175">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E175" t="s">
         <v>358</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
+      <c r="G175">
+        <v>0.0</v>
+      </c>
+      <c r="H175">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>359</v>
       </c>
       <c r="D176">
         <v>2011</v>
       </c>
       <c r="E176" t="s">
         <v>360</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
-      <c r="G176">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>361</v>
       </c>
       <c r="D177">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E177" t="s">
         <v>362</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H177">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>8</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>363</v>
       </c>
       <c r="D178">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E178" t="s">
         <v>364</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>18.0</v>
+        <v>227.0</v>
       </c>
       <c r="H178">
-        <v>18.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>365</v>
       </c>
       <c r="D179">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E179" t="s">
         <v>366</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>155.0</v>
+        <v>18.0</v>
       </c>
       <c r="H179">
-        <v>155.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>8</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>367</v>
       </c>
       <c r="D180">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E180" t="s">
         <v>368</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H180">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>8</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>369</v>
       </c>
       <c r="D181">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E181" t="s">
         <v>370</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
       <c r="H181">
-        <v>221.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>371</v>
       </c>
       <c r="D182">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E182" t="s">
         <v>372</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H182">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>373</v>
       </c>
       <c r="D183">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E183" t="s">
         <v>374</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
+      <c r="G183">
+        <v>0.0</v>
+      </c>
+      <c r="H183">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>375</v>
       </c>
       <c r="D184">
         <v>2009</v>
       </c>
       <c r="E184" t="s">
         <v>376</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>377</v>
       </c>
       <c r="D185">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E185" t="s">
         <v>378</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>379</v>
       </c>
       <c r="D186">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E186" t="s">
         <v>380</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
-      <c r="G186">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>381</v>
       </c>
       <c r="D187">
         <v>2008</v>
       </c>
       <c r="E187" t="s">
         <v>382</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
         <v>0.0</v>
       </c>
       <c r="H187">
         <v>0.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>383</v>
       </c>
       <c r="D188">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E188" t="s">
         <v>384</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
         <v>0.0</v>
       </c>
       <c r="H188">
         <v>0.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>385</v>
       </c>
       <c r="D189">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E189" t="s">
         <v>386</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
         <v>0.0</v>
       </c>
       <c r="H189">
         <v>0.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>387</v>
       </c>
       <c r="D190">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E190" t="s">
         <v>388</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
+      <c r="G190">
+        <v>0.0</v>
+      </c>
+      <c r="H190">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>389</v>
       </c>
       <c r="D191">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E191" t="s">
         <v>390</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>391</v>
       </c>
       <c r="D192">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E192" t="s">
         <v>392</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>393</v>
       </c>
       <c r="D193">
         <v>2010</v>
       </c>
       <c r="E193" t="s">
         <v>394</v>
       </c>
       <c r="F193" t="s">
@@ -10386,111 +10296,111 @@
       </c>
       <c r="C204" t="s">
         <v>415</v>
       </c>
       <c r="D204">
         <v>2010</v>
       </c>
       <c r="E204" t="s">
         <v>416</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>417</v>
       </c>
       <c r="D205">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E205" t="s">
         <v>418</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>419</v>
       </c>
       <c r="D206">
         <v>2008</v>
       </c>
       <c r="E206" t="s">
         <v>420</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>421</v>
       </c>
       <c r="D207">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E207" t="s">
         <v>422</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>423</v>
       </c>
       <c r="D208">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E208" t="s">
         <v>424</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>425</v>
       </c>
       <c r="D209">
         <v>2008</v>
       </c>
       <c r="E209" t="s">
         <v>426</v>
       </c>
       <c r="F209" t="s">
@@ -10706,51 +10616,51 @@
       </c>
       <c r="C220" t="s">
         <v>447</v>
       </c>
       <c r="D220">
         <v>2008</v>
       </c>
       <c r="E220" t="s">
         <v>448</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>449</v>
       </c>
       <c r="D221">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E221" t="s">
         <v>450</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>451</v>
       </c>
       <c r="D222">
         <v>2010</v>
       </c>
       <c r="E222" t="s">
         <v>452</v>
       </c>
       <c r="F222" t="s">
@@ -10786,91 +10696,91 @@
       </c>
       <c r="C224" t="s">
         <v>455</v>
       </c>
       <c r="D224">
         <v>2010</v>
       </c>
       <c r="E224" t="s">
         <v>456</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>457</v>
       </c>
       <c r="D225">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E225" t="s">
         <v>458</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>459</v>
       </c>
       <c r="D226">
         <v>2005</v>
       </c>
       <c r="E226" t="s">
         <v>460</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>461</v>
       </c>
       <c r="D227">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E227" t="s">
         <v>462</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>463</v>
       </c>
       <c r="D228">
         <v>2006</v>
       </c>
       <c r="E228" t="s">
         <v>464</v>
       </c>
       <c r="F228" t="s">
@@ -10906,124 +10816,124 @@
       </c>
       <c r="C230" t="s">
         <v>467</v>
       </c>
       <c r="D230">
         <v>2006</v>
       </c>
       <c r="E230" t="s">
         <v>468</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>8</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>469</v>
       </c>
       <c r="D231">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E231" t="s">
         <v>470</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>471</v>
       </c>
       <c r="D232">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E232" t="s">
         <v>472</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>473</v>
       </c>
       <c r="D233">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E233" t="s">
         <v>474</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
-      <c r="G233">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>475</v>
       </c>
       <c r="D234">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E234" t="s">
         <v>476</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
+      <c r="G234">
+        <v>181.0</v>
+      </c>
+      <c r="H234">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>477</v>
       </c>
       <c r="D235">
         <v>2006</v>
       </c>
       <c r="E235" t="s">
         <v>478</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
@@ -11040,76 +10950,76 @@
         <v>480</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>481</v>
       </c>
       <c r="D237">
         <v>2006</v>
       </c>
       <c r="E237" t="s">
         <v>482</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
-      <c r="G237">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>483</v>
       </c>
       <c r="D238">
         <v>2006</v>
       </c>
       <c r="E238" t="s">
         <v>484</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
+      <c r="G238">
+        <v>135.0</v>
+      </c>
+      <c r="H238">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>485</v>
       </c>
       <c r="D239">
         <v>2006</v>
       </c>
       <c r="E239" t="s">
         <v>486</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
@@ -11118,84 +11028,84 @@
       </c>
       <c r="C240" t="s">
         <v>487</v>
       </c>
       <c r="D240">
         <v>2006</v>
       </c>
       <c r="E240" t="s">
         <v>488</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>489</v>
       </c>
       <c r="D241">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E241" t="s">
         <v>490</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
-      <c r="G241">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>491</v>
       </c>
       <c r="D242">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E242" t="s">
         <v>492</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
+      <c r="G242">
+        <v>204.0</v>
+      </c>
+      <c r="H242">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>493</v>
       </c>
       <c r="D243">
         <v>2005</v>
       </c>
       <c r="E243" t="s">
         <v>494</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
@@ -11224,331 +11134,331 @@
       </c>
       <c r="C245" t="s">
         <v>497</v>
       </c>
       <c r="D245">
         <v>2005</v>
       </c>
       <c r="E245" t="s">
         <v>498</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>499</v>
       </c>
       <c r="D246">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E246" t="s">
         <v>500</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>501</v>
       </c>
       <c r="D247">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E247" t="s">
         <v>502</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>503</v>
       </c>
       <c r="D248">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E248" t="s">
         <v>504</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>505</v>
       </c>
       <c r="D249">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E249" t="s">
         <v>506</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>507</v>
       </c>
       <c r="D250">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E250" t="s">
         <v>508</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>509</v>
       </c>
       <c r="D251">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E251" t="s">
         <v>510</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>511</v>
       </c>
       <c r="D252">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E252" t="s">
         <v>512</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>513</v>
       </c>
       <c r="D253">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E253" t="s">
         <v>514</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>515</v>
       </c>
       <c r="D254">
         <v>2006</v>
       </c>
       <c r="E254" t="s">
         <v>516</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>517</v>
       </c>
       <c r="D255">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E255" t="s">
         <v>518</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>519</v>
       </c>
       <c r="D256">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E256" t="s">
         <v>520</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>521</v>
       </c>
       <c r="D257">
         <v>2006</v>
       </c>
       <c r="E257" t="s">
         <v>522</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>523</v>
       </c>
       <c r="D258">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E258" t="s">
         <v>524</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>525</v>
       </c>
       <c r="D259">
         <v>2005</v>
       </c>
       <c r="E259" t="s">
         <v>526</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>527</v>
       </c>
       <c r="D260">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E260" t="s">
         <v>528</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>529</v>
       </c>
       <c r="D261">
         <v>2006</v>
       </c>
       <c r="E261" t="s">
         <v>530</v>
       </c>
       <c r="F261" t="s">
@@ -11564,71 +11474,71 @@
       </c>
       <c r="C262" t="s">
         <v>531</v>
       </c>
       <c r="D262">
         <v>2006</v>
       </c>
       <c r="E262" t="s">
         <v>532</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>533</v>
       </c>
       <c r="D263">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E263" t="s">
         <v>534</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>535</v>
       </c>
       <c r="D264">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E264" t="s">
         <v>536</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>537</v>
       </c>
       <c r="D265">
         <v>2006</v>
       </c>
       <c r="E265" t="s">
         <v>538</v>
       </c>
       <c r="F265" t="s">
@@ -11644,311 +11554,311 @@
       </c>
       <c r="C266" t="s">
         <v>539</v>
       </c>
       <c r="D266">
         <v>2006</v>
       </c>
       <c r="E266" t="s">
         <v>540</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>541</v>
       </c>
       <c r="D267">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E267" t="s">
         <v>542</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>543</v>
       </c>
       <c r="D268">
         <v>2005</v>
       </c>
       <c r="E268" t="s">
         <v>544</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>545</v>
       </c>
       <c r="D269">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E269" t="s">
         <v>546</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>547</v>
       </c>
       <c r="D270">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E270" t="s">
         <v>548</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>549</v>
       </c>
       <c r="D271">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E271" t="s">
         <v>550</v>
       </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>551</v>
       </c>
       <c r="D272">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E272" t="s">
         <v>552</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>553</v>
       </c>
       <c r="D273">
         <v>2005</v>
       </c>
       <c r="E273" t="s">
         <v>554</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>555</v>
       </c>
       <c r="D274">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E274" t="s">
         <v>556</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>8</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>557</v>
       </c>
       <c r="D275">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E275" t="s">
         <v>558</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>559</v>
       </c>
       <c r="D276">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E276" t="s">
         <v>560</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>561</v>
       </c>
       <c r="D277">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E277" t="s">
         <v>562</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>563</v>
       </c>
       <c r="D278">
         <v>2005</v>
       </c>
       <c r="E278" t="s">
         <v>564</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>565</v>
       </c>
       <c r="D279">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E279" t="s">
         <v>566</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>8</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>567</v>
       </c>
       <c r="D280">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E280" t="s">
         <v>568</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>569</v>
       </c>
       <c r="D281">
         <v>2005</v>
       </c>
       <c r="E281" t="s">
         <v>570</v>
       </c>
       <c r="F281" t="s">
@@ -12024,71 +11934,71 @@
       </c>
       <c r="C285" t="s">
         <v>577</v>
       </c>
       <c r="D285">
         <v>2005</v>
       </c>
       <c r="E285" t="s">
         <v>578</v>
       </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>8</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>579</v>
       </c>
       <c r="D286">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E286" t="s">
         <v>580</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>8</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
         <v>581</v>
       </c>
       <c r="D287">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E287" t="s">
         <v>582</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>8</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>583</v>
       </c>
       <c r="D288">
         <v>2005</v>
       </c>
       <c r="E288" t="s">
         <v>584</v>
       </c>
       <c r="F288" t="s">
@@ -12184,341 +12094,341 @@
       </c>
       <c r="C293" t="s">
         <v>593</v>
       </c>
       <c r="D293">
         <v>2005</v>
       </c>
       <c r="E293" t="s">
         <v>594</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>595</v>
       </c>
       <c r="D294">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E294" t="s">
         <v>596</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>597</v>
       </c>
       <c r="D295">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E295" t="s">
         <v>598</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
-      <c r="G295">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>599</v>
       </c>
       <c r="D296">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E296" t="s">
         <v>600</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
+      <c r="G296">
+        <v>227.0</v>
+      </c>
+      <c r="H296">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>601</v>
       </c>
       <c r="D297">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E297" t="s">
         <v>602</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
-      <c r="G297">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>603</v>
       </c>
       <c r="D298">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E298" t="s">
         <v>604</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H298">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>605</v>
       </c>
       <c r="D299">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E299" t="s">
         <v>606</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
+      <c r="G299">
+        <v>0.0</v>
+      </c>
+      <c r="H299">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>607</v>
       </c>
       <c r="D300">
         <v>2010</v>
       </c>
       <c r="E300" t="s">
         <v>608</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>609</v>
       </c>
       <c r="D301">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E301" t="s">
         <v>610</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
-      <c r="G301">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>611</v>
       </c>
       <c r="D302">
         <v>2009</v>
       </c>
       <c r="E302" t="s">
         <v>612</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H302">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>613</v>
       </c>
       <c r="D303">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E303" t="s">
         <v>614</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
+      <c r="G303">
+        <v>181.0</v>
+      </c>
+      <c r="H303">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>615</v>
       </c>
       <c r="D304">
         <v>2010</v>
       </c>
       <c r="E304" t="s">
         <v>616</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>617</v>
       </c>
       <c r="D305">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E305" t="s">
         <v>618</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>619</v>
       </c>
       <c r="D306">
         <v>2009</v>
       </c>
       <c r="E306" t="s">
         <v>620</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>621</v>
       </c>
       <c r="D307">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E307" t="s">
         <v>622</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>623</v>
       </c>
       <c r="D308">
         <v>2010</v>
       </c>
       <c r="E308" t="s">
         <v>624</v>
       </c>
       <c r="F308" t="s">
@@ -12594,84 +12504,84 @@
       </c>
       <c r="C312" t="s">
         <v>631</v>
       </c>
       <c r="D312">
         <v>2010</v>
       </c>
       <c r="E312" t="s">
         <v>632</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>633</v>
       </c>
       <c r="D313">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E313" t="s">
         <v>634</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
-      <c r="G313">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>635</v>
       </c>
       <c r="D314">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E314" t="s">
         <v>636</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
+      <c r="G314">
+        <v>0.0</v>
+      </c>
+      <c r="H314">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>637</v>
       </c>
       <c r="D315">
         <v>2010</v>
       </c>
       <c r="E315" t="s">
         <v>638</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
@@ -13269,54 +13179,54 @@
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>8</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>699</v>
       </c>
       <c r="D346">
         <v>2011</v>
       </c>
       <c r="E346" t="s">
         <v>700</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H346">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>701</v>
       </c>
       <c r="D347">
         <v>2010</v>
       </c>
       <c r="E347" t="s">
         <v>702</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
@@ -13555,80 +13465,80 @@
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>8</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>727</v>
       </c>
       <c r="D360">
         <v>2015</v>
       </c>
       <c r="E360" t="s">
         <v>728</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H360">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>729</v>
       </c>
       <c r="D361">
         <v>2013</v>
       </c>
       <c r="E361" t="s">
         <v>730</v>
       </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H361">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>731</v>
       </c>
       <c r="D362">
         <v>2010</v>
       </c>
       <c r="E362" t="s">
         <v>732</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
         <v>0.0</v>
       </c>
       <c r="H362">
@@ -13733,54 +13643,54 @@
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>8</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>743</v>
       </c>
       <c r="D368">
         <v>2011</v>
       </c>
       <c r="E368" t="s">
         <v>744</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H368">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>745</v>
       </c>
       <c r="D369">
         <v>2011</v>
       </c>
       <c r="E369" t="s">
         <v>746</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>8</v>
@@ -14470,189 +14380,189 @@
       </c>
       <c r="C404" t="s">
         <v>815</v>
       </c>
       <c r="D404">
         <v>2011</v>
       </c>
       <c r="E404" t="s">
         <v>816</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>8</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
         <v>817</v>
       </c>
       <c r="D405">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E405" t="s">
         <v>818</v>
       </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
+      <c r="G405">
+        <v>100.0</v>
+      </c>
+      <c r="H405">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>8</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
         <v>819</v>
       </c>
       <c r="D406">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="E406" t="s">
         <v>820</v>
       </c>
       <c r="F406" t="s">
         <v>12</v>
       </c>
       <c r="G406">
-        <v>98.0</v>
+        <v>181.0</v>
       </c>
       <c r="H406">
-        <v>98.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>8</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
         <v>821</v>
       </c>
       <c r="D407">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E407" t="s">
         <v>822</v>
       </c>
       <c r="F407" t="s">
         <v>12</v>
       </c>
       <c r="G407">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
       <c r="H407">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>8</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
         <v>823</v>
       </c>
       <c r="D408">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E408" t="s">
         <v>824</v>
       </c>
       <c r="F408" t="s">
         <v>12</v>
       </c>
-      <c r="G408">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>8</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
         <v>825</v>
       </c>
       <c r="D409">
         <v>2005</v>
       </c>
       <c r="E409" t="s">
         <v>826</v>
       </c>
       <c r="F409" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>8</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
         <v>827</v>
       </c>
       <c r="D410">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E410" t="s">
         <v>828</v>
       </c>
       <c r="F410" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>8</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
         <v>829</v>
       </c>
       <c r="D411">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E411" t="s">
         <v>830</v>
       </c>
       <c r="F411" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>8</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
         <v>831</v>
       </c>
       <c r="D412">
         <v>2005</v>
       </c>
       <c r="E412" t="s">
         <v>832</v>
       </c>
       <c r="F412" t="s">
@@ -14728,51 +14638,51 @@
       </c>
       <c r="C416" t="s">
         <v>839</v>
       </c>
       <c r="D416">
         <v>2005</v>
       </c>
       <c r="E416" t="s">
         <v>840</v>
       </c>
       <c r="F416" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>8</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>841</v>
       </c>
       <c r="D417">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E417" t="s">
         <v>842</v>
       </c>
       <c r="F417" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>8</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
         <v>843</v>
       </c>
       <c r="D418">
         <v>2006</v>
       </c>
       <c r="E418" t="s">
         <v>844</v>
       </c>
       <c r="F418" t="s">
@@ -14788,71 +14698,71 @@
       </c>
       <c r="C419" t="s">
         <v>845</v>
       </c>
       <c r="D419">
         <v>2006</v>
       </c>
       <c r="E419" t="s">
         <v>846</v>
       </c>
       <c r="F419" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>8</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
         <v>847</v>
       </c>
       <c r="D420">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E420" t="s">
         <v>848</v>
       </c>
       <c r="F420" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>8</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
         <v>849</v>
       </c>
       <c r="D421">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E421" t="s">
         <v>850</v>
       </c>
       <c r="F421" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>8</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
         <v>851</v>
       </c>
       <c r="D422">
         <v>2006</v>
       </c>
       <c r="E422" t="s">
         <v>852</v>
       </c>
       <c r="F422" t="s">
@@ -14928,91 +14838,91 @@
       </c>
       <c r="C426" t="s">
         <v>859</v>
       </c>
       <c r="D426">
         <v>2006</v>
       </c>
       <c r="E426" t="s">
         <v>860</v>
       </c>
       <c r="F426" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>8</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
         <v>861</v>
       </c>
       <c r="D427">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E427" t="s">
         <v>862</v>
       </c>
       <c r="F427" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>8</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
         <v>863</v>
       </c>
       <c r="D428">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E428" t="s">
         <v>864</v>
       </c>
       <c r="F428" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>8</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
         <v>865</v>
       </c>
       <c r="D429">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E429" t="s">
         <v>866</v>
       </c>
       <c r="F429" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>8</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
         <v>867</v>
       </c>
       <c r="D430">
         <v>2005</v>
       </c>
       <c r="E430" t="s">
         <v>868</v>
       </c>
       <c r="F430" t="s">
@@ -15028,71 +14938,71 @@
       </c>
       <c r="C431" t="s">
         <v>869</v>
       </c>
       <c r="D431">
         <v>2005</v>
       </c>
       <c r="E431" t="s">
         <v>870</v>
       </c>
       <c r="F431" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>8</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
         <v>871</v>
       </c>
       <c r="D432">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E432" t="s">
         <v>872</v>
       </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>8</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>873</v>
       </c>
       <c r="D433">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E433" t="s">
         <v>874</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>8</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
         <v>875</v>
       </c>
       <c r="D434">
         <v>2005</v>
       </c>
       <c r="E434" t="s">
         <v>876</v>
       </c>
       <c r="F434" t="s">
@@ -15108,405 +15018,405 @@
       </c>
       <c r="C435" t="s">
         <v>877</v>
       </c>
       <c r="D435">
         <v>2005</v>
       </c>
       <c r="E435" t="s">
         <v>878</v>
       </c>
       <c r="F435" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>8</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
         <v>879</v>
       </c>
       <c r="D436">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="E436" t="s">
         <v>880</v>
       </c>
       <c r="F436" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>8</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
         <v>881</v>
       </c>
       <c r="D437">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="E437" t="s">
         <v>882</v>
       </c>
       <c r="F437" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>8</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
         <v>883</v>
       </c>
       <c r="D438">
         <v>2006</v>
       </c>
       <c r="E438" t="s">
         <v>884</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>8</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
         <v>885</v>
       </c>
       <c r="D439">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E439" t="s">
         <v>886</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>8</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
         <v>887</v>
       </c>
       <c r="D440">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E440" t="s">
         <v>888</v>
       </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>8</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
         <v>889</v>
       </c>
       <c r="D441">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="E441" t="s">
         <v>890</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
+      <c r="G441">
+        <v>204.0</v>
+      </c>
+      <c r="H441">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>8</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
         <v>891</v>
       </c>
       <c r="D442">
-        <v>2021</v>
+        <v>1994</v>
       </c>
       <c r="E442" t="s">
         <v>892</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
       <c r="H442">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>8</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
         <v>893</v>
       </c>
       <c r="D443">
-        <v>1994</v>
+        <v>2001</v>
       </c>
       <c r="E443" t="s">
         <v>894</v>
       </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H443">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>8</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
         <v>895</v>
       </c>
       <c r="D444">
-        <v>2001</v>
+        <v>2015</v>
       </c>
       <c r="E444" t="s">
         <v>896</v>
       </c>
       <c r="F444" t="s">
         <v>12</v>
       </c>
       <c r="G444">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H444">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>8</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
         <v>897</v>
       </c>
       <c r="D445">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E445" t="s">
         <v>898</v>
       </c>
       <c r="F445" t="s">
         <v>12</v>
       </c>
       <c r="G445">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
       <c r="H445">
-        <v>177.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>8</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
         <v>899</v>
       </c>
       <c r="D446">
         <v>2016</v>
       </c>
       <c r="E446" t="s">
         <v>900</v>
       </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H446">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>8</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
         <v>901</v>
       </c>
       <c r="D447">
         <v>2016</v>
       </c>
       <c r="E447" t="s">
         <v>902</v>
       </c>
       <c r="F447" t="s">
         <v>12</v>
       </c>
       <c r="G447">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H447">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>8</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
         <v>903</v>
       </c>
       <c r="D448">
         <v>2016</v>
       </c>
       <c r="E448" t="s">
         <v>904</v>
       </c>
       <c r="F448" t="s">
         <v>12</v>
       </c>
       <c r="G448">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H448">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>8</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
         <v>905</v>
       </c>
       <c r="D449">
         <v>2016</v>
       </c>
       <c r="E449" t="s">
         <v>906</v>
       </c>
       <c r="F449" t="s">
         <v>12</v>
       </c>
       <c r="G449">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H449">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>8</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
         <v>907</v>
       </c>
       <c r="D450">
         <v>2016</v>
       </c>
       <c r="E450" t="s">
         <v>908</v>
       </c>
       <c r="F450" t="s">
         <v>12</v>
       </c>
-      <c r="G450">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>8</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
         <v>909</v>
       </c>
       <c r="D451">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E451" t="s">
         <v>910</v>
       </c>
       <c r="F451" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>8</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
         <v>911</v>
       </c>
       <c r="D452">
         <v>2014</v>
       </c>
       <c r="E452" t="s">
         <v>912</v>
       </c>
       <c r="F452" t="s">
@@ -15682,84 +15592,84 @@
       </c>
       <c r="C461" t="s">
         <v>929</v>
       </c>
       <c r="D461">
         <v>2014</v>
       </c>
       <c r="E461" t="s">
         <v>930</v>
       </c>
       <c r="F461" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>8</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
         <v>931</v>
       </c>
       <c r="D462">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E462" t="s">
         <v>932</v>
       </c>
       <c r="F462" t="s">
         <v>12</v>
       </c>
+      <c r="G462">
+        <v>159.0</v>
+      </c>
+      <c r="H462">
+        <v>159.0</v>
+      </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>8</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
         <v>933</v>
       </c>
       <c r="D463">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E463" t="s">
         <v>934</v>
       </c>
       <c r="F463" t="s">
         <v>12</v>
       </c>
-      <c r="G463">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>8</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
         <v>935</v>
       </c>
       <c r="D464">
         <v>2014</v>
       </c>
       <c r="E464" t="s">
         <v>936</v>
       </c>
       <c r="F464" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>8</v>
       </c>
@@ -16008,71 +15918,71 @@
       </c>
       <c r="C477" t="s">
         <v>961</v>
       </c>
       <c r="D477">
         <v>2014</v>
       </c>
       <c r="E477" t="s">
         <v>962</v>
       </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>8</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
         <v>963</v>
       </c>
       <c r="D478">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E478" t="s">
         <v>964</v>
       </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>8</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
         <v>965</v>
       </c>
       <c r="D479">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="E479" t="s">
         <v>966</v>
       </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>8</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>967</v>
       </c>
       <c r="D480">
         <v>2014</v>
       </c>
       <c r="E480" t="s">
         <v>968</v>
       </c>
       <c r="F480" t="s">
@@ -16768,293 +16678,311 @@
       </c>
       <c r="C515" t="s">
         <v>1037</v>
       </c>
       <c r="D515">
         <v>2014</v>
       </c>
       <c r="E515" t="s">
         <v>1038</v>
       </c>
       <c r="F515" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>8</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
         <v>1039</v>
       </c>
       <c r="D516">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E516" t="s">
         <v>1040</v>
       </c>
       <c r="F516" t="s">
         <v>12</v>
       </c>
+      <c r="G516">
+        <v>100.0</v>
+      </c>
+      <c r="H516">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>8</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
         <v>1041</v>
       </c>
       <c r="D517">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E517" t="s">
         <v>1042</v>
       </c>
       <c r="F517" t="s">
         <v>12</v>
       </c>
+      <c r="G517">
+        <v>67.0</v>
+      </c>
+      <c r="H517">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>8</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
         <v>1043</v>
       </c>
       <c r="D518">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E518" t="s">
         <v>1044</v>
       </c>
       <c r="F518" t="s">
         <v>12</v>
       </c>
+      <c r="G518">
+        <v>135.0</v>
+      </c>
+      <c r="H518">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>8</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
         <v>1045</v>
       </c>
       <c r="D519">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E519" t="s">
         <v>1046</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H519">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>8</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
         <v>1047</v>
       </c>
       <c r="D520">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E520" t="s">
         <v>1048</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
-      <c r="G520">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>8</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
         <v>1049</v>
       </c>
       <c r="D521">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="E521" t="s">
         <v>1050</v>
       </c>
       <c r="F521" t="s">
         <v>12</v>
       </c>
-      <c r="G521">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>8</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
         <v>1051</v>
       </c>
       <c r="D522">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E522" t="s">
         <v>1052</v>
       </c>
       <c r="F522" t="s">
         <v>12</v>
       </c>
       <c r="G522">
-        <v>65.0</v>
+        <v>380.0</v>
       </c>
       <c r="H522">
-        <v>65.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>8</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
         <v>1053</v>
       </c>
       <c r="D523">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E523" t="s">
         <v>1054</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
+      <c r="G523">
+        <v>227.0</v>
+      </c>
+      <c r="H523">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>8</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
         <v>1055</v>
       </c>
       <c r="D524">
         <v>2014</v>
       </c>
       <c r="E524" t="s">
         <v>1056</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
+      <c r="G524">
+        <v>0.0</v>
+      </c>
+      <c r="H524">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>8</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
         <v>1057</v>
       </c>
       <c r="D525">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E525" t="s">
         <v>1058</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525">
-        <v>365.0</v>
+        <v>0.0</v>
       </c>
       <c r="H525">
-        <v>365.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>8</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
         <v>1059</v>
       </c>
       <c r="D526">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="E526" t="s">
         <v>1060</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
       <c r="H526">
-        <v>221.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>8</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
         <v>1061</v>
       </c>
       <c r="D527">
         <v>2014</v>
       </c>
       <c r="E527" t="s">
         <v>1062</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527">
         <v>0.0</v>
       </c>
       <c r="H527">
@@ -17136,878 +17064,860 @@
         <v>0.0</v>
       </c>
       <c r="H530">
         <v>0.0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>8</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
         <v>1069</v>
       </c>
       <c r="D531">
         <v>2014</v>
       </c>
       <c r="E531" t="s">
         <v>1070</v>
       </c>
       <c r="F531" t="s">
         <v>12</v>
       </c>
-      <c r="G531">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>8</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
         <v>1071</v>
       </c>
       <c r="D532">
         <v>2014</v>
       </c>
       <c r="E532" t="s">
         <v>1072</v>
       </c>
       <c r="F532" t="s">
         <v>12</v>
       </c>
-      <c r="G532">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>8</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
         <v>1073</v>
       </c>
       <c r="D533">
         <v>2014</v>
       </c>
       <c r="E533" t="s">
         <v>1074</v>
       </c>
       <c r="F533" t="s">
         <v>12</v>
       </c>
-      <c r="G533">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>8</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
         <v>1075</v>
       </c>
       <c r="D534">
         <v>2014</v>
       </c>
       <c r="E534" t="s">
         <v>1076</v>
       </c>
       <c r="F534" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>8</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
         <v>1077</v>
       </c>
       <c r="D535">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E535" t="s">
         <v>1078</v>
       </c>
       <c r="F535" t="s">
         <v>12</v>
       </c>
+      <c r="G535">
+        <v>181.0</v>
+      </c>
+      <c r="H535">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>8</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
         <v>1079</v>
       </c>
       <c r="D536">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E536" t="s">
         <v>1080</v>
       </c>
       <c r="F536" t="s">
         <v>12</v>
       </c>
+      <c r="G536">
+        <v>18.0</v>
+      </c>
+      <c r="H536">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>8</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
         <v>1081</v>
       </c>
       <c r="D537">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E537" t="s">
         <v>1082</v>
       </c>
       <c r="F537" t="s">
         <v>12</v>
       </c>
+      <c r="G537">
+        <v>135.0</v>
+      </c>
+      <c r="H537">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>8</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
         <v>1083</v>
       </c>
       <c r="D538">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E538" t="s">
         <v>1084</v>
       </c>
       <c r="F538" t="s">
         <v>12</v>
       </c>
       <c r="G538">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
       <c r="H538">
-        <v>177.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>8</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
         <v>1085</v>
       </c>
       <c r="D539">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E539" t="s">
         <v>1086</v>
       </c>
       <c r="F539" t="s">
         <v>12</v>
       </c>
       <c r="G539">
-        <v>18.0</v>
+        <v>159.0</v>
       </c>
       <c r="H539">
-        <v>18.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>8</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>1087</v>
       </c>
       <c r="D540">
         <v>2019</v>
       </c>
       <c r="E540" t="s">
         <v>1088</v>
       </c>
       <c r="F540" t="s">
         <v>12</v>
       </c>
       <c r="G540">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
       <c r="H540">
-        <v>132.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>8</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
         <v>1089</v>
       </c>
       <c r="D541">
-        <v>2018</v>
+        <v>1979</v>
       </c>
       <c r="E541" t="s">
         <v>1090</v>
       </c>
       <c r="F541" t="s">
         <v>12</v>
       </c>
       <c r="G541">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H541">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>8</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
         <v>1091</v>
       </c>
       <c r="D542">
-        <v>2019</v>
+        <v>1985</v>
       </c>
       <c r="E542" t="s">
         <v>1092</v>
       </c>
       <c r="F542" t="s">
         <v>12</v>
       </c>
       <c r="G542">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
       <c r="H542">
-        <v>155.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>8</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
         <v>1093</v>
       </c>
       <c r="D543">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E543" t="s">
         <v>1094</v>
       </c>
       <c r="F543" t="s">
         <v>12</v>
       </c>
       <c r="G543">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
       <c r="H543">
-        <v>65.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>8</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
         <v>1095</v>
       </c>
       <c r="D544">
-        <v>1979</v>
+        <v>2019</v>
       </c>
       <c r="E544" t="s">
         <v>1096</v>
       </c>
       <c r="F544" t="s">
         <v>12</v>
       </c>
       <c r="G544">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H544">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>8</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
         <v>1097</v>
       </c>
       <c r="D545">
-        <v>1985</v>
+        <v>2018</v>
       </c>
       <c r="E545" t="s">
         <v>1098</v>
       </c>
       <c r="F545" t="s">
         <v>12</v>
       </c>
       <c r="G545">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
       <c r="H545">
-        <v>221.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>8</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
         <v>1099</v>
       </c>
       <c r="D546">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E546" t="s">
         <v>1100</v>
       </c>
       <c r="F546" t="s">
         <v>12</v>
       </c>
       <c r="G546">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H546">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>8</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
         <v>1101</v>
       </c>
       <c r="D547">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E547" t="s">
         <v>1102</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
       <c r="H547">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>8</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
         <v>1103</v>
       </c>
       <c r="D548">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E548" t="s">
         <v>1104</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
-      <c r="G548">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>8</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
         <v>1105</v>
       </c>
       <c r="D549">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E549" t="s">
         <v>1106</v>
       </c>
       <c r="F549" t="s">
         <v>12</v>
       </c>
-      <c r="G549">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>8</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
         <v>1107</v>
       </c>
       <c r="D550">
         <v>2020</v>
       </c>
       <c r="E550" t="s">
         <v>1108</v>
       </c>
       <c r="F550" t="s">
         <v>12</v>
       </c>
       <c r="G550">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H550">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>8</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
         <v>1109</v>
       </c>
       <c r="D551">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E551" t="s">
         <v>1110</v>
       </c>
       <c r="F551" t="s">
         <v>12</v>
       </c>
+      <c r="G551">
+        <v>67.0</v>
+      </c>
+      <c r="H551">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>8</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
         <v>1111</v>
       </c>
       <c r="D552">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E552" t="s">
         <v>1112</v>
       </c>
       <c r="F552" t="s">
         <v>12</v>
       </c>
+      <c r="G552">
+        <v>135.0</v>
+      </c>
+      <c r="H552">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>8</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
         <v>1113</v>
       </c>
       <c r="D553">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E553" t="s">
         <v>1114</v>
       </c>
       <c r="F553" t="s">
         <v>12</v>
       </c>
       <c r="G553">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
       <c r="H553">
-        <v>98.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>8</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
         <v>1115</v>
       </c>
       <c r="D554">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E554" t="s">
         <v>1116</v>
       </c>
       <c r="F554" t="s">
         <v>12</v>
       </c>
       <c r="G554">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
       <c r="H554">
-        <v>65.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>8</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
         <v>1117</v>
       </c>
       <c r="D555">
         <v>2020</v>
       </c>
       <c r="E555" t="s">
         <v>1118</v>
       </c>
       <c r="F555" t="s">
         <v>12</v>
       </c>
       <c r="G555">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H555">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>8</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
         <v>1119</v>
       </c>
       <c r="D556">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E556" t="s">
         <v>1120</v>
       </c>
       <c r="F556" t="s">
         <v>12</v>
       </c>
       <c r="G556">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H556">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>8</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
         <v>1121</v>
       </c>
       <c r="D557">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E557" t="s">
         <v>1122</v>
       </c>
       <c r="F557" t="s">
         <v>12</v>
       </c>
       <c r="G557">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H557">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>8</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
         <v>1123</v>
       </c>
       <c r="D558">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E558" t="s">
         <v>1124</v>
       </c>
       <c r="F558" t="s">
         <v>12</v>
       </c>
       <c r="G558">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H558">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>8</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
         <v>1125</v>
       </c>
       <c r="D559">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E559" t="s">
         <v>1126</v>
       </c>
       <c r="F559" t="s">
         <v>12</v>
       </c>
       <c r="G559">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H559">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>8</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
         <v>1127</v>
       </c>
       <c r="D560">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E560" t="s">
         <v>1128</v>
       </c>
       <c r="F560" t="s">
         <v>12</v>
       </c>
       <c r="G560">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H560">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>8</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
         <v>1129</v>
       </c>
       <c r="D561">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E561" t="s">
         <v>1130</v>
       </c>
       <c r="F561" t="s">
         <v>12</v>
       </c>
       <c r="G561">
-        <v>43.0</v>
+        <v>181.0</v>
       </c>
       <c r="H561">
-        <v>43.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>8</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
         <v>1131</v>
       </c>
       <c r="D562">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E562" t="s">
         <v>1132</v>
       </c>
       <c r="F562" t="s">
         <v>12</v>
       </c>
-      <c r="G562">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>8</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
         <v>1133</v>
       </c>
       <c r="D563">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E563" t="s">
         <v>1134</v>
       </c>
       <c r="F563" t="s">
         <v>12</v>
       </c>
-      <c r="G563">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>8</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
         <v>1135</v>
       </c>
       <c r="D564">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="E564" t="s">
         <v>1136</v>
       </c>
       <c r="F564" t="s">
         <v>12</v>
       </c>
-      <c r="G564">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>8</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
         <v>1137</v>
       </c>
       <c r="D565">
         <v>2018</v>
       </c>
       <c r="E565" t="s">
         <v>1138</v>
       </c>
       <c r="F565" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>8</v>
       </c>
@@ -19936,850 +19846,850 @@
       </c>
       <c r="C662" t="s">
         <v>1331</v>
       </c>
       <c r="D662">
         <v>2018</v>
       </c>
       <c r="E662" t="s">
         <v>1332</v>
       </c>
       <c r="F662" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>8</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
         <v>1333</v>
       </c>
       <c r="D663">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E663" t="s">
         <v>1334</v>
       </c>
       <c r="F663" t="s">
         <v>12</v>
       </c>
+      <c r="G663">
+        <v>135.0</v>
+      </c>
+      <c r="H663">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>8</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
         <v>1335</v>
       </c>
       <c r="D664">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E664" t="s">
         <v>1336</v>
       </c>
       <c r="F664" t="s">
         <v>12</v>
       </c>
+      <c r="G664">
+        <v>159.0</v>
+      </c>
+      <c r="H664">
+        <v>159.0</v>
+      </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>8</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
         <v>1337</v>
       </c>
       <c r="D665">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E665" t="s">
         <v>1338</v>
       </c>
       <c r="F665" t="s">
         <v>12</v>
       </c>
+      <c r="G665">
+        <v>181.0</v>
+      </c>
+      <c r="H665">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>8</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
         <v>1339</v>
       </c>
       <c r="D666">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E666" t="s">
         <v>1340</v>
       </c>
       <c r="F666" t="s">
         <v>12</v>
       </c>
+      <c r="G666">
+        <v>67.0</v>
+      </c>
+      <c r="H666">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>8</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
         <v>1341</v>
       </c>
       <c r="D667">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E667" t="s">
         <v>1342</v>
       </c>
       <c r="F667" t="s">
         <v>12</v>
       </c>
+      <c r="G667">
+        <v>159.0</v>
+      </c>
+      <c r="H667">
+        <v>159.0</v>
+      </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>8</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
         <v>1343</v>
       </c>
       <c r="D668">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E668" t="s">
         <v>1344</v>
       </c>
       <c r="F668" t="s">
         <v>12</v>
       </c>
       <c r="G668">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H668">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>8</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
         <v>1345</v>
       </c>
       <c r="D669">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E669" t="s">
         <v>1346</v>
       </c>
       <c r="F669" t="s">
         <v>12</v>
       </c>
-      <c r="G669">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>8</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
         <v>1347</v>
       </c>
       <c r="D670">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E670" t="s">
         <v>1348</v>
       </c>
       <c r="F670" t="s">
         <v>12</v>
       </c>
-      <c r="G670">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>8</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
         <v>1349</v>
       </c>
       <c r="D671">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E671" t="s">
         <v>1350</v>
       </c>
       <c r="F671" t="s">
         <v>12</v>
       </c>
-      <c r="G671">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>8</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
         <v>1351</v>
       </c>
       <c r="D672">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E672" t="s">
         <v>1352</v>
       </c>
       <c r="F672" t="s">
         <v>12</v>
       </c>
-      <c r="G672">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>8</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
         <v>1353</v>
       </c>
       <c r="D673">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E673" t="s">
         <v>1354</v>
       </c>
       <c r="F673" t="s">
         <v>12</v>
       </c>
-      <c r="G673">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>8</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
         <v>1355</v>
       </c>
       <c r="D674">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E674" t="s">
         <v>1356</v>
       </c>
       <c r="F674" t="s">
         <v>12</v>
       </c>
+      <c r="G674">
+        <v>227.0</v>
+      </c>
+      <c r="H674">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>8</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
         <v>1357</v>
       </c>
       <c r="D675">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="E675" t="s">
         <v>1358</v>
       </c>
       <c r="F675" t="s">
         <v>12</v>
       </c>
+      <c r="G675">
+        <v>227.0</v>
+      </c>
+      <c r="H675">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>8</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
         <v>1359</v>
       </c>
       <c r="D676">
-        <v>2018</v>
+        <v>2000</v>
       </c>
       <c r="E676" t="s">
         <v>1360</v>
       </c>
       <c r="F676" t="s">
         <v>12</v>
       </c>
+      <c r="G676">
+        <v>181.0</v>
+      </c>
+      <c r="H676">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>8</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
         <v>1361</v>
       </c>
       <c r="D677">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="E677" t="s">
         <v>1362</v>
       </c>
       <c r="F677" t="s">
         <v>12</v>
       </c>
+      <c r="G677">
+        <v>227.0</v>
+      </c>
+      <c r="H677">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>8</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
         <v>1363</v>
       </c>
       <c r="D678">
-        <v>2018</v>
+        <v>2001</v>
       </c>
       <c r="E678" t="s">
         <v>1364</v>
       </c>
       <c r="F678" t="s">
         <v>12</v>
       </c>
+      <c r="G678">
+        <v>227.0</v>
+      </c>
+      <c r="H678">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>8</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
         <v>1365</v>
       </c>
       <c r="D679">
-        <v>2020</v>
+        <v>2003</v>
       </c>
       <c r="E679" t="s">
         <v>1366</v>
       </c>
       <c r="F679" t="s">
         <v>12</v>
       </c>
       <c r="G679">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H679">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>8</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
         <v>1367</v>
       </c>
       <c r="D680">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E680" t="s">
         <v>1368</v>
       </c>
       <c r="F680" t="s">
         <v>12</v>
       </c>
       <c r="G680">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H680">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>8</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
         <v>1369</v>
       </c>
       <c r="D681">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="E681" t="s">
         <v>1370</v>
       </c>
       <c r="F681" t="s">
         <v>12</v>
       </c>
       <c r="G681">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
       <c r="H681">
-        <v>177.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>8</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
         <v>1371</v>
       </c>
       <c r="D682">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="E682" t="s">
         <v>1372</v>
       </c>
       <c r="F682" t="s">
         <v>12</v>
       </c>
       <c r="G682">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H682">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>8</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
         <v>1373</v>
       </c>
       <c r="D683">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="E683" t="s">
         <v>1374</v>
       </c>
       <c r="F683" t="s">
         <v>12</v>
       </c>
       <c r="G683">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H683">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>8</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
         <v>1375</v>
       </c>
       <c r="D684">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E684" t="s">
         <v>1376</v>
       </c>
       <c r="F684" t="s">
         <v>12</v>
       </c>
       <c r="G684">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H684">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>8</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
         <v>1377</v>
       </c>
       <c r="D685">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E685" t="s">
         <v>1378</v>
       </c>
       <c r="F685" t="s">
         <v>12</v>
       </c>
-      <c r="G685">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>8</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
         <v>1379</v>
       </c>
       <c r="D686">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E686" t="s">
         <v>1380</v>
       </c>
       <c r="F686" t="s">
         <v>12</v>
       </c>
       <c r="G686">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
       <c r="H686">
-        <v>132.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>8</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
         <v>1381</v>
       </c>
       <c r="D687">
         <v>2018</v>
       </c>
       <c r="E687" t="s">
         <v>1382</v>
       </c>
       <c r="F687" t="s">
         <v>12</v>
       </c>
       <c r="G687">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
       <c r="H687">
-        <v>221.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>8</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
         <v>1383</v>
       </c>
       <c r="D688">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E688" t="s">
         <v>1384</v>
       </c>
       <c r="F688" t="s">
         <v>12</v>
       </c>
-      <c r="G688">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>8</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
         <v>1385</v>
       </c>
       <c r="D689">
-        <v>2018</v>
+        <v>2001</v>
       </c>
       <c r="E689" t="s">
         <v>1386</v>
       </c>
       <c r="F689" t="s">
         <v>12</v>
       </c>
       <c r="G689">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H689">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>8</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
         <v>1387</v>
       </c>
       <c r="D690">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E690" t="s">
         <v>1388</v>
       </c>
       <c r="F690" t="s">
         <v>12</v>
       </c>
+      <c r="G690">
+        <v>227.0</v>
+      </c>
+      <c r="H690">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>8</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
         <v>1389</v>
       </c>
       <c r="D691">
-        <v>2001</v>
+        <v>2021</v>
       </c>
       <c r="E691" t="s">
         <v>1390</v>
       </c>
       <c r="F691" t="s">
         <v>12</v>
       </c>
       <c r="G691">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
       <c r="H691">
-        <v>98.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>8</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
         <v>1391</v>
       </c>
       <c r="D692">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E692" t="s">
         <v>1392</v>
       </c>
       <c r="F692" t="s">
         <v>12</v>
       </c>
-      <c r="G692">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>8</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
         <v>1393</v>
       </c>
       <c r="D693">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="E693" t="s">
         <v>1394</v>
       </c>
       <c r="F693" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>8</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
         <v>1395</v>
       </c>
       <c r="D694">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="E694" t="s">
         <v>1396</v>
       </c>
       <c r="F694" t="s">
         <v>12</v>
       </c>
-      <c r="G694">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>8</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
         <v>1397</v>
       </c>
       <c r="D695">
-        <v>2003</v>
+        <v>2019</v>
       </c>
       <c r="E695" t="s">
         <v>1398</v>
       </c>
       <c r="F695" t="s">
         <v>12</v>
       </c>
-      <c r="G695">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>8</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
         <v>1399</v>
       </c>
       <c r="D696">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E696" t="s">
         <v>1400</v>
       </c>
       <c r="F696" t="s">
         <v>12</v>
       </c>
-      <c r="G696">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>8</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
         <v>1401</v>
       </c>
       <c r="D697">
         <v>2019</v>
       </c>
       <c r="E697" t="s">
         <v>1402</v>
       </c>
       <c r="F697" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>8</v>
       </c>
@@ -21868,178 +21778,214 @@
       </c>
       <c r="C752" t="s">
         <v>1511</v>
       </c>
       <c r="D752">
         <v>2019</v>
       </c>
       <c r="E752" t="s">
         <v>1512</v>
       </c>
       <c r="F752" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>8</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
         <v>1513</v>
       </c>
       <c r="D753">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E753" t="s">
         <v>1514</v>
       </c>
       <c r="F753" t="s">
         <v>12</v>
       </c>
+      <c r="G753">
+        <v>67.0</v>
+      </c>
+      <c r="H753">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>8</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
         <v>1515</v>
       </c>
       <c r="D754">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E754" t="s">
         <v>1516</v>
       </c>
       <c r="F754" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>8</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
         <v>1517</v>
       </c>
       <c r="D755">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E755" t="s">
         <v>1518</v>
       </c>
       <c r="F755" t="s">
         <v>12</v>
       </c>
+      <c r="G755">
+        <v>67.0</v>
+      </c>
+      <c r="H755">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>8</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
         <v>1519</v>
       </c>
       <c r="D756">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E756" t="s">
         <v>1520</v>
       </c>
       <c r="F756" t="s">
         <v>12</v>
       </c>
+      <c r="G756">
+        <v>181.0</v>
+      </c>
+      <c r="H756">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>8</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
         <v>1521</v>
       </c>
       <c r="D757">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E757" t="s">
         <v>1522</v>
       </c>
       <c r="F757" t="s">
         <v>12</v>
       </c>
+      <c r="G757">
+        <v>135.0</v>
+      </c>
+      <c r="H757">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>8</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
         <v>1523</v>
       </c>
       <c r="D758">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E758" t="s">
         <v>1524</v>
       </c>
       <c r="F758" t="s">
         <v>12</v>
       </c>
+      <c r="G758">
+        <v>135.0</v>
+      </c>
+      <c r="H758">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>8</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
         <v>1525</v>
       </c>
       <c r="D759">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E759" t="s">
         <v>1526</v>
       </c>
       <c r="F759" t="s">
         <v>12</v>
       </c>
+      <c r="G759">
+        <v>227.0</v>
+      </c>
+      <c r="H759">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>8</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
         <v>1527</v>
       </c>
       <c r="D760">
         <v>2019</v>
       </c>
       <c r="E760" t="s">
         <v>1528</v>
       </c>
       <c r="F760" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>8</v>
       </c>
@@ -22048,596 +21994,560 @@
       </c>
       <c r="C761" t="s">
         <v>1529</v>
       </c>
       <c r="D761">
         <v>2019</v>
       </c>
       <c r="E761" t="s">
         <v>1530</v>
       </c>
       <c r="F761" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>8</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
         <v>1531</v>
       </c>
       <c r="D762">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E762" t="s">
         <v>1532</v>
       </c>
       <c r="F762" t="s">
         <v>12</v>
       </c>
-      <c r="G762">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>8</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
         <v>1533</v>
       </c>
       <c r="D763">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E763" t="s">
         <v>1534</v>
       </c>
       <c r="F763" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
         <v>8</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
         <v>1535</v>
       </c>
       <c r="D764">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E764" t="s">
         <v>1536</v>
       </c>
       <c r="F764" t="s">
         <v>12</v>
       </c>
-      <c r="G764">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
         <v>8</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
         <v>1537</v>
       </c>
       <c r="D765">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E765" t="s">
         <v>1538</v>
       </c>
       <c r="F765" t="s">
         <v>12</v>
       </c>
-      <c r="G765">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>8</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
         <v>1539</v>
       </c>
       <c r="D766">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E766" t="s">
         <v>1540</v>
       </c>
       <c r="F766" t="s">
         <v>12</v>
       </c>
-      <c r="G766">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>8</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
         <v>1541</v>
       </c>
       <c r="D767">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E767" t="s">
         <v>1542</v>
       </c>
       <c r="F767" t="s">
         <v>12</v>
       </c>
-      <c r="G767">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
         <v>8</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
         <v>1543</v>
       </c>
       <c r="D768">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E768" t="s">
         <v>1544</v>
       </c>
       <c r="F768" t="s">
         <v>12</v>
       </c>
-      <c r="G768">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
         <v>8</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
         <v>1545</v>
       </c>
       <c r="D769">
         <v>2019</v>
       </c>
       <c r="E769" t="s">
         <v>1546</v>
       </c>
       <c r="F769" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
         <v>8</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
         <v>1547</v>
       </c>
       <c r="D770">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E770" t="s">
         <v>1548</v>
       </c>
       <c r="F770" t="s">
         <v>12</v>
       </c>
+      <c r="G770">
+        <v>67.0</v>
+      </c>
+      <c r="H770">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
         <v>8</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
         <v>1549</v>
       </c>
       <c r="D771">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E771" t="s">
         <v>1550</v>
       </c>
       <c r="F771" t="s">
         <v>12</v>
       </c>
+      <c r="G771">
+        <v>135.0</v>
+      </c>
+      <c r="H771">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>8</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
         <v>1551</v>
       </c>
       <c r="D772">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E772" t="s">
         <v>1552</v>
       </c>
       <c r="F772" t="s">
         <v>12</v>
       </c>
+      <c r="G772">
+        <v>159.0</v>
+      </c>
+      <c r="H772">
+        <v>159.0</v>
+      </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>8</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
         <v>1553</v>
       </c>
       <c r="D773">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E773" t="s">
         <v>1554</v>
       </c>
       <c r="F773" t="s">
         <v>12</v>
       </c>
+      <c r="G773">
+        <v>100.0</v>
+      </c>
+      <c r="H773">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
         <v>8</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
         <v>1555</v>
       </c>
       <c r="D774">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E774" t="s">
         <v>1556</v>
       </c>
       <c r="F774" t="s">
         <v>12</v>
       </c>
+      <c r="G774">
+        <v>280.0</v>
+      </c>
+      <c r="H774">
+        <v>280.0</v>
+      </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
         <v>8</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
         <v>1557</v>
       </c>
       <c r="D775">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E775" t="s">
         <v>1558</v>
       </c>
       <c r="F775" t="s">
         <v>12</v>
       </c>
+      <c r="G775">
+        <v>135.0</v>
+      </c>
+      <c r="H775">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
         <v>8</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
         <v>1559</v>
       </c>
       <c r="D776">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E776" t="s">
         <v>1560</v>
       </c>
       <c r="F776" t="s">
         <v>12</v>
       </c>
+      <c r="G776">
+        <v>67.0</v>
+      </c>
+      <c r="H776">
+        <v>67.0</v>
+      </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
         <v>8</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
         <v>1561</v>
       </c>
       <c r="D777">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E777" t="s">
         <v>1562</v>
       </c>
       <c r="F777" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
         <v>8</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
         <v>1563</v>
       </c>
       <c r="D778">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E778" t="s">
         <v>1564</v>
       </c>
       <c r="F778" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
         <v>8</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
         <v>1565</v>
       </c>
       <c r="D779">
         <v>2022</v>
       </c>
       <c r="E779" t="s">
         <v>1566</v>
       </c>
       <c r="F779" t="s">
         <v>12</v>
       </c>
-      <c r="G779">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
         <v>8</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
         <v>1567</v>
       </c>
       <c r="D780">
         <v>2022</v>
       </c>
       <c r="E780" t="s">
         <v>1568</v>
       </c>
       <c r="F780" t="s">
         <v>12</v>
       </c>
-      <c r="G780">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
         <v>8</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
         <v>1569</v>
       </c>
       <c r="D781">
         <v>2022</v>
       </c>
       <c r="E781" t="s">
         <v>1570</v>
       </c>
       <c r="F781" t="s">
         <v>12</v>
       </c>
-      <c r="G781">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
         <v>8</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
         <v>1571</v>
       </c>
       <c r="D782">
         <v>2022</v>
       </c>
       <c r="E782" t="s">
         <v>1572</v>
       </c>
       <c r="F782" t="s">
         <v>12</v>
       </c>
-      <c r="G782">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
         <v>8</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
         <v>1573</v>
       </c>
       <c r="D783">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E783" t="s">
         <v>1574</v>
       </c>
       <c r="F783" t="s">
         <v>12</v>
       </c>
-      <c r="G783">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
         <v>8</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
         <v>1575</v>
       </c>
       <c r="D784">
         <v>2022</v>
       </c>
       <c r="E784" t="s">
         <v>1576</v>
       </c>
       <c r="F784" t="s">
         <v>12</v>
       </c>
-      <c r="G784">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
         <v>8</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
         <v>1577</v>
       </c>
       <c r="D785">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E785" t="s">
         <v>1578</v>
       </c>
       <c r="F785" t="s">
         <v>12</v>
       </c>
-      <c r="G785">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
         <v>8</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
         <v>1579</v>
       </c>
       <c r="D786">
         <v>2022</v>
       </c>
       <c r="E786" t="s">
         <v>1580</v>
       </c>
       <c r="F786" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
         <v>8</v>
       </c>
@@ -22734,1319 +22644,999 @@
         <v>1590</v>
       </c>
       <c r="F791" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
         <v>8</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
         <v>1591</v>
       </c>
       <c r="D792">
         <v>2022</v>
       </c>
       <c r="E792" t="s">
         <v>1592</v>
       </c>
       <c r="F792" t="s">
         <v>12</v>
       </c>
+      <c r="G792">
+        <v>44.0</v>
+      </c>
+      <c r="H792">
+        <v>44.0</v>
+      </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
         <v>8</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
         <v>1593</v>
       </c>
       <c r="D793">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="E793" t="s">
         <v>1594</v>
       </c>
       <c r="F793" t="s">
         <v>12</v>
       </c>
+      <c r="G793">
+        <v>475.0</v>
+      </c>
+      <c r="H793">
+        <v>475.0</v>
+      </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
         <v>8</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
         <v>1595</v>
       </c>
       <c r="D794">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="E794" t="s">
         <v>1596</v>
       </c>
       <c r="F794" t="s">
         <v>12</v>
       </c>
+      <c r="G794">
+        <v>227.0</v>
+      </c>
+      <c r="H794">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
         <v>8</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
         <v>1597</v>
       </c>
       <c r="D795">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E795" t="s">
         <v>1598</v>
       </c>
       <c r="F795" t="s">
         <v>12</v>
       </c>
+      <c r="G795">
+        <v>475.0</v>
+      </c>
+      <c r="H795">
+        <v>475.0</v>
+      </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
         <v>8</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
         <v>1599</v>
       </c>
       <c r="D796">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E796" t="s">
         <v>1600</v>
       </c>
       <c r="F796" t="s">
         <v>12</v>
       </c>
+      <c r="G796">
+        <v>181.0</v>
+      </c>
+      <c r="H796">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
         <v>8</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
         <v>1601</v>
       </c>
       <c r="D797">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="E797" t="s">
         <v>1602</v>
       </c>
       <c r="F797" t="s">
         <v>12</v>
       </c>
+      <c r="G797">
+        <v>159.0</v>
+      </c>
+      <c r="H797">
+        <v>159.0</v>
+      </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
         <v>8</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
         <v>1603</v>
       </c>
       <c r="D798">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E798" t="s">
         <v>1604</v>
       </c>
       <c r="F798" t="s">
         <v>12</v>
       </c>
+      <c r="G798">
+        <v>135.0</v>
+      </c>
+      <c r="H798">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
         <v>8</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
         <v>1605</v>
       </c>
       <c r="D799">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="E799" t="s">
         <v>1606</v>
       </c>
       <c r="F799" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
         <v>8</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
         <v>1607</v>
       </c>
       <c r="D800">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="E800" t="s">
         <v>1608</v>
       </c>
       <c r="F800" t="s">
         <v>12</v>
       </c>
+      <c r="G800">
+        <v>204.0</v>
+      </c>
+      <c r="H800">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>8</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
         <v>1609</v>
       </c>
       <c r="D801">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="E801" t="s">
         <v>1610</v>
       </c>
       <c r="F801" t="s">
         <v>12</v>
       </c>
+      <c r="G801">
+        <v>227.0</v>
+      </c>
+      <c r="H801">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
         <v>8</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
         <v>1611</v>
       </c>
       <c r="D802">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="E802" t="s">
         <v>1612</v>
       </c>
       <c r="F802" t="s">
         <v>12</v>
       </c>
+      <c r="G802">
+        <v>181.0</v>
+      </c>
+      <c r="H802">
+        <v>181.0</v>
+      </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
         <v>8</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
         <v>1613</v>
       </c>
       <c r="D803">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="E803" t="s">
         <v>1614</v>
       </c>
       <c r="F803" t="s">
         <v>12</v>
       </c>
+      <c r="G803">
+        <v>100.0</v>
+      </c>
+      <c r="H803">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
         <v>8</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
         <v>1615</v>
       </c>
       <c r="D804">
-        <v>2022</v>
+        <v>2000</v>
       </c>
       <c r="E804" t="s">
         <v>1616</v>
       </c>
       <c r="F804" t="s">
         <v>12</v>
       </c>
+      <c r="G804">
+        <v>135.0</v>
+      </c>
+      <c r="H804">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
         <v>8</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
         <v>1617</v>
       </c>
       <c r="D805">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E805" t="s">
         <v>1618</v>
       </c>
       <c r="F805" t="s">
         <v>12</v>
       </c>
+      <c r="G805">
+        <v>135.0</v>
+      </c>
+      <c r="H805">
+        <v>135.0</v>
+      </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>8</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
         <v>1619</v>
       </c>
       <c r="D806">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="E806" t="s">
         <v>1620</v>
       </c>
       <c r="F806" t="s">
         <v>12</v>
       </c>
+      <c r="G806">
+        <v>227.0</v>
+      </c>
+      <c r="H806">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
         <v>8</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
         <v>1621</v>
       </c>
       <c r="D807">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="E807" t="s">
         <v>1622</v>
       </c>
       <c r="F807" t="s">
         <v>12</v>
       </c>
       <c r="G807">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
       <c r="H807">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
         <v>8</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
         <v>1623</v>
       </c>
       <c r="D808">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="E808" t="s">
         <v>1624</v>
       </c>
       <c r="F808" t="s">
         <v>12</v>
       </c>
+      <c r="G808">
+        <v>227.0</v>
+      </c>
+      <c r="H808">
+        <v>227.0</v>
+      </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
         <v>8</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
         <v>1625</v>
       </c>
       <c r="D809">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E809" t="s">
         <v>1626</v>
       </c>
       <c r="F809" t="s">
         <v>12</v>
       </c>
       <c r="G809">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
       <c r="H809">
-        <v>450.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
         <v>8</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
         <v>1627</v>
       </c>
       <c r="D810">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="E810" t="s">
         <v>1628</v>
       </c>
       <c r="F810" t="s">
         <v>12</v>
       </c>
       <c r="G810">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H810">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
         <v>8</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
         <v>1629</v>
       </c>
       <c r="D811">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E811" t="s">
         <v>1630</v>
       </c>
       <c r="F811" t="s">
         <v>12</v>
       </c>
       <c r="G811">
-        <v>450.0</v>
+        <v>204.0</v>
       </c>
       <c r="H811">
-        <v>450.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
         <v>8</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
         <v>1631</v>
       </c>
       <c r="D812">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E812" t="s">
         <v>1632</v>
       </c>
       <c r="F812" t="s">
         <v>12</v>
       </c>
       <c r="G812">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H812">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
         <v>8</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
         <v>1633</v>
       </c>
       <c r="D813">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="E813" t="s">
         <v>1634</v>
       </c>
       <c r="F813" t="s">
         <v>12</v>
       </c>
       <c r="G813">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H813">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
         <v>8</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
         <v>1635</v>
       </c>
       <c r="D814">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E814" t="s">
         <v>1636</v>
       </c>
       <c r="F814" t="s">
         <v>12</v>
       </c>
       <c r="G814">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
       <c r="H814">
-        <v>132.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>8</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
         <v>1637</v>
       </c>
       <c r="D815">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E815" t="s">
         <v>1638</v>
       </c>
       <c r="F815" t="s">
         <v>12</v>
       </c>
+      <c r="G815">
+        <v>204.0</v>
+      </c>
+      <c r="H815">
+        <v>204.0</v>
+      </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
         <v>8</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
         <v>1639</v>
       </c>
       <c r="D816">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="E816" t="s">
         <v>1640</v>
       </c>
       <c r="F816" t="s">
         <v>12</v>
       </c>
       <c r="G816">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H816">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
         <v>8</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
         <v>1641</v>
       </c>
       <c r="D817">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E817" t="s">
         <v>1642</v>
       </c>
       <c r="F817" t="s">
         <v>12</v>
       </c>
       <c r="G817">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H817">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>8</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
         <v>1643</v>
       </c>
       <c r="D818">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="E818" t="s">
         <v>1644</v>
       </c>
       <c r="F818" t="s">
         <v>12</v>
       </c>
-      <c r="G818">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>8</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
         <v>1645</v>
       </c>
       <c r="D819">
         <v>2001</v>
       </c>
       <c r="E819" t="s">
         <v>1646</v>
       </c>
       <c r="F819" t="s">
         <v>12</v>
       </c>
       <c r="G819">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H819">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>8</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
         <v>1647</v>
       </c>
       <c r="D820">
         <v>2000</v>
       </c>
       <c r="E820" t="s">
         <v>1648</v>
       </c>
       <c r="F820" t="s">
         <v>12</v>
       </c>
       <c r="G820">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H820">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
         <v>8</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
         <v>1649</v>
       </c>
       <c r="D821">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="E821" t="s">
         <v>1650</v>
       </c>
       <c r="F821" t="s">
         <v>12</v>
       </c>
       <c r="G821">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
       <c r="H821">
-        <v>132.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
         <v>8</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
         <v>1651</v>
       </c>
       <c r="D822">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="E822" t="s">
         <v>1652</v>
       </c>
       <c r="F822" t="s">
         <v>12</v>
       </c>
       <c r="G822">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H822">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>8</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
         <v>1653</v>
       </c>
       <c r="D823">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E823" t="s">
         <v>1654</v>
       </c>
       <c r="F823" t="s">
         <v>12</v>
       </c>
-      <c r="G823">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>8</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
         <v>1655</v>
       </c>
       <c r="D824">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E824" t="s">
         <v>1656</v>
       </c>
       <c r="F824" t="s">
         <v>12</v>
       </c>
       <c r="G824">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
       <c r="H824">
-        <v>221.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>8</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
         <v>1657</v>
       </c>
       <c r="D825">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E825" t="s">
         <v>1658</v>
       </c>
       <c r="F825" t="s">
         <v>12</v>
       </c>
       <c r="G825">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
       <c r="H825">
-        <v>221.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
         <v>8</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
         <v>1659</v>
       </c>
       <c r="D826">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E826" t="s">
         <v>1660</v>
       </c>
       <c r="F826" t="s">
         <v>12</v>
       </c>
       <c r="G826">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
       <c r="H826">
-        <v>199.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
         <v>8</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
         <v>1661</v>
       </c>
       <c r="D827">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="E827" t="s">
         <v>1662</v>
       </c>
       <c r="F827" t="s">
         <v>12</v>
       </c>
       <c r="G827">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
       <c r="H827">
-        <v>199.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
         <v>8</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
         <v>1663</v>
       </c>
       <c r="D828">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E828" t="s">
         <v>1664</v>
       </c>
       <c r="F828" t="s">
         <v>12</v>
       </c>
       <c r="G828">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
       <c r="H828">
-        <v>155.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
         <v>8</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
         <v>1665</v>
       </c>
       <c r="D829">
-        <v>2000</v>
+        <v>2014</v>
       </c>
       <c r="E829" t="s">
         <v>1666</v>
       </c>
       <c r="F829" t="s">
         <v>12</v>
       </c>
       <c r="G829">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H829">
-        <v>132.0</v>
-[...403 lines deleted...]
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">