--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -947,210 +947,210 @@
       </c>
       <c r="H4">
         <v>80.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>355.0</v>
+        <v>375.0</v>
       </c>
       <c r="H5">
-        <v>355.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>10.0</v>
       </c>
       <c r="H6">
         <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H7">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H8">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H9">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H10">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
         <v>2023</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H11">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12">
         <v>2003</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
         <v>0.0</v>
       </c>
       <c r="H12">
@@ -1259,54 +1259,54 @@
       </c>
       <c r="H16">
         <v>80.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="D17">
         <v>2021</v>
       </c>
       <c r="E17" t="s">
         <v>40</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H17">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18">
         <v>2003</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
         <v>80.0</v>
       </c>
       <c r="H18">
@@ -1805,288 +1805,288 @@
       </c>
       <c r="H37">
         <v>10.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>73</v>
       </c>
       <c r="D38">
         <v>2023</v>
       </c>
       <c r="E38" t="s">
         <v>74</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H38">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39">
         <v>2023</v>
       </c>
       <c r="E39" t="s">
         <v>76</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H39">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>77</v>
       </c>
       <c r="D40">
         <v>2016</v>
       </c>
       <c r="E40" t="s">
         <v>78</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
         <v>115.0</v>
       </c>
       <c r="H40">
         <v>115.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>79</v>
       </c>
       <c r="D41">
         <v>2023</v>
       </c>
       <c r="E41" t="s">
         <v>74</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H41">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42">
         <v>2023</v>
       </c>
       <c r="E42" t="s">
         <v>81</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>544.0</v>
+        <v>570.0</v>
       </c>
       <c r="H42">
-        <v>544.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>82</v>
       </c>
       <c r="D43">
         <v>2023</v>
       </c>
       <c r="E43" t="s">
         <v>76</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H43">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>83</v>
       </c>
       <c r="D44">
         <v>2020</v>
       </c>
       <c r="E44" t="s">
         <v>84</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H44">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>85</v>
       </c>
       <c r="D45">
         <v>2023</v>
       </c>
       <c r="E45" t="s">
         <v>81</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H45">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>86</v>
       </c>
       <c r="D46">
         <v>2023</v>
       </c>
       <c r="E46" t="s">
         <v>17</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H46">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>87</v>
       </c>
       <c r="D47">
         <v>2020</v>
       </c>
       <c r="E47" t="s">
         <v>88</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H47">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>89</v>
       </c>
       <c r="D48">
         <v>2003</v>
       </c>
       <c r="E48" t="s">
         <v>90</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
         <v>40.0</v>
       </c>
       <c r="H48">
@@ -2143,106 +2143,106 @@
       </c>
       <c r="H50">
         <v>20.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>95</v>
       </c>
       <c r="D51">
         <v>2013</v>
       </c>
       <c r="E51" t="s">
         <v>96</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H51">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>97</v>
       </c>
       <c r="D52">
         <v>2009</v>
       </c>
       <c r="E52" t="s">
         <v>98</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
         <v>80.0</v>
       </c>
       <c r="H52">
         <v>80.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>99</v>
       </c>
       <c r="D53">
         <v>2011</v>
       </c>
       <c r="E53" t="s">
         <v>100</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H53">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>101</v>
       </c>
       <c r="D54">
         <v>2008</v>
       </c>
       <c r="E54" t="s">
         <v>102</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
         <v>80.0</v>
       </c>
       <c r="H54">
@@ -2351,236 +2351,236 @@
       </c>
       <c r="H58">
         <v>80.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>110</v>
       </c>
       <c r="D59">
         <v>2007</v>
       </c>
       <c r="E59" t="s">
         <v>111</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H59">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>112</v>
       </c>
       <c r="D60">
         <v>2023</v>
       </c>
       <c r="E60" t="s">
         <v>113</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H60">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>114</v>
       </c>
       <c r="D61">
         <v>2018</v>
       </c>
       <c r="E61" t="s">
         <v>115</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
         <v>115.0</v>
       </c>
       <c r="H61">
         <v>115.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>116</v>
       </c>
       <c r="D62">
         <v>2020</v>
       </c>
       <c r="E62" t="s">
         <v>84</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H62">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>117</v>
       </c>
       <c r="D63">
         <v>2016</v>
       </c>
       <c r="E63" t="s">
         <v>118</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
         <v>115.0</v>
       </c>
       <c r="H63">
         <v>115.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>119</v>
       </c>
       <c r="D64">
         <v>2020</v>
       </c>
       <c r="E64" t="s">
         <v>88</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H64">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>120</v>
       </c>
       <c r="D65">
         <v>2016</v>
       </c>
       <c r="E65" t="s">
         <v>121</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
         <v>40.0</v>
       </c>
       <c r="H65">
         <v>40.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>122</v>
       </c>
       <c r="D66">
         <v>2023</v>
       </c>
       <c r="E66" t="s">
         <v>123</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H66">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>124</v>
       </c>
       <c r="D67">
         <v>2023</v>
       </c>
       <c r="E67" t="s">
         <v>125</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
         <v>80.0</v>
       </c>
       <c r="H67">
@@ -2611,80 +2611,80 @@
       </c>
       <c r="H68">
         <v>20.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>128</v>
       </c>
       <c r="D69">
         <v>2005</v>
       </c>
       <c r="E69" t="s">
         <v>129</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H69">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>130</v>
       </c>
       <c r="D70">
         <v>2005</v>
       </c>
       <c r="E70" t="s">
         <v>129</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H70">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>131</v>
       </c>
       <c r="D71">
         <v>2009</v>
       </c>
       <c r="E71" t="s">
         <v>132</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>40.0</v>
       </c>
       <c r="H71">