--- v0 (2025-12-15)
+++ v1 (2026-01-30)
@@ -1665,80 +1665,80 @@
       </c>
       <c r="H6">
         <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H7">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
       <c r="H8">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9">
         <v>2024</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>10.0</v>
       </c>
       <c r="H9">
@@ -1899,54 +1899,54 @@
       </c>
       <c r="H15">
         <v>170.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>285.0</v>
+        <v>300.0</v>
       </c>
       <c r="H16">
-        <v>285.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17">
         <v>2024</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
         <v>10.0</v>
       </c>
       <c r="H17">
@@ -3615,158 +3615,158 @@
       </c>
       <c r="H81">
         <v>68.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>168</v>
       </c>
       <c r="D82">
         <v>2020</v>
       </c>
       <c r="E82" t="s">
         <v>169</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
       <c r="H82">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>170</v>
       </c>
       <c r="D83">
         <v>2021</v>
       </c>
       <c r="E83" t="s">
         <v>171</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
         <v>40.0</v>
       </c>
       <c r="H83">
         <v>40.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>172</v>
       </c>
       <c r="D84">
         <v>2019</v>
       </c>
       <c r="E84" t="s">
         <v>173</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H84">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>174</v>
       </c>
       <c r="D85">
         <v>2020</v>
       </c>
       <c r="E85" t="s">
         <v>103</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
         <v>40.0</v>
       </c>
       <c r="H85">
         <v>40.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>175</v>
       </c>
       <c r="D86">
         <v>2019</v>
       </c>
       <c r="E86" t="s">
         <v>173</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H86">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>176</v>
       </c>
       <c r="D87">
         <v>2020</v>
       </c>
       <c r="E87" t="s">
         <v>177</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
         <v>40.0</v>
       </c>
       <c r="H87">
@@ -3927,54 +3927,54 @@
       </c>
       <c r="H93">
         <v>40.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>187</v>
       </c>
       <c r="D94">
         <v>2020</v>
       </c>
       <c r="E94" t="s">
         <v>188</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H94">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>189</v>
       </c>
       <c r="D95">
         <v>2020</v>
       </c>
       <c r="E95" t="s">
         <v>190</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
         <v>68.0</v>
       </c>
       <c r="H95">
@@ -4369,54 +4369,54 @@
       </c>
       <c r="H110">
         <v>115.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>215</v>
       </c>
       <c r="D111">
         <v>2023</v>
       </c>
       <c r="E111" t="s">
         <v>216</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H111">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>217</v>
       </c>
       <c r="D112">
         <v>2021</v>
       </c>
       <c r="E112" t="s">
         <v>16</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
         <v>80.0</v>
       </c>
       <c r="H112">
@@ -4629,80 +4629,80 @@
       </c>
       <c r="H120">
         <v>80.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>232</v>
       </c>
       <c r="D121">
         <v>2019</v>
       </c>
       <c r="E121" t="s">
         <v>233</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>405.0</v>
+        <v>410.0</v>
       </c>
       <c r="H121">
-        <v>405.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>234</v>
       </c>
       <c r="D122">
         <v>2011</v>
       </c>
       <c r="E122" t="s">
         <v>233</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>375.0</v>
+        <v>410.0</v>
       </c>
       <c r="H122">
-        <v>375.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>235</v>
       </c>
       <c r="D123">
         <v>2014</v>
       </c>
       <c r="E123" t="s">
         <v>236</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
         <v>40.0</v>
       </c>
       <c r="H123">
@@ -5123,54 +5123,54 @@
       </c>
       <c r="H139">
         <v>10.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>263</v>
       </c>
       <c r="D140">
         <v>2019</v>
       </c>
       <c r="E140" t="s">
         <v>264</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
       <c r="H140">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>265</v>
       </c>
       <c r="D141">
         <v>2020</v>
       </c>
       <c r="E141" t="s">
         <v>266</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
         <v>68.0</v>
       </c>
       <c r="H141">
@@ -5201,54 +5201,54 @@
       </c>
       <c r="H142">
         <v>10.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>269</v>
       </c>
       <c r="D143">
         <v>2017</v>
       </c>
       <c r="E143" t="s">
         <v>270</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H143">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>271</v>
       </c>
       <c r="D144">
         <v>2020</v>
       </c>
       <c r="E144" t="s">
         <v>245</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
         <v>68.0</v>
       </c>
       <c r="H144">
@@ -5409,80 +5409,80 @@
       </c>
       <c r="H150">
         <v>115.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>280</v>
       </c>
       <c r="D151">
         <v>2020</v>
       </c>
       <c r="E151" t="s">
         <v>188</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H151">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>8</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>281</v>
       </c>
       <c r="D152">
         <v>2020</v>
       </c>
       <c r="E152" t="s">
         <v>169</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H152">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>282</v>
       </c>
       <c r="D153">
         <v>2019</v>
       </c>
       <c r="E153" t="s">
         <v>43</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
         <v>85.0</v>
       </c>
       <c r="H153">
@@ -5929,54 +5929,54 @@
       </c>
       <c r="H170">
         <v>40.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>306</v>
       </c>
       <c r="D171">
         <v>2013</v>
       </c>
       <c r="E171" t="s">
         <v>264</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H171">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>307</v>
       </c>
       <c r="D172">
         <v>2020</v>
       </c>
       <c r="E172" t="s">
         <v>308</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
         <v>40.0</v>
       </c>
       <c r="H172">
@@ -6241,54 +6241,54 @@
       </c>
       <c r="H182">
         <v>10.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>322</v>
       </c>
       <c r="D183">
         <v>2015</v>
       </c>
       <c r="E183" t="s">
         <v>39</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H183">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>323</v>
       </c>
       <c r="D184">
         <v>1990</v>
       </c>
       <c r="E184" t="s">
         <v>324</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
         <v>20.0</v>
       </c>
       <c r="H184">
@@ -6709,80 +6709,80 @@
       </c>
       <c r="H200">
         <v>10.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>348</v>
       </c>
       <c r="D201">
         <v>2020</v>
       </c>
       <c r="E201" t="s">
         <v>349</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
       <c r="H201">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>350</v>
       </c>
       <c r="D202">
         <v>2020</v>
       </c>
       <c r="E202" t="s">
         <v>349</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H202">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>351</v>
       </c>
       <c r="D203">
         <v>1999</v>
       </c>
       <c r="E203" t="s">
         <v>352</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
         <v>20.0</v>
       </c>
       <c r="H203">
@@ -7021,106 +7021,106 @@
       </c>
       <c r="H212">
         <v>20.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>370</v>
       </c>
       <c r="D213">
         <v>2008</v>
       </c>
       <c r="E213" t="s">
         <v>233</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H213">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>371</v>
       </c>
       <c r="D214">
         <v>2011</v>
       </c>
       <c r="E214" t="s">
         <v>372</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
         <v>20.0</v>
       </c>
       <c r="H214">
         <v>20.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>373</v>
       </c>
       <c r="D215">
         <v>2023</v>
       </c>
       <c r="E215" t="s">
         <v>216</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>476.0</v>
+        <v>502.0</v>
       </c>
       <c r="H215">
-        <v>476.0</v>
+        <v>502.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">