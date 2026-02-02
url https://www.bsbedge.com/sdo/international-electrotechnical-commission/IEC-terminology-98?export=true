--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -2042,210 +2042,210 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H2">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H3">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H4">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H5">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H6">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>115.0</v>
       </c>
       <c r="H7">
         <v>115.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2023</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H8">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>1992</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>0.0</v>
       </c>
       <c r="H9">
@@ -2328,782 +2328,782 @@
       </c>
       <c r="H12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>1991</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H13">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2020</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H14">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2014</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H15">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2001</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
         <v>80.0</v>
       </c>
       <c r="H16">
         <v>80.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2020</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H17">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2014</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H18">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2013</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H19">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2018</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
         <v>10.0</v>
       </c>
       <c r="H20">
         <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2001</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H21">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2017</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H22">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2017</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H23">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2020</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H24">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2017</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H25">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2004</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H26">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>1997</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H27">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
         <v>2015</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
         <v>10.0</v>
       </c>
       <c r="H28">
         <v>10.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2008</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H29">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2014</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
         <v>10.0</v>
       </c>
       <c r="H30">
         <v>10.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>1994</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H31">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2020</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H32">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>1999</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H33">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>2014</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H34">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>1992</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H35">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2017</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
         <v>40.0</v>
       </c>
       <c r="H36">
         <v>40.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
         <v>2016</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H37">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>1995</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H38">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>2016</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
         <v>10.0</v>
       </c>
       <c r="H39">
         <v>10.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
         <v>2015</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H40">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
         <v>1996</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H41">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>2016</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
         <v>10.0</v>
       </c>
       <c r="H42">
@@ -3134,80 +3134,80 @@
       </c>
       <c r="H43">
         <v>10.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
         <v>2002</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H44">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
         <v>1992</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H45">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
         <v>2016</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
         <v>10.0</v>
       </c>
       <c r="H46">
@@ -3238,80 +3238,80 @@
       </c>
       <c r="H47">
         <v>10.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
         <v>1998</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H48">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
         <v>1998</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H49">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
         <v>2016</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
         <v>10.0</v>
       </c>
       <c r="H50">
@@ -3342,80 +3342,80 @@
       </c>
       <c r="H51">
         <v>10.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
         <v>1996</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H52">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
         <v>1992</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H53">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2016</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
         <v>10.0</v>
       </c>
       <c r="H54">
@@ -3680,80 +3680,80 @@
       </c>
       <c r="H64">
         <v>20.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
         <v>2010</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H65">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
         <v>1994</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H66">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
         <v>2016</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
         <v>10.0</v>
       </c>
       <c r="H67">
@@ -3810,54 +3810,54 @@
       </c>
       <c r="H69">
         <v>20.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>147</v>
       </c>
       <c r="D70">
         <v>2013</v>
       </c>
       <c r="E70" t="s">
         <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H70">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
         <v>2014</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>10.0</v>
       </c>
       <c r="H71">
@@ -3914,80 +3914,80 @@
       </c>
       <c r="H73">
         <v>10.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
         <v>1998</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H74">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75">
         <v>1991</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H75">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>159</v>
       </c>
       <c r="D76">
         <v>2016</v>
       </c>
       <c r="E76" t="s">
         <v>160</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
         <v>10.0</v>
       </c>
       <c r="H76">
@@ -4018,54 +4018,54 @@
       </c>
       <c r="H77">
         <v>10.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
         <v>1983</v>
       </c>
       <c r="E78" t="s">
         <v>164</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H78">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>165</v>
       </c>
       <c r="D79">
         <v>2016</v>
       </c>
       <c r="E79" t="s">
         <v>166</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
         <v>10.0</v>
       </c>
       <c r="H79">
@@ -4122,132 +4122,132 @@
       </c>
       <c r="H81">
         <v>10.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>171</v>
       </c>
       <c r="D82">
         <v>2019</v>
       </c>
       <c r="E82" t="s">
         <v>172</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H82">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>173</v>
       </c>
       <c r="D83">
         <v>2015</v>
       </c>
       <c r="E83" t="s">
         <v>174</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
         <v>10.0</v>
       </c>
       <c r="H83">
         <v>10.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>175</v>
       </c>
       <c r="D84">
         <v>2010</v>
       </c>
       <c r="E84" t="s">
         <v>176</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H84">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85">
         <v>1992</v>
       </c>
       <c r="E85" t="s">
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H85">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
         <v>1990</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
         <v>80.0</v>
       </c>
       <c r="H86">
@@ -4278,366 +4278,366 @@
       </c>
       <c r="H87">
         <v>80.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
         <v>1974</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H88">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
         <v>1980</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
         <v>40.0</v>
       </c>
       <c r="H89">
         <v>40.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
         <v>2002</v>
       </c>
       <c r="E90" t="s">
         <v>188</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H90">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91">
         <v>2004</v>
       </c>
       <c r="E91" t="s">
         <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H91">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92">
         <v>1988</v>
       </c>
       <c r="E92" t="s">
         <v>192</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H92">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>193</v>
       </c>
       <c r="D93">
         <v>1973</v>
       </c>
       <c r="E93" t="s">
         <v>194</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H93">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>195</v>
       </c>
       <c r="D94">
         <v>2007</v>
       </c>
       <c r="E94" t="s">
         <v>196</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H94">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95">
         <v>2011</v>
       </c>
       <c r="E95" t="s">
         <v>198</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H95">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96">
         <v>2010</v>
       </c>
       <c r="E96" t="s">
         <v>200</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H96">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>201</v>
       </c>
       <c r="D97">
         <v>2014</v>
       </c>
       <c r="E97" t="s">
         <v>202</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
         <v>10.0</v>
       </c>
       <c r="H97">
         <v>10.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>203</v>
       </c>
       <c r="D98">
         <v>2009</v>
       </c>
       <c r="E98" t="s">
         <v>204</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H98">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>205</v>
       </c>
       <c r="D99">
         <v>2007</v>
       </c>
       <c r="E99" t="s">
         <v>206</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H99">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>207</v>
       </c>
       <c r="D100">
         <v>2004</v>
       </c>
       <c r="E100" t="s">
         <v>208</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H100">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>209</v>
       </c>
       <c r="D101">
         <v>2013</v>
       </c>
       <c r="E101" t="s">
         <v>210</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
         <v>115.0</v>
       </c>
       <c r="H101">
@@ -4668,80 +4668,80 @@
       </c>
       <c r="H102">
         <v>115.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>213</v>
       </c>
       <c r="D103">
         <v>2002</v>
       </c>
       <c r="E103" t="s">
         <v>214</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H103">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>215</v>
       </c>
       <c r="D104">
         <v>1998</v>
       </c>
       <c r="E104" t="s">
         <v>216</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H104">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
         <v>2008</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
         <v>40.0</v>
       </c>
       <c r="H105">
@@ -4772,106 +4772,106 @@
       </c>
       <c r="H106">
         <v>20.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
         <v>2014</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H107">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>223</v>
       </c>
       <c r="D108">
         <v>2022</v>
       </c>
       <c r="E108" t="s">
         <v>224</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
         <v>115.0</v>
       </c>
       <c r="H108">
         <v>115.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
         <v>2022</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H109">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
         <v>2021</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
         <v>10.0</v>
       </c>
       <c r="H110">
@@ -5214,54 +5214,54 @@
       </c>
       <c r="H123">
         <v>20.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>255</v>
       </c>
       <c r="D124">
         <v>2021</v>
       </c>
       <c r="E124" t="s">
         <v>256</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H124">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>257</v>
       </c>
       <c r="D125">
         <v>2017</v>
       </c>
       <c r="E125" t="s">
         <v>258</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
         <v>10.0</v>
       </c>
       <c r="H125">
@@ -5734,54 +5734,54 @@
       </c>
       <c r="H143">
         <v>10.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>295</v>
       </c>
       <c r="D144">
         <v>2018</v>
       </c>
       <c r="E144" t="s">
         <v>296</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H144">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>297</v>
       </c>
       <c r="D145">
         <v>2018</v>
       </c>
       <c r="E145" t="s">
         <v>298</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
         <v>10.0</v>
       </c>
       <c r="H145">
@@ -6098,54 +6098,54 @@
       </c>
       <c r="H157">
         <v>10.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>323</v>
       </c>
       <c r="D158">
         <v>2021</v>
       </c>
       <c r="E158" t="s">
         <v>324</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H158">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>325</v>
       </c>
       <c r="D159">
         <v>2021</v>
       </c>
       <c r="E159" t="s">
         <v>326</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
         <v>10.0</v>
       </c>
       <c r="H159">
@@ -6462,54 +6462,54 @@
       </c>
       <c r="H171">
         <v>40.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>351</v>
       </c>
       <c r="D172">
         <v>2018</v>
       </c>
       <c r="E172" t="s">
         <v>352</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H172">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>353</v>
       </c>
       <c r="D173">
         <v>2019</v>
       </c>
       <c r="E173" t="s">
         <v>354</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
         <v>40.0</v>
       </c>
       <c r="H173">
@@ -7398,54 +7398,54 @@
       </c>
       <c r="H207">
         <v>10.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>423</v>
       </c>
       <c r="D208">
         <v>2022</v>
       </c>
       <c r="E208" t="s">
         <v>424</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H208">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>425</v>
       </c>
       <c r="D209">
         <v>2019</v>
       </c>
       <c r="E209" t="s">
         <v>426</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
         <v>10.0</v>
       </c>
       <c r="H209">
@@ -7762,54 +7762,54 @@
       </c>
       <c r="H221">
         <v>10.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>451</v>
       </c>
       <c r="D222">
         <v>2022</v>
       </c>
       <c r="E222" t="s">
         <v>452</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H222">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>453</v>
       </c>
       <c r="D223">
         <v>2019</v>
       </c>
       <c r="E223" t="s">
         <v>454</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
         <v>40.0</v>
       </c>
       <c r="H223">
@@ -7918,80 +7918,80 @@
       </c>
       <c r="H227">
         <v>10.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>463</v>
       </c>
       <c r="D228">
         <v>1990</v>
       </c>
       <c r="E228" t="s">
         <v>464</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H228">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>465</v>
       </c>
       <c r="D229">
         <v>2014</v>
       </c>
       <c r="E229" t="s">
         <v>466</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H229">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>467</v>
       </c>
       <c r="D230">
         <v>2009</v>
       </c>
       <c r="E230" t="s">
         <v>468</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
         <v>115.0</v>
       </c>
       <c r="H230">
@@ -8022,236 +8022,236 @@
       </c>
       <c r="H231">
         <v>20.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>471</v>
       </c>
       <c r="D232">
         <v>1990</v>
       </c>
       <c r="E232" t="s">
         <v>472</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H232">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>473</v>
       </c>
       <c r="D233">
         <v>1999</v>
       </c>
       <c r="E233" t="s">
         <v>474</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H233">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>475</v>
       </c>
       <c r="D234">
         <v>1990</v>
       </c>
       <c r="E234" t="s">
         <v>476</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H234">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>477</v>
       </c>
       <c r="D235">
         <v>1983</v>
       </c>
       <c r="E235" t="s">
         <v>478</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H235">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>479</v>
       </c>
       <c r="D236">
         <v>2008</v>
       </c>
       <c r="E236" t="s">
         <v>480</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H236">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>481</v>
       </c>
       <c r="D237">
         <v>1996</v>
       </c>
       <c r="E237" t="s">
         <v>482</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H237">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>483</v>
       </c>
       <c r="D238">
         <v>2014</v>
       </c>
       <c r="E238" t="s">
         <v>484</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
         <v>10.0</v>
       </c>
       <c r="H238">
         <v>10.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>485</v>
       </c>
       <c r="D239">
         <v>1995</v>
       </c>
       <c r="E239" t="s">
         <v>486</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H239">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>487</v>
       </c>
       <c r="D240">
         <v>2007</v>
       </c>
       <c r="E240" t="s">
         <v>488</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
         <v>115.0</v>
       </c>
       <c r="H240">
@@ -8282,54 +8282,54 @@
       </c>
       <c r="H241">
         <v>10.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>491</v>
       </c>
       <c r="D242">
         <v>1984</v>
       </c>
       <c r="E242" t="s">
         <v>492</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H242">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>493</v>
       </c>
       <c r="D243">
         <v>1998</v>
       </c>
       <c r="E243" t="s">
         <v>494</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
         <v>40.0</v>
       </c>
       <c r="H243">
@@ -8386,288 +8386,288 @@
       </c>
       <c r="H245">
         <v>40.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>499</v>
       </c>
       <c r="D246">
         <v>1986</v>
       </c>
       <c r="E246" t="s">
         <v>500</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H246">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>501</v>
       </c>
       <c r="D247">
         <v>2010</v>
       </c>
       <c r="E247" t="s">
         <v>502</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H247">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>503</v>
       </c>
       <c r="D248">
         <v>1986</v>
       </c>
       <c r="E248" t="s">
         <v>504</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H248">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>505</v>
       </c>
       <c r="D249">
         <v>2001</v>
       </c>
       <c r="E249" t="s">
         <v>506</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H249">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>507</v>
       </c>
       <c r="D250">
         <v>1998</v>
       </c>
       <c r="E250" t="s">
         <v>508</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
         <v>40.0</v>
       </c>
       <c r="H250">
         <v>40.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>509</v>
       </c>
       <c r="D251">
         <v>2002</v>
       </c>
       <c r="E251" t="s">
         <v>510</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H251">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>511</v>
       </c>
       <c r="D252">
         <v>1990</v>
       </c>
       <c r="E252" t="s">
         <v>512</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H252">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>513</v>
       </c>
       <c r="D253">
         <v>2014</v>
       </c>
       <c r="E253" t="s">
         <v>514</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
         <v>10.0</v>
       </c>
       <c r="H253">
         <v>10.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>515</v>
       </c>
       <c r="D254">
         <v>1983</v>
       </c>
       <c r="E254" t="s">
         <v>516</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H254">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>517</v>
       </c>
       <c r="D255">
         <v>1998</v>
       </c>
       <c r="E255" t="s">
         <v>518</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H255">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>519</v>
       </c>
       <c r="D256">
         <v>2007</v>
       </c>
       <c r="E256" t="s">
         <v>520</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
         <v>40.0</v>
       </c>
       <c r="H256">
@@ -8724,106 +8724,106 @@
       </c>
       <c r="H258">
         <v>115.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>525</v>
       </c>
       <c r="D259">
         <v>1984</v>
       </c>
       <c r="E259" t="s">
         <v>526</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H259">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>527</v>
       </c>
       <c r="D260">
         <v>1999</v>
       </c>
       <c r="E260" t="s">
         <v>528</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
         <v>20.0</v>
       </c>
       <c r="H260">
         <v>20.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>529</v>
       </c>
       <c r="D261">
         <v>1995</v>
       </c>
       <c r="E261" t="s">
         <v>530</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H261">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>531</v>
       </c>
       <c r="D262">
         <v>1998</v>
       </c>
       <c r="E262" t="s">
         <v>532</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
         <v>20.0</v>
       </c>
       <c r="H262">
@@ -8880,106 +8880,106 @@
       </c>
       <c r="H264">
         <v>10.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>537</v>
       </c>
       <c r="D265">
         <v>1993</v>
       </c>
       <c r="E265" t="s">
         <v>538</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H265">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>539</v>
       </c>
       <c r="D266">
         <v>2008</v>
       </c>
       <c r="E266" t="s">
         <v>540</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H266">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>541</v>
       </c>
       <c r="D267">
         <v>1998</v>
       </c>
       <c r="E267" t="s">
         <v>542</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H267">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">