--- v0 (2025-12-22)
+++ v1 (2026-02-23)
@@ -12,91 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>IEC</t>
   </si>
   <si>
+    <t>IEC 60704-2-20:2026 (EN-FR)</t>
+  </si>
+  <si>
+    <t>Household and similar electrical appliances - Test code for the determination of airborne acoustical noise - Part 2-20: Particular requirements for wet hard floor cleaning appliances</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>IEC 60704-2-20:2026</t>
+  </si>
+  <si>
+    <t>IEC 60704-2-20:2026 EXV</t>
+  </si>
+  <si>
+    <t>IEC TS 62885-1:2026</t>
+  </si>
+  <si>
+    <t>Surface cleaning appliances - Part 1: General requirements on test material and test equipment</t>
+  </si>
+  <si>
     <t>IEC/ASTM 62885-6:2023/COR1:2024 (EN-FR)</t>
   </si>
   <si>
     <t>Corrigendum 1 - Surface cleaning appliances - Part 6: Wet hard floor cleaning appliances for household or similar use - Methods for measuring the performance</t>
   </si>
   <si>
-    <t>CHF</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC/ASTM 62885-6:2023 (EN-FR)</t>
   </si>
   <si>
     <t>Surface cleaning appliances - Part 6: Wet hard floor cleaning appliances for household or similar use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>IEC/ASTM 62885-7:2020+AMD1:2022 CSV (EN-FR)</t>
   </si>
   <si>
     <t>Surface cleaning appliances - Part 7: Dry cleaning robots for household or similar use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>IEC/ASTM 62885-7:2020/AMD1:2022 (EN-FR)</t>
   </si>
   <si>
     <t>Amendment 1 - Surface cleaning appliances - Part 7: Dry cleaning robots for household or similar use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>IEC/ASTM 62885-7:2020 (EN-FR)</t>
   </si>
   <si>
     <t>Surface cleaning appliances - Part 7: Dry-cleaning robots for household or similar use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>IEC/ASTM 62885-7:2020</t>
@@ -126,59 +144,50 @@
     <t>IEC 62885-5:2018 (EN-FR)</t>
   </si>
   <si>
     <t>Surface cleaning appliances - Part 5: High pressure cleaners and steam cleaners for household and commercial use - Methods for measuring performance</t>
   </si>
   <si>
     <t>IEC 62885-5:2018</t>
   </si>
   <si>
     <t>IEC 62885-3:2014 (EN-FR)</t>
   </si>
   <si>
     <t>Surface cleaning appliances - Part 3: Wet carpet cleaning appliances - Methods for measuring the performance</t>
   </si>
   <si>
     <t>IEC 62885-3:2014</t>
   </si>
   <si>
     <t>IEC 62885-4:2020+AMD1:2023 CSV (EN-FR)</t>
   </si>
   <si>
     <t>IEC 62885-4:2020/AMD1:2023 (EN-FR)</t>
   </si>
   <si>
     <t>Amendment 1 - Surface cleaning appliances - Part 4: Cordless dry vacuum cleaners for household or similar use - Methods for measuring the performance</t>
-  </si>
-[...7 lines deleted...]
-    <t>IEC TS 62885-1:2020</t>
   </si>
   <si>
     <t>IEC 62885-9:2019 (EN-FR)</t>
   </si>
   <si>
     <t>Surface cleaning appliances - Part 9: Floor treatment machines with or without traction drive, for commercial use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>IEC 62885-2:2021 (EN-FR)</t>
   </si>
   <si>
     <t>Surface cleaning appliances - Part 2: Dry vacuum cleaners for household or similar use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>IEC 62885-8:2019 (EN-FR)</t>
   </si>
   <si>
     <t>Surface cleaning appliances - Part 8: Dry vacuum cleaners for commercial use - Methods for measuring the performance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -500,627 +509,679 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>0.0</v>
+        <v>115.0</v>
       </c>
       <c r="H2">
-        <v>0.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>320.0</v>
+        <v>115.0</v>
       </c>
       <c r="H3">
-        <v>320.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D4">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>655.0</v>
+        <v>442.0</v>
       </c>
       <c r="H4">
-        <v>655.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D5">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>20.0</v>
+        <v>380.0</v>
       </c>
       <c r="H5">
-        <v>20.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>365.0</v>
+        <v>0.0</v>
       </c>
       <c r="H6">
-        <v>365.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>365.0</v>
+        <v>335.0</v>
       </c>
       <c r="H7">
-        <v>365.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8">
+        <v>2022</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>196.0</v>
+        <v>680.0</v>
       </c>
       <c r="H8">
-        <v>196.0</v>
+        <v>680.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9">
+        <v>2022</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>115.0</v>
+        <v>20.0</v>
       </c>
       <c r="H9">
-        <v>115.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D10">
         <v>2020</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>115.0</v>
+        <v>380.0</v>
       </c>
       <c r="H10">
-        <v>115.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
         <v>2020</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>155.0</v>
+        <v>380.0</v>
       </c>
       <c r="H11">
-        <v>155.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12">
+        <v>2020</v>
+      </c>
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="D12">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>80.0</v>
+        <v>196.0</v>
       </c>
       <c r="H12">
-        <v>80.0</v>
+        <v>196.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13">
+        <v>2020</v>
+      </c>
+      <c r="E13" t="s">
         <v>31</v>
       </c>
-      <c r="D13">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>80.0</v>
+        <v>115.0</v>
       </c>
       <c r="H13">
-        <v>80.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>155.0</v>
+        <v>115.0</v>
       </c>
       <c r="H14">
-        <v>155.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15">
+        <v>2020</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
-      <c r="D15">
-[...4 lines deleted...]
-      </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H15">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>325.0</v>
+        <v>80.0</v>
       </c>
       <c r="H16">
-        <v>325.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17">
+        <v>2018</v>
+      </c>
+      <c r="E17" t="s">
         <v>36</v>
       </c>
-      <c r="D17">
-[...4 lines deleted...]
-      </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
       <c r="H17">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>340.0</v>
+        <v>160.0</v>
       </c>
       <c r="H18">
-        <v>340.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>200.0</v>
+        <v>160.0</v>
       </c>
       <c r="H19">
-        <v>200.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>155.0</v>
+        <v>355.0</v>
       </c>
       <c r="H20">
-        <v>155.0</v>
+        <v>355.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21">
+        <v>2023</v>
+      </c>
+      <c r="E21" t="s">
         <v>43</v>
       </c>
-      <c r="D21">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>385.0</v>
+        <v>40.0</v>
       </c>
       <c r="H21">
-        <v>385.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D22">
         <v>2019</v>
       </c>
       <c r="E22" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22">
+        <v>160.0</v>
+      </c>
+      <c r="H22">
+        <v>160.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>46</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22">
+      <c r="D23">
+        <v>2021</v>
+      </c>
+      <c r="E23" t="s">
+        <v>47</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23">
+        <v>405.0</v>
+      </c>
+      <c r="H23">
+        <v>405.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24">
+        <v>2019</v>
+      </c>
+      <c r="E24" t="s">
+        <v>49</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24">
         <v>40.0</v>
       </c>
-      <c r="H22">
+      <c r="H24">
         <v>40.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>