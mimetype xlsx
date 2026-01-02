--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -1932,80 +1932,80 @@
       </c>
       <c r="H3">
         <v>80.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H4">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>655.0</v>
+        <v>689.0</v>
       </c>
       <c r="H5">
-        <v>655.0</v>
+        <v>689.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>68.0</v>
       </c>
       <c r="H6">
@@ -2140,80 +2140,80 @@
       </c>
       <c r="H11">
         <v>215.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12">
         <v>2023</v>
       </c>
       <c r="E12" t="s">
         <v>28</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H12">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>29</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>28</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H13">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14">
         <v>2014</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
         <v>0.0</v>
       </c>
       <c r="H14">
@@ -2634,106 +2634,106 @@
       </c>
       <c r="H30">
         <v>40.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>64</v>
       </c>
       <c r="D31">
         <v>2001</v>
       </c>
       <c r="E31" t="s">
         <v>65</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H31">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>66</v>
       </c>
       <c r="D32">
         <v>1977</v>
       </c>
       <c r="E32" t="s">
         <v>67</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
         <v>20.0</v>
       </c>
       <c r="H32">
         <v>20.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>68</v>
       </c>
       <c r="D33">
         <v>2017</v>
       </c>
       <c r="E33" t="s">
         <v>69</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H33">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>70</v>
       </c>
       <c r="D34">
         <v>2018</v>
       </c>
       <c r="E34" t="s">
         <v>71</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
         <v>40.0</v>
       </c>
       <c r="H34">
@@ -2790,106 +2790,106 @@
       </c>
       <c r="H36">
         <v>40.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>76</v>
       </c>
       <c r="D37">
         <v>2016</v>
       </c>
       <c r="E37" t="s">
         <v>77</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H37">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>78</v>
       </c>
       <c r="D38">
         <v>1980</v>
       </c>
       <c r="E38" t="s">
         <v>79</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
         <v>20.0</v>
       </c>
       <c r="H38">
         <v>20.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>80</v>
       </c>
       <c r="D39">
         <v>2016</v>
       </c>
       <c r="E39" t="s">
         <v>77</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H39">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>81</v>
       </c>
       <c r="D40">
         <v>2011</v>
       </c>
       <c r="E40" t="s">
         <v>82</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
         <v>80.0</v>
       </c>
       <c r="H40">
@@ -3024,106 +3024,106 @@
       </c>
       <c r="H45">
         <v>80.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>92</v>
       </c>
       <c r="D46">
         <v>1999</v>
       </c>
       <c r="E46" t="s">
         <v>93</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H46">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>94</v>
       </c>
       <c r="D47">
         <v>2021</v>
       </c>
       <c r="E47" t="s">
         <v>95</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
         <v>136.0</v>
       </c>
       <c r="H47">
         <v>136.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>96</v>
       </c>
       <c r="D48">
         <v>1999</v>
       </c>
       <c r="E48" t="s">
         <v>93</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H48">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>97</v>
       </c>
       <c r="D49">
         <v>2023</v>
       </c>
       <c r="E49" t="s">
         <v>98</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
         <v>80.0</v>
       </c>
       <c r="H49">
@@ -3284,54 +3284,54 @@
       </c>
       <c r="H55">
         <v>80.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>110</v>
       </c>
       <c r="D56">
         <v>2019</v>
       </c>
       <c r="E56" t="s">
         <v>77</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>495.0</v>
+        <v>515.0</v>
       </c>
       <c r="H56">
-        <v>495.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>111</v>
       </c>
       <c r="D57">
         <v>1995</v>
       </c>
       <c r="E57" t="s">
         <v>107</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
         <v>80.0</v>
       </c>
       <c r="H57">
@@ -3752,80 +3752,80 @@
       </c>
       <c r="H73">
         <v>20.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>141</v>
       </c>
       <c r="D74">
         <v>2004</v>
       </c>
       <c r="E74" t="s">
         <v>142</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H74">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>143</v>
       </c>
       <c r="D75">
         <v>2004</v>
       </c>
       <c r="E75" t="s">
         <v>142</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H75">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>144</v>
       </c>
       <c r="D76">
         <v>2007</v>
       </c>
       <c r="E76" t="s">
         <v>145</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
         <v>40.0</v>
       </c>
       <c r="H76">
@@ -3882,54 +3882,54 @@
       </c>
       <c r="H78">
         <v>10.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>150</v>
       </c>
       <c r="D79">
         <v>2007</v>
       </c>
       <c r="E79" t="s">
         <v>151</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H79">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>152</v>
       </c>
       <c r="D80">
         <v>2001</v>
       </c>
       <c r="E80" t="s">
         <v>153</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
         <v>20.0</v>
       </c>
       <c r="H80">
@@ -4090,54 +4090,54 @@
       </c>
       <c r="H86">
         <v>115.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>164</v>
       </c>
       <c r="D87">
         <v>2023</v>
       </c>
       <c r="E87" t="s">
         <v>165</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H87">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>166</v>
       </c>
       <c r="D88">
         <v>2006</v>
       </c>
       <c r="E88" t="s">
         <v>167</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
         <v>10.0</v>
       </c>
       <c r="H88">
@@ -4870,54 +4870,54 @@
       </c>
       <c r="H116">
         <v>20.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>218</v>
       </c>
       <c r="D117">
         <v>2006</v>
       </c>
       <c r="E117" t="s">
         <v>219</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H117">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>220</v>
       </c>
       <c r="D118">
         <v>2005</v>
       </c>
       <c r="E118" t="s">
         <v>221</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
         <v>40.0</v>
       </c>
       <c r="H118">
@@ -5078,80 +5078,80 @@
       </c>
       <c r="H124">
         <v>40.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>232</v>
       </c>
       <c r="D125">
         <v>2006</v>
       </c>
       <c r="E125" t="s">
         <v>233</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H125">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>234</v>
       </c>
       <c r="D126">
         <v>2006</v>
       </c>
       <c r="E126" t="s">
         <v>233</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H126">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>235</v>
       </c>
       <c r="D127">
         <v>2006</v>
       </c>
       <c r="E127" t="s">
         <v>236</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
         <v>40.0</v>
       </c>
       <c r="H127">
@@ -5234,80 +5234,80 @@
       </c>
       <c r="H130">
         <v>80.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>242</v>
       </c>
       <c r="D131">
         <v>2010</v>
       </c>
       <c r="E131" t="s">
         <v>243</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H131">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>244</v>
       </c>
       <c r="D132">
         <v>2006</v>
       </c>
       <c r="E132" t="s">
         <v>219</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H132">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>245</v>
       </c>
       <c r="D133">
         <v>2007</v>
       </c>
       <c r="E133" t="s">
         <v>246</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
         <v>40.0</v>
       </c>
       <c r="H133">
@@ -5962,106 +5962,106 @@
       </c>
       <c r="H158">
         <v>80.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>289</v>
       </c>
       <c r="D159">
         <v>2012</v>
       </c>
       <c r="E159" t="s">
         <v>290</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
-        <v>655.0</v>
+        <v>680.0</v>
       </c>
       <c r="H159">
-        <v>655.0</v>
+        <v>680.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>291</v>
       </c>
       <c r="D160">
         <v>2007</v>
       </c>
       <c r="E160" t="s">
         <v>140</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
         <v>20.0</v>
       </c>
       <c r="H160">
         <v>20.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>292</v>
       </c>
       <c r="D161">
         <v>2008</v>
       </c>
       <c r="E161" t="s">
         <v>293</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H161">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>294</v>
       </c>
       <c r="D162">
         <v>2007</v>
       </c>
       <c r="E162" t="s">
         <v>145</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
         <v>40.0</v>
       </c>
       <c r="H162">
@@ -6898,80 +6898,80 @@
       </c>
       <c r="H194">
         <v>20.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>351</v>
       </c>
       <c r="D195">
         <v>2007</v>
       </c>
       <c r="E195" t="s">
         <v>352</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H195">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>353</v>
       </c>
       <c r="D196">
         <v>2007</v>
       </c>
       <c r="E196" t="s">
         <v>352</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H196">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>354</v>
       </c>
       <c r="D197">
         <v>1998</v>
       </c>
       <c r="E197" t="s">
         <v>355</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
         <v>80.0</v>
       </c>
       <c r="H197">
@@ -7470,54 +7470,54 @@
       </c>
       <c r="H216">
         <v>40.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>389</v>
       </c>
       <c r="D217">
         <v>2004</v>
       </c>
       <c r="E217" t="s">
         <v>390</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H217">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>391</v>
       </c>
       <c r="D218">
         <v>2003</v>
       </c>
       <c r="E218" t="s">
         <v>392</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
         <v>20.0</v>
       </c>
       <c r="H218">
@@ -8562,54 +8562,54 @@
       </c>
       <c r="H258">
         <v>10.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>462</v>
       </c>
       <c r="D259">
         <v>2023</v>
       </c>
       <c r="E259" t="s">
         <v>165</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H259">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>463</v>
       </c>
       <c r="D260">
         <v>2021</v>
       </c>
       <c r="E260" t="s">
         <v>172</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
         <v>115.0</v>
       </c>
       <c r="H260">