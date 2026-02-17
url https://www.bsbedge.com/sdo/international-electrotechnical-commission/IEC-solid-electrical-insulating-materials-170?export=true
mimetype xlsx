--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="494">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -1041,50 +1041,65 @@
     <t>Pressure-sensitive adhesive tapes for electrical purposes - Part 3: Specifications for individual materials - Sheet 14: Polytetrafluoroethylene film tapes with pressure-sensitive adhesive</t>
   </si>
   <si>
     <t>IEC 60454-3-12:2006 (EN-FR)</t>
   </si>
   <si>
     <t>Pressure-sensitive adhesive tapes for electrical purposes - Part 3: Specifications for individual materials - Sheet 12: Requirements for polyethylene and polypropylene film tapes with pressure sensitive adhesive</t>
   </si>
   <si>
     <t>IEC 60454-3-12:2006</t>
   </si>
   <si>
     <t>IEC 60454-3-11:2007 (EN-FR)</t>
   </si>
   <si>
     <t>Pressure-sensitive adhesive tapes for electrical purposes - Part 3: Specifications for individual materials - Sheet 11: Polyester film combinations with glass filament, creped cellulosic paper, polyester non-woven, epoxy and pressure-sensitive adhesive</t>
   </si>
   <si>
     <t>IEC 60454-3-11:2007</t>
   </si>
   <si>
     <t>IEC 60454-3-1:1998+AMD1:2001 CSV (EN-FR)</t>
   </si>
   <si>
     <t>Pressure-sensitive adhesive tapes for electrical purposes - Part 3: Specifications for individual materials - Sheet 1: PVC film tapes with pressure-sensitive adhesive</t>
+  </si>
+  <si>
+    <t>IEC 60450:2004+AMD1:2007 CSV (EN-FR)</t>
+  </si>
+  <si>
+    <t>Measurement of the average viscometric degree of polymerization of new and aged cellulosic electrically insulating materials</t>
+  </si>
+  <si>
+    <t>IEC 60450:2004 (EN-FR)</t>
+  </si>
+  <si>
+    <t>IEC 60450:2004/AMD1:2007 (EN-FR)</t>
+  </si>
+  <si>
+    <t>Amendment 1 - Measurement of the average viscometric degree of polymerization of new and aged cellulosic electrically insulating materials</t>
   </si>
   <si>
     <t>IEC 60454-3-1:1998 (EN-FR)</t>
   </si>
   <si>
     <t>IEC 60454-3-1:1998/AMD1:2001 (EN-FR)</t>
   </si>
   <si>
     <t>Amendment 1 - Pressure-sensitive adhesive tapes for electrical purposes - Part 3: Specifications for individual materials - Sheet 1: PVC film tapes with pressure-sensitive adhesive</t>
   </si>
   <si>
     <t>IEC 60454-3-8:2006 (EN-FR)</t>
   </si>
   <si>
     <t>Pressure-sensitive adhesive tapes for electrical purposes - Part 3: Specifications for individual materials - Sheet 8 - Woven fabric tapes with pressure-sensitive adhesive based on glass, cellulose acetate alone or combined with viscose fibre</t>
   </si>
   <si>
     <t>IEC 60454-3-8:2006</t>
   </si>
   <si>
     <t>IEC 60454-3-7:1998 (EN-FR)</t>
   </si>
   <si>
     <t>Pressure-sensitive adhesive tapes for electrical purposes - Part 3: Specifications for individual materials - Sheet 7: Polyimide film tapes with pressure-sensitive adhesive</t>
   </si>
@@ -1826,51 +1841,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H274"/>
+  <dimension ref="A1:H277"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -6759,1051 +6774,1051 @@
       </c>
       <c r="E189" t="s">
         <v>342</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
         <v>50.0</v>
       </c>
       <c r="H189">
         <v>50.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>343</v>
       </c>
       <c r="D190">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E190" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>20.0</v>
+        <v>300.0</v>
       </c>
       <c r="H190">
-        <v>20.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
+        <v>345</v>
+      </c>
+      <c r="D191">
+        <v>2004</v>
+      </c>
+      <c r="E191" t="s">
         <v>344</v>
       </c>
-      <c r="D191">
-[...4 lines deleted...]
-      </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>10.0</v>
+        <v>160.0</v>
       </c>
       <c r="H191">
-        <v>10.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>346</v>
       </c>
       <c r="D192">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E192" t="s">
         <v>347</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
       <c r="H192">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>348</v>
       </c>
       <c r="D193">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="E193" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
       <c r="H193">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>8</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>349</v>
       </c>
       <c r="D194">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="E194" t="s">
         <v>350</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="H194">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>351</v>
       </c>
       <c r="D195">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E195" t="s">
         <v>352</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>295.0</v>
+        <v>40.0</v>
       </c>
       <c r="H195">
-        <v>295.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>353</v>
       </c>
       <c r="D196">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E196" t="s">
         <v>352</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>295.0</v>
+        <v>40.0</v>
       </c>
       <c r="H196">
-        <v>295.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>354</v>
       </c>
       <c r="D197">
         <v>1998</v>
       </c>
       <c r="E197" t="s">
         <v>355</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
       <c r="H197">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>356</v>
       </c>
       <c r="D198">
         <v>2007</v>
       </c>
       <c r="E198" t="s">
         <v>357</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>10.0</v>
+        <v>295.0</v>
       </c>
       <c r="H198">
-        <v>10.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>358</v>
       </c>
       <c r="D199">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E199" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>20.0</v>
+        <v>295.0</v>
       </c>
       <c r="H199">
-        <v>20.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
+        <v>359</v>
+      </c>
+      <c r="D200">
+        <v>1998</v>
+      </c>
+      <c r="E200" t="s">
         <v>360</v>
       </c>
-      <c r="D200">
-[...4 lines deleted...]
-      </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
       <c r="H200">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
+        <v>361</v>
+      </c>
+      <c r="D201">
+        <v>2007</v>
+      </c>
+      <c r="E201" t="s">
         <v>362</v>
       </c>
-      <c r="D201">
-[...4 lines deleted...]
-      </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="H201">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
+        <v>363</v>
+      </c>
+      <c r="D202">
+        <v>1997</v>
+      </c>
+      <c r="E202" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
         <v>20.0</v>
       </c>
       <c r="H202">
         <v>20.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
+        <v>365</v>
+      </c>
+      <c r="D203">
+        <v>1991</v>
+      </c>
+      <c r="E203" t="s">
         <v>366</v>
       </c>
-      <c r="D203">
-[...4 lines deleted...]
-      </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>155.0</v>
+        <v>20.0</v>
       </c>
       <c r="H203">
-        <v>155.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
+        <v>367</v>
+      </c>
+      <c r="D204">
+        <v>1998</v>
+      </c>
+      <c r="E204" t="s">
         <v>368</v>
       </c>
-      <c r="D204">
-[...4 lines deleted...]
-      </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
       <c r="H204">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
+        <v>369</v>
+      </c>
+      <c r="D205">
+        <v>1995</v>
+      </c>
+      <c r="E205" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
         <v>20.0</v>
       </c>
       <c r="H205">
         <v>20.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
+        <v>371</v>
+      </c>
+      <c r="D206">
+        <v>2001</v>
+      </c>
+      <c r="E206" t="s">
         <v>372</v>
       </c>
-      <c r="D206">
-[...4 lines deleted...]
-      </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
-        <v>80.0</v>
+        <v>155.0</v>
       </c>
       <c r="H206">
-        <v>80.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>373</v>
       </c>
       <c r="D207">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="E207" t="s">
         <v>374</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
       <c r="H207">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>375</v>
       </c>
       <c r="D208">
-        <v>2006</v>
+        <v>1991</v>
       </c>
       <c r="E208" t="s">
         <v>376</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
         <v>20.0</v>
       </c>
       <c r="H208">
         <v>20.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>377</v>
       </c>
       <c r="D209">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E209" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
       <c r="H209">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>378</v>
       </c>
       <c r="D210">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E210" t="s">
-        <v>203</v>
+        <v>379</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
         <v>10.0</v>
       </c>
       <c r="H210">
         <v>10.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D211">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E211" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
       <c r="H211">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
+        <v>382</v>
+      </c>
+      <c r="D212">
+        <v>2006</v>
+      </c>
+      <c r="E212" t="s">
         <v>381</v>
       </c>
-      <c r="D212">
-[...4 lines deleted...]
-      </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
       <c r="H212">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D213">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E213" t="s">
-        <v>383</v>
+        <v>203</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
       <c r="H213">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>384</v>
       </c>
       <c r="D214">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E214" t="s">
         <v>385</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
       <c r="H214">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>386</v>
       </c>
       <c r="D215">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E215" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>10.0</v>
+        <v>80.0</v>
       </c>
       <c r="H215">
-        <v>10.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
+        <v>387</v>
+      </c>
+      <c r="D216">
+        <v>1995</v>
+      </c>
+      <c r="E216" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
         <v>40.0</v>
       </c>
       <c r="H216">
         <v>40.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>389</v>
       </c>
       <c r="D217">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E217" t="s">
         <v>390</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>210.0</v>
+        <v>40.0</v>
       </c>
       <c r="H217">
-        <v>210.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>391</v>
       </c>
       <c r="D218">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E218" t="s">
         <v>392</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="H218">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>393</v>
       </c>
       <c r="D219">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E219" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
       <c r="H219">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>394</v>
       </c>
       <c r="D220">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="E220" t="s">
         <v>395</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>20.0</v>
+        <v>210.0</v>
       </c>
       <c r="H220">
-        <v>20.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>396</v>
       </c>
       <c r="D221">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="E221" t="s">
-        <v>186</v>
+        <v>397</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="H221">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D222">
-        <v>1988</v>
+        <v>2007</v>
       </c>
       <c r="E222" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="H222">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>399</v>
       </c>
       <c r="D223">
-        <v>1976</v>
+        <v>1995</v>
       </c>
       <c r="E223" t="s">
         <v>400</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
         <v>20.0</v>
       </c>
       <c r="H223">
         <v>20.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>401</v>
       </c>
       <c r="D224">
-        <v>1972</v>
+        <v>2006</v>
       </c>
       <c r="E224" t="s">
-        <v>402</v>
+        <v>186</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>80.0</v>
+        <v>10.0</v>
       </c>
       <c r="H224">
-        <v>80.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
+        <v>402</v>
+      </c>
+      <c r="D225">
+        <v>1988</v>
+      </c>
+      <c r="E225" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>404</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
         <v>20.0</v>
       </c>
       <c r="H225">
         <v>20.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
+        <v>404</v>
+      </c>
+      <c r="D226">
+        <v>1976</v>
+      </c>
+      <c r="E226" t="s">
         <v>405</v>
       </c>
-      <c r="D226">
-[...4 lines deleted...]
-      </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>85.0</v>
+        <v>20.0</v>
       </c>
       <c r="H226">
-        <v>85.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
+        <v>406</v>
+      </c>
+      <c r="D227">
+        <v>1972</v>
+      </c>
+      <c r="E227" t="s">
         <v>407</v>
       </c>
-      <c r="D227">
-[...4 lines deleted...]
-      </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
       <c r="H227">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>408</v>
       </c>
       <c r="D228">
-        <v>2009</v>
+        <v>1972</v>
       </c>
       <c r="E228" t="s">
         <v>409</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="H228">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>410</v>
       </c>
       <c r="D229">
         <v>2009</v>
       </c>
       <c r="E229" t="s">
         <v>411</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
         <v>85.0</v>
       </c>
       <c r="H229">
@@ -7851,1154 +7866,1232 @@
       </c>
       <c r="E231" t="s">
         <v>414</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
         <v>10.0</v>
       </c>
       <c r="H231">
         <v>10.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>415</v>
       </c>
       <c r="D232">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E232" t="s">
         <v>416</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>155.0</v>
+        <v>85.0</v>
       </c>
       <c r="H232">
-        <v>155.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>417</v>
       </c>
       <c r="D233">
         <v>2003</v>
       </c>
       <c r="E233" t="s">
         <v>416</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>80.0</v>
+        <v>40.0</v>
       </c>
       <c r="H233">
-        <v>80.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>418</v>
       </c>
       <c r="D234">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E234" t="s">
         <v>419</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
         <v>10.0</v>
       </c>
       <c r="H234">
         <v>10.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>420</v>
       </c>
       <c r="D235">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E235" t="s">
         <v>421</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>85.0</v>
+        <v>155.0</v>
       </c>
       <c r="H235">
-        <v>85.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>422</v>
       </c>
       <c r="D236">
         <v>2003</v>
       </c>
       <c r="E236" t="s">
         <v>421</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
       <c r="H236">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>423</v>
       </c>
       <c r="D237">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E237" t="s">
         <v>424</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
         <v>10.0</v>
       </c>
       <c r="H237">
         <v>10.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>425</v>
       </c>
       <c r="D238">
         <v>2011</v>
       </c>
       <c r="E238" t="s">
         <v>426</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
-        <v>215.0</v>
+        <v>85.0</v>
       </c>
       <c r="H238">
-        <v>215.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>427</v>
       </c>
       <c r="D239">
         <v>2003</v>
       </c>
       <c r="E239" t="s">
         <v>426</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
-        <v>80.0</v>
+        <v>40.0</v>
       </c>
       <c r="H239">
-        <v>80.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>428</v>
       </c>
       <c r="D240">
         <v>2011</v>
       </c>
       <c r="E240" t="s">
         <v>429</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
       <c r="H240">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>430</v>
       </c>
       <c r="D241">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E241" t="s">
         <v>431</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
-        <v>40.0</v>
+        <v>215.0</v>
       </c>
       <c r="H241">
-        <v>40.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>432</v>
       </c>
       <c r="D242">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="E242" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
       <c r="H242">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
+        <v>433</v>
+      </c>
+      <c r="D243">
+        <v>2011</v>
+      </c>
+      <c r="E243" t="s">
         <v>434</v>
       </c>
-      <c r="D243">
-[...4 lines deleted...]
-      </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
       <c r="H243">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
+        <v>435</v>
+      </c>
+      <c r="D244">
+        <v>2012</v>
+      </c>
+      <c r="E244" t="s">
         <v>436</v>
       </c>
-      <c r="D244">
-[...4 lines deleted...]
-      </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
       <c r="H244">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
+        <v>437</v>
+      </c>
+      <c r="D245">
+        <v>2011</v>
+      </c>
+      <c r="E245" t="s">
         <v>438</v>
       </c>
-      <c r="D245">
-[...4 lines deleted...]
-      </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
       <c r="H245">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
+        <v>439</v>
+      </c>
+      <c r="D246">
+        <v>2001</v>
+      </c>
+      <c r="E246" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
         <v>20.0</v>
       </c>
       <c r="H246">
         <v>20.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
+        <v>441</v>
+      </c>
+      <c r="D247">
+        <v>2001</v>
+      </c>
+      <c r="E247" t="s">
         <v>442</v>
       </c>
-      <c r="D247">
-[...4 lines deleted...]
-      </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="H247">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
+        <v>443</v>
+      </c>
+      <c r="D248">
+        <v>2001</v>
+      </c>
+      <c r="E248" t="s">
         <v>444</v>
       </c>
-      <c r="D248">
-[...4 lines deleted...]
-      </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
       <c r="H248">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
+        <v>445</v>
+      </c>
+      <c r="D249">
+        <v>2009</v>
+      </c>
+      <c r="E249" t="s">
         <v>446</v>
       </c>
-      <c r="D249">
-[...4 lines deleted...]
-      </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>155.0</v>
+        <v>20.0</v>
       </c>
       <c r="H249">
-        <v>155.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>447</v>
       </c>
       <c r="D250">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="E250" t="s">
         <v>448</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
       <c r="H250">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>449</v>
       </c>
       <c r="D251">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E251" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
-        <v>110.0</v>
+        <v>20.0</v>
       </c>
       <c r="H251">
-        <v>110.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D252">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E252" t="s">
-        <v>451</v>
+        <v>360</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
         <v>155.0</v>
       </c>
       <c r="H252">
         <v>155.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>452</v>
       </c>
       <c r="D253">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E253" t="s">
         <v>453</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
       <c r="H253">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>454</v>
       </c>
       <c r="D254">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E254" t="s">
-        <v>451</v>
+        <v>411</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
-        <v>80.0</v>
+        <v>110.0</v>
       </c>
       <c r="H254">
-        <v>80.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>455</v>
       </c>
       <c r="D255">
         <v>2017</v>
       </c>
       <c r="E255" t="s">
         <v>456</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>10.0</v>
+        <v>155.0</v>
       </c>
       <c r="H255">
-        <v>10.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>457</v>
       </c>
       <c r="D256">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E256" t="s">
         <v>458</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
-        <v>85.0</v>
+        <v>10.0</v>
       </c>
       <c r="H256">
-        <v>85.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>459</v>
       </c>
       <c r="D257">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="E257" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
       <c r="H257">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>460</v>
       </c>
       <c r="D258">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E258" t="s">
         <v>461</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
         <v>10.0</v>
       </c>
       <c r="H258">
         <v>10.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>462</v>
       </c>
       <c r="D259">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="E259" t="s">
-        <v>165</v>
+        <v>463</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
-        <v>260.0</v>
+        <v>85.0</v>
       </c>
       <c r="H259">
-        <v>260.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
+        <v>464</v>
+      </c>
+      <c r="D260">
+        <v>2003</v>
+      </c>
+      <c r="E260" t="s">
         <v>463</v>
       </c>
-      <c r="D260">
-[...4 lines deleted...]
-      </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
-        <v>115.0</v>
+        <v>40.0</v>
       </c>
       <c r="H260">
-        <v>115.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D261">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="E261" t="s">
-        <v>170</v>
+        <v>466</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="H261">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D262">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="E262" t="s">
-        <v>466</v>
+        <v>165</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
-        <v>40.0</v>
+        <v>260.0</v>
       </c>
       <c r="H262">
-        <v>40.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D263">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="E263" t="s">
-        <v>468</v>
+        <v>172</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
-        <v>10.0</v>
+        <v>115.0</v>
       </c>
       <c r="H263">
-        <v>10.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>469</v>
       </c>
       <c r="D264">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="E264" t="s">
-        <v>470</v>
+        <v>170</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264">
         <v>20.0</v>
       </c>
       <c r="H264">
         <v>20.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="D265">
         <v>2006</v>
       </c>
       <c r="E265" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
-        <v>50.0</v>
+        <v>40.0</v>
       </c>
       <c r="H265">
-        <v>50.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="D266">
         <v>2006</v>
       </c>
       <c r="E266" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
         <v>10.0</v>
       </c>
       <c r="H266">
         <v>10.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>474</v>
       </c>
       <c r="D267">
         <v>2003</v>
       </c>
       <c r="E267" t="s">
         <v>475</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
         <v>20.0</v>
       </c>
       <c r="H267">
         <v>20.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>476</v>
       </c>
       <c r="D268">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="E268" t="s">
         <v>477</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268">
-        <v>20.0</v>
+        <v>50.0</v>
       </c>
       <c r="H268">
-        <v>20.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>478</v>
       </c>
       <c r="D269">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E269" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="H269">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
+        <v>479</v>
+      </c>
+      <c r="D270">
+        <v>2003</v>
+      </c>
+      <c r="E270" t="s">
         <v>480</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270">
         <v>20.0</v>
       </c>
       <c r="H270">
         <v>20.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
+        <v>481</v>
+      </c>
+      <c r="D271">
+        <v>2003</v>
+      </c>
+      <c r="E271" t="s">
         <v>482</v>
       </c>
-      <c r="D271">
-[...4 lines deleted...]
-      </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="H271">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
+        <v>483</v>
+      </c>
+      <c r="D272">
+        <v>2001</v>
+      </c>
+      <c r="E272" t="s">
         <v>484</v>
-      </c>
-[...4 lines deleted...]
-        <v>485</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272">
         <v>20.0</v>
       </c>
       <c r="H272">
         <v>20.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
+        <v>485</v>
+      </c>
+      <c r="D273">
+        <v>1988</v>
+      </c>
+      <c r="E273" t="s">
         <v>486</v>
       </c>
-      <c r="D273">
-[...4 lines deleted...]
-      </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="H273">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>487</v>
       </c>
       <c r="D274">
         <v>2006</v>
       </c>
       <c r="E274" t="s">
         <v>488</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274">
+        <v>10.0</v>
+      </c>
+      <c r="H274">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>8</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>489</v>
+      </c>
+      <c r="D275">
+        <v>2003</v>
+      </c>
+      <c r="E275" t="s">
+        <v>490</v>
+      </c>
+      <c r="F275" t="s">
+        <v>12</v>
+      </c>
+      <c r="G275">
+        <v>20.0</v>
+      </c>
+      <c r="H275">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>8</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>491</v>
+      </c>
+      <c r="D276">
+        <v>2006</v>
+      </c>
+      <c r="E276" t="s">
+        <v>488</v>
+      </c>
+      <c r="F276" t="s">
+        <v>12</v>
+      </c>
+      <c r="G276">
+        <v>10.0</v>
+      </c>
+      <c r="H276">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>8</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>492</v>
+      </c>
+      <c r="D277">
+        <v>2006</v>
+      </c>
+      <c r="E277" t="s">
+        <v>493</v>
+      </c>
+      <c r="F277" t="s">
+        <v>12</v>
+      </c>
+      <c r="G277">
         <v>50.0</v>
       </c>
-      <c r="H274">
+      <c r="H277">
         <v>50.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>