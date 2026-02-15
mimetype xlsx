--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -735,184 +735,184 @@
       </c>
       <c r="H3">
         <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H4">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>115.0</v>
       </c>
       <c r="H5">
         <v>115.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H6">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>115.0</v>
       </c>
       <c r="H7">
         <v>115.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H8">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
         <v>2024</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>505.0</v>
+        <v>520.0</v>
       </c>
       <c r="H9">
-        <v>505.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
         <v>80.0</v>
       </c>
       <c r="H10">
@@ -943,54 +943,54 @@
       </c>
       <c r="H11">
         <v>136.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12">
         <v>2024</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
       <c r="H12">
-        <v>425.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>29</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>0.0</v>
       </c>
       <c r="H13">
@@ -1255,54 +1255,54 @@
       </c>
       <c r="H23">
         <v>10.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>47</v>
       </c>
       <c r="D24">
         <v>2022</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H24">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>49</v>
       </c>
       <c r="D25">
         <v>2021</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
         <v>80.0</v>
       </c>
       <c r="H25">
@@ -1437,54 +1437,54 @@
       </c>
       <c r="H30">
         <v>40.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>59</v>
       </c>
       <c r="D31">
         <v>2016</v>
       </c>
       <c r="E31" t="s">
         <v>60</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H31">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>61</v>
       </c>
       <c r="D32">
         <v>2004</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
         <v>10.0</v>
       </c>
       <c r="H32">
@@ -1541,54 +1541,54 @@
       </c>
       <c r="H34">
         <v>10.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>65</v>
       </c>
       <c r="D35">
         <v>1993</v>
       </c>
       <c r="E35" t="s">
         <v>66</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H35">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>67</v>
       </c>
       <c r="D36">
         <v>2004</v>
       </c>
       <c r="E36" t="s">
         <v>68</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
         <v>10.0</v>
       </c>
       <c r="H36">
@@ -1619,54 +1619,54 @@
       </c>
       <c r="H37">
         <v>20.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>71</v>
       </c>
       <c r="D38">
         <v>2022</v>
       </c>
       <c r="E38" t="s">
         <v>72</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H38">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>73</v>
       </c>
       <c r="D39">
         <v>2020</v>
       </c>
       <c r="E39" t="s">
         <v>74</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
         <v>136.0</v>
       </c>
       <c r="H39">
@@ -1801,106 +1801,106 @@
       </c>
       <c r="H44">
         <v>115.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>82</v>
       </c>
       <c r="D45">
         <v>1995</v>
       </c>
       <c r="E45" t="s">
         <v>83</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H45">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>82</v>
       </c>
       <c r="D46">
         <v>1995</v>
       </c>
       <c r="E46" t="s">
         <v>83</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H46">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>84</v>
       </c>
       <c r="D47">
         <v>1993</v>
       </c>
       <c r="E47" t="s">
         <v>85</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H47">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>86</v>
       </c>
       <c r="D48">
         <v>1975</v>
       </c>
       <c r="E48" t="s">
         <v>87</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
         <v>20.0</v>
       </c>
       <c r="H48">