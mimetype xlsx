--- v0 (2025-10-17)
+++ v1 (2026-02-18)
@@ -530,80 +530,80 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>765.0</v>
+        <v>808.0</v>
       </c>
       <c r="H2">
-        <v>765.0</v>
+        <v>808.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H3">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>40.0</v>
       </c>
       <c r="H4">
@@ -686,262 +686,262 @@
       </c>
       <c r="H7">
         <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
         <v>2017</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H8">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
         <v>2011</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>40.0</v>
       </c>
       <c r="H9">
         <v>40.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
         <v>2005</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H10">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
         <v>2000</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H11">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12">
         <v>2016</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H12">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13">
         <v>2016</v>
       </c>
       <c r="E13" t="s">
         <v>30</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
       <c r="H13">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14">
         <v>2023</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>900.0</v>
+        <v>950.0</v>
       </c>
       <c r="H14">
-        <v>900.0</v>
+        <v>950.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15">
         <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="H15">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16">
         <v>2017</v>
       </c>
       <c r="E16" t="s">
         <v>36</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H16">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17">
         <v>2004</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
         <v>80.0</v>
       </c>
       <c r="H17">