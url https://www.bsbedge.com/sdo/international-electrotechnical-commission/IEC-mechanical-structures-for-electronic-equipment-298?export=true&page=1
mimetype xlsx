--- v0 (2025-12-12)
+++ v1 (2026-03-11)
@@ -785,80 +785,80 @@
       </c>
       <c r="H4">
         <v>196.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
         <v>2007</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H5">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2005</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H6">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7">
         <v>2011</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>20.0</v>
       </c>
       <c r="H7">
@@ -915,80 +915,80 @@
       </c>
       <c r="H9">
         <v>80.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
         <v>2014</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H10">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
         <v>2012</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H11">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12">
         <v>2010</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
         <v>80.0</v>
       </c>
       <c r="H12">
@@ -1175,184 +1175,184 @@
       </c>
       <c r="H19">
         <v>115.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20">
         <v>2020</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H20">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21">
         <v>2021</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
         <v>115.0</v>
       </c>
       <c r="H21">
         <v>115.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>48</v>
       </c>
       <c r="D22">
         <v>2022</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H22">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>50</v>
       </c>
       <c r="D23">
         <v>2004</v>
       </c>
       <c r="E23" t="s">
         <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H23">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24">
         <v>2004</v>
       </c>
       <c r="E24" t="s">
         <v>51</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H24">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>53</v>
       </c>
       <c r="D25">
         <v>2023</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H25">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>55</v>
       </c>
       <c r="D26">
         <v>2018</v>
       </c>
       <c r="E26" t="s">
         <v>56</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>115.0</v>
       </c>
       <c r="H26">
@@ -1383,106 +1383,106 @@
       </c>
       <c r="H27">
         <v>80.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>59</v>
       </c>
       <c r="D28">
         <v>2015</v>
       </c>
       <c r="E28" t="s">
         <v>60</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H28">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>61</v>
       </c>
       <c r="D29">
         <v>2020</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H29">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>63</v>
       </c>
       <c r="D30">
         <v>2020</v>
       </c>
       <c r="E30" t="s">
         <v>62</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H30">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>64</v>
       </c>
       <c r="D31">
         <v>2018</v>
       </c>
       <c r="E31" t="s">
         <v>65</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
         <v>115.0</v>
       </c>
       <c r="H31">
@@ -1539,80 +1539,80 @@
       </c>
       <c r="H33">
         <v>115.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>70</v>
       </c>
       <c r="D34">
         <v>2009</v>
       </c>
       <c r="E34" t="s">
         <v>71</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H34">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>72</v>
       </c>
       <c r="D35">
         <v>2009</v>
       </c>
       <c r="E35" t="s">
         <v>73</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H35">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>74</v>
       </c>
       <c r="D36">
         <v>1993</v>
       </c>
       <c r="E36" t="s">
         <v>75</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
         <v>40.0</v>
       </c>
       <c r="H36">
@@ -1669,132 +1669,132 @@
       </c>
       <c r="H38">
         <v>80.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>80</v>
       </c>
       <c r="D39">
         <v>2006</v>
       </c>
       <c r="E39" t="s">
         <v>81</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H39">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>82</v>
       </c>
       <c r="D40">
         <v>1994</v>
       </c>
       <c r="E40" t="s">
         <v>83</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H40">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>84</v>
       </c>
       <c r="D41">
         <v>2006</v>
       </c>
       <c r="E41" t="s">
         <v>81</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H41">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>85</v>
       </c>
       <c r="D42">
         <v>2013</v>
       </c>
       <c r="E42" t="s">
         <v>86</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H42">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>87</v>
       </c>
       <c r="D43">
         <v>2012</v>
       </c>
       <c r="E43" t="s">
         <v>88</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
         <v>80.0</v>
       </c>
       <c r="H43">
@@ -1877,80 +1877,80 @@
       </c>
       <c r="H46">
         <v>115.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>95</v>
       </c>
       <c r="D47">
         <v>2019</v>
       </c>
       <c r="E47" t="s">
         <v>96</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
       <c r="H47">
-        <v>340.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>97</v>
       </c>
       <c r="D48">
         <v>2019</v>
       </c>
       <c r="E48" t="s">
         <v>96</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H48">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">