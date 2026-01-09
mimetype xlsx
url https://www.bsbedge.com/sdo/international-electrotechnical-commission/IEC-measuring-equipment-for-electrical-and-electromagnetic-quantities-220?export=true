--- v0 (2025-10-05)
+++ v1 (2026-01-09)
@@ -959,54 +959,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H2">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>115.0</v>
       </c>
       <c r="H3">
@@ -1063,54 +1063,54 @@
       </c>
       <c r="H5">
         <v>136.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>285.0</v>
+        <v>300.0</v>
       </c>
       <c r="H6">
-        <v>285.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>10.0</v>
       </c>
       <c r="H7">
@@ -1167,184 +1167,184 @@
       </c>
       <c r="H9">
         <v>80.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H10">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
         <v>2024</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
         <v>80.0</v>
       </c>
       <c r="H11">
         <v>80.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12">
         <v>2024</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H12">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>500.0</v>
+        <v>520.0</v>
       </c>
       <c r="H13">
-        <v>500.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14">
         <v>2023</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H14">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15">
         <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H15">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16">
         <v>2022</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
         <v>0.0</v>
       </c>
       <c r="H16">
@@ -1453,80 +1453,80 @@
       </c>
       <c r="H20">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21">
         <v>2017</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H21">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>47</v>
       </c>
       <c r="D22">
         <v>2019</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H22">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>49</v>
       </c>
       <c r="D23">
         <v>1975</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
         <v>80.0</v>
       </c>
       <c r="H23">
@@ -1557,54 +1557,54 @@
       </c>
       <c r="H24">
         <v>10.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>53</v>
       </c>
       <c r="D25">
         <v>2005</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H25">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>55</v>
       </c>
       <c r="D26">
         <v>1977</v>
       </c>
       <c r="E26" t="s">
         <v>56</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>80.0</v>
       </c>
       <c r="H26">
@@ -1661,158 +1661,158 @@
       </c>
       <c r="H28">
         <v>10.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>61</v>
       </c>
       <c r="D29">
         <v>2021</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>1030.0</v>
+        <v>1050.0</v>
       </c>
       <c r="H29">
-        <v>1030.0</v>
+        <v>1050.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>63</v>
       </c>
       <c r="D30">
         <v>2021</v>
       </c>
       <c r="E30" t="s">
         <v>64</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H30">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>65</v>
       </c>
       <c r="D31">
         <v>2017</v>
       </c>
       <c r="E31" t="s">
         <v>62</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H31">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>66</v>
       </c>
       <c r="D32">
         <v>2017</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H32">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33">
         <v>2017</v>
       </c>
       <c r="E33" t="s">
         <v>68</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H33">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>69</v>
       </c>
       <c r="D34">
         <v>1997</v>
       </c>
       <c r="E34" t="s">
         <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
         <v>10.0</v>
       </c>
       <c r="H34">
@@ -1843,106 +1843,106 @@
       </c>
       <c r="H35">
         <v>10.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>73</v>
       </c>
       <c r="D36">
         <v>1978</v>
       </c>
       <c r="E36" t="s">
         <v>74</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H36">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>75</v>
       </c>
       <c r="D37">
         <v>1978</v>
       </c>
       <c r="E37" t="s">
         <v>76</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H37">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>77</v>
       </c>
       <c r="D38">
         <v>1990</v>
       </c>
       <c r="E38" t="s">
         <v>78</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H38">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>79</v>
       </c>
       <c r="D39">
         <v>1997</v>
       </c>
       <c r="E39" t="s">
         <v>80</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
         <v>10.0</v>
       </c>
       <c r="H39">
@@ -2181,54 +2181,54 @@
       </c>
       <c r="H48">
         <v>115.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>99</v>
       </c>
       <c r="D49">
         <v>2016</v>
       </c>
       <c r="E49" t="s">
         <v>100</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H49">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>101</v>
       </c>
       <c r="D50">
         <v>2017</v>
       </c>
       <c r="E50" t="s">
         <v>102</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
         <v>80.0</v>
       </c>
       <c r="H50">
@@ -2337,54 +2337,54 @@
       </c>
       <c r="H54">
         <v>20.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>111</v>
       </c>
       <c r="D55">
         <v>2022</v>
       </c>
       <c r="E55" t="s">
         <v>112</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H55">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>113</v>
       </c>
       <c r="D56">
         <v>1978</v>
       </c>
       <c r="E56" t="s">
         <v>114</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
         <v>115.0</v>
       </c>
       <c r="H56">
@@ -2415,80 +2415,80 @@
       </c>
       <c r="H57">
         <v>68.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>117</v>
       </c>
       <c r="D58">
         <v>2019</v>
       </c>
       <c r="E58" t="s">
         <v>19</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
       <c r="H58">
-        <v>264.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>118</v>
       </c>
       <c r="D59">
         <v>2021</v>
       </c>
       <c r="E59" t="s">
         <v>119</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H59">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>120</v>
       </c>
       <c r="D60">
         <v>2019</v>
       </c>
       <c r="E60" t="s">
         <v>121</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
         <v>80.0</v>
       </c>
       <c r="H60">
@@ -2597,158 +2597,158 @@
       </c>
       <c r="H64">
         <v>80.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>130</v>
       </c>
       <c r="D65">
         <v>2018</v>
       </c>
       <c r="E65" t="s">
         <v>131</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>655.0</v>
+        <v>689.0</v>
       </c>
       <c r="H65">
-        <v>655.0</v>
+        <v>689.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>132</v>
       </c>
       <c r="D66">
         <v>2018</v>
       </c>
       <c r="E66" t="s">
         <v>131</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H66">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>133</v>
       </c>
       <c r="D67">
         <v>1992</v>
       </c>
       <c r="E67" t="s">
         <v>134</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
         <v>40.0</v>
       </c>
       <c r="H67">
         <v>40.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>135</v>
       </c>
       <c r="D68">
         <v>1997</v>
       </c>
       <c r="E68" t="s">
         <v>136</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
       <c r="H68">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>137</v>
       </c>
       <c r="D69">
         <v>1992</v>
       </c>
       <c r="E69" t="s">
         <v>136</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H69">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>138</v>
       </c>
       <c r="D70">
         <v>1997</v>
       </c>
       <c r="E70" t="s">
         <v>139</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
         <v>10.0</v>
       </c>
       <c r="H70">
@@ -2779,132 +2779,132 @@
       </c>
       <c r="H71">
         <v>115.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>142</v>
       </c>
       <c r="D72">
         <v>1968</v>
       </c>
       <c r="E72" t="s">
         <v>143</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H72">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>144</v>
       </c>
       <c r="D73">
         <v>1976</v>
       </c>
       <c r="E73" t="s">
         <v>145</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
         <v>20.0</v>
       </c>
       <c r="H73">
         <v>20.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>146</v>
       </c>
       <c r="D74">
         <v>2015</v>
       </c>
       <c r="E74" t="s">
         <v>147</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H74">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>148</v>
       </c>
       <c r="D75">
         <v>2001</v>
       </c>
       <c r="E75" t="s">
         <v>149</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H75">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>150</v>
       </c>
       <c r="D76">
         <v>2023</v>
       </c>
       <c r="E76" t="s">
         <v>151</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
         <v>115.0</v>
       </c>
       <c r="H76">
@@ -2935,158 +2935,158 @@
       </c>
       <c r="H77">
         <v>20.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>154</v>
       </c>
       <c r="D78">
         <v>2021</v>
       </c>
       <c r="E78" t="s">
         <v>131</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>1030.0</v>
+        <v>1050.0</v>
       </c>
       <c r="H78">
-        <v>1030.0</v>
+        <v>1050.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>155</v>
       </c>
       <c r="D79">
         <v>2023</v>
       </c>
       <c r="E79" t="s">
         <v>156</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H79">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>157</v>
       </c>
       <c r="D80">
         <v>2014</v>
       </c>
       <c r="E80" t="s">
         <v>158</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H80">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>159</v>
       </c>
       <c r="D81">
         <v>2020</v>
       </c>
       <c r="E81" t="s">
         <v>125</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
         <v>136.0</v>
       </c>
       <c r="H81">
         <v>136.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>160</v>
       </c>
       <c r="D82">
         <v>2023</v>
       </c>
       <c r="E82" t="s">
         <v>161</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H82">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>162</v>
       </c>
       <c r="D83">
         <v>2019</v>
       </c>
       <c r="E83" t="s">
         <v>163</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
         <v>68.0</v>
       </c>
       <c r="H83">
@@ -3195,54 +3195,54 @@
       </c>
       <c r="H87">
         <v>40.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>169</v>
       </c>
       <c r="D88">
         <v>2019</v>
       </c>
       <c r="E88" t="s">
         <v>19</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H88">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>170</v>
       </c>
       <c r="D89">
         <v>2019</v>
       </c>
       <c r="E89" t="s">
         <v>127</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
         <v>136.0</v>
       </c>
       <c r="H89">
@@ -3273,54 +3273,54 @@
       </c>
       <c r="H90">
         <v>136.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>172</v>
       </c>
       <c r="D91">
         <v>2014</v>
       </c>
       <c r="E91" t="s">
         <v>173</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H91">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>174</v>
       </c>
       <c r="D92">
         <v>2019</v>
       </c>
       <c r="E92" t="s">
         <v>123</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
         <v>136.0</v>
       </c>
       <c r="H92">
@@ -3351,106 +3351,106 @@
       </c>
       <c r="H93">
         <v>68.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>176</v>
       </c>
       <c r="D94">
         <v>2013</v>
       </c>
       <c r="E94" t="s">
         <v>177</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H94">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>178</v>
       </c>
       <c r="D95">
         <v>2022</v>
       </c>
       <c r="E95" t="s">
         <v>179</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H95">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>180</v>
       </c>
       <c r="D96">
         <v>2022</v>
       </c>
       <c r="E96" t="s">
         <v>181</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H96">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">