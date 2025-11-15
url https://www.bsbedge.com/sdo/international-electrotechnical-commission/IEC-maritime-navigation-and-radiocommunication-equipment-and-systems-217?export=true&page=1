--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -44,59 +44,68 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>IEC</t>
   </si>
   <si>
+    <t>IEC 62065:2025</t>
+  </si>
+  <si>
+    <t>Maritime navigation and radiocommunication equipment and systems - Track control systems - Operational and performance requirements, test methods and required test results</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>IEC 62065:2025 (EN-FR)</t>
+  </si>
+  <si>
     <t>IEC 61097-9:2025</t>
   </si>
   <si>
     <t>Global maritime distress and safety system (GMDSS) - Part 9: Shipborne transmitters and receivers for use in the MF and HF bands suitable for telephony, digital selective calling (DSC) and reception of maritime safety information and search and rescue related information - Operational and performance requirements, test methods and required test results</t>
   </si>
   <si>
-    <t>CHF</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 61097-7:2025</t>
   </si>
   <si>
     <t>Global maritime distress and safety system (GMDSS) - Part 7: Shipborne VHF radiotelephone transmitter and receiver - Operational and performance requirements, test methods and required test results</t>
   </si>
   <si>
     <t>IEC 62288:2021/AMD1:2024 (EN-FR)</t>
   </si>
   <si>
     <t>Amendment 1 - Maritime navigation and radiocommunication equipment and systems - Presentation of navigation-related information on shipborne navigational displays - General requirements, methods of testing and required test results</t>
   </si>
   <si>
     <t>IEC 62288:2021+AMD1:2024 CSV</t>
   </si>
   <si>
     <t>Maritime navigation and radiocommunication equipment and systems - Presentation of navigation-related information on shipborne navigational displays - General requirements, methods of testing and required test results</t>
   </si>
   <si>
     <t>IEC 61162-460:2024/COR1:2024</t>
   </si>
   <si>
     <t>Corrigendum 1 - Maritime navigation and radiocommunication equipment and systems - Digital interfaces - Part 460: Multiple talkers and multiple listeners - Ethernet interconnection - Safety and security</t>
   </si>
   <si>
     <t>IEC 61108-7:2024</t>
@@ -180,59 +189,50 @@
     <t>Corrigendum 1 - Maritime navigation and radiocommunication equipment and systems - Shipborne voyage data recorder (VDR) - Part 1: Performance requirements, methods of testing and required test results</t>
   </si>
   <si>
     <t>IEC 61097-2:2021/COR1:2021</t>
   </si>
   <si>
     <t>Corrigendum 1 - Global maritime distress and safety system (GMDSS) - Part 2: Cospas-Sarsat EPIRB - Emergency position indicating radio beacon operating on 406 MHz - Operational and performance requirements, methods of testing and required test results</t>
   </si>
   <si>
     <t>IEC 60945:2002/COR1:2008 (EN-FR)</t>
   </si>
   <si>
     <t xml:space="preserve">Corrigendum 1 - Maritime navigation and radiocommunication equipment and systems - General requirements - Methods of testing and required test results </t>
   </si>
   <si>
     <t>IEC 62616:2010/COR1:2012</t>
   </si>
   <si>
     <t xml:space="preserve">Corrigendum 1 - Maritime navigation and radiocommunication equipment and systems - Bridge navigational watch alarm system (BNWAS) </t>
   </si>
   <si>
     <t>IEC PAS 62923-101:2022</t>
   </si>
   <si>
     <t>Maritime navigation and radiocommunication equipment and systems - Bridge alert management - Part 101: Guideline on implementation</t>
-  </si>
-[...7 lines deleted...]
-    <t>IEC 62065:2014</t>
   </si>
   <si>
     <t>IEC 62729:2012 (EN-FR)</t>
   </si>
   <si>
     <t>Maritime navigation and radiocommunication equipment and systems - Shipborne equipment for long-range identification and tracking (LRIT) - Performance requirements</t>
   </si>
   <si>
     <t>IEC 62729:2012</t>
   </si>
   <si>
     <t>IEC 62238:2003</t>
   </si>
   <si>
     <t>Maritime navigation and radiocommunication equipment and systems  - VHF radiotelephone equipment incorporating Class "D" Digital Selective Calling (DSC) - Methods of testing and required test results</t>
   </si>
   <si>
     <t>IEC 61996-1:2013/AMD1:2021 (EN-FR)</t>
   </si>
   <si>
     <t>Amendment 1 - Maritime navigation and radiocommunication equipment and systems - Shipborne voyage data recorder (VDR) - Part 1: Performance requirements, methods of testing and required test results</t>
   </si>
   <si>
     <t>IEC 61996-1:2013/AMD1:2021</t>
   </si>
@@ -1019,730 +1019,730 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>450.0</v>
+        <v>385.0</v>
       </c>
       <c r="H2">
-        <v>450.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>410.0</v>
+        <v>385.0</v>
       </c>
       <c r="H3">
-        <v>410.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4">
+        <v>2025</v>
+      </c>
+      <c r="E4" t="s">
         <v>15</v>
       </c>
-      <c r="D4">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>10.0</v>
+        <v>450.0</v>
       </c>
       <c r="H4">
-        <v>10.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5">
+        <v>2025</v>
+      </c>
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="D5">
-[...4 lines deleted...]
-      </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>790.0</v>
+        <v>410.0</v>
       </c>
       <c r="H5">
-        <v>790.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>0.0</v>
+        <v>10.0</v>
       </c>
       <c r="H6">
-        <v>0.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>365.0</v>
+        <v>790.0</v>
       </c>
       <c r="H7">
-        <v>365.0</v>
+        <v>790.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D8">
         <v>2024</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>770.0</v>
+        <v>0.0</v>
       </c>
       <c r="H8">
-        <v>770.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9">
         <v>2024</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>770.0</v>
+        <v>365.0</v>
       </c>
       <c r="H9">
-        <v>770.0</v>
+        <v>365.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D10">
         <v>2024</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>160.0</v>
+        <v>770.0</v>
       </c>
       <c r="H10">
-        <v>160.0</v>
+        <v>770.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D11">
         <v>2024</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>385.0</v>
+        <v>770.0</v>
       </c>
       <c r="H11">
-        <v>385.0</v>
+        <v>770.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12">
         <v>2024</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>80.0</v>
+        <v>160.0</v>
       </c>
       <c r="H12">
-        <v>80.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>385.0</v>
       </c>
       <c r="H13">
         <v>385.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D14">
         <v>2024</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>450.0</v>
+        <v>80.0</v>
       </c>
       <c r="H14">
-        <v>450.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15">
         <v>2024</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>900.0</v>
+        <v>385.0</v>
       </c>
       <c r="H15">
-        <v>900.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>36</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>500.0</v>
+        <v>450.0</v>
       </c>
       <c r="H16">
-        <v>500.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17">
         <v>2024</v>
       </c>
       <c r="E17" t="s">
         <v>36</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>250.0</v>
+        <v>900.0</v>
       </c>
       <c r="H17">
-        <v>250.0</v>
+        <v>900.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>0.0</v>
+        <v>500.0</v>
       </c>
       <c r="H18">
-        <v>0.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>20.0</v>
+        <v>250.0</v>
       </c>
       <c r="H19">
-        <v>20.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D20">
         <v>2023</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>465.0</v>
+        <v>0.0</v>
       </c>
       <c r="H20">
-        <v>465.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21">
+        <v>2023</v>
+      </c>
+      <c r="E21" t="s">
         <v>44</v>
       </c>
-      <c r="D21">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="H21">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
+        <v>45</v>
+      </c>
+      <c r="D22">
+        <v>2023</v>
+      </c>
+      <c r="E22" t="s">
         <v>46</v>
       </c>
-      <c r="D22">
-[...4 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>0.0</v>
+        <v>465.0</v>
       </c>
       <c r="H22">
-        <v>0.0</v>
+        <v>465.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
+        <v>47</v>
+      </c>
+      <c r="D23">
+        <v>2014</v>
+      </c>
+      <c r="E23" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
         <v>0.0</v>
       </c>
       <c r="H23">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D24">
+        <v>2014</v>
+      </c>
+      <c r="E24" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
         <v>0.0</v>
       </c>
       <c r="H24">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
+        <v>51</v>
+      </c>
+      <c r="D25">
+        <v>2021</v>
+      </c>
+      <c r="E25" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
         <v>0.0</v>
       </c>
       <c r="H25">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26">
+        <v>2008</v>
+      </c>
+      <c r="E26" t="s">
         <v>54</v>
       </c>
-      <c r="D26">
-[...4 lines deleted...]
-      </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>250.0</v>
+        <v>0.0</v>
       </c>
       <c r="H26">
-        <v>250.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
+        <v>55</v>
+      </c>
+      <c r="D27">
+        <v>2012</v>
+      </c>
+      <c r="E27" t="s">
         <v>56</v>
       </c>
-      <c r="D27">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>385.0</v>
+        <v>0.0</v>
       </c>
       <c r="H27">
-        <v>385.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
+        <v>57</v>
+      </c>
+      <c r="D28">
+        <v>2022</v>
+      </c>
+      <c r="E28" t="s">
         <v>58</v>
       </c>
-      <c r="D28">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>385.0</v>
+        <v>250.0</v>
       </c>
       <c r="H28">
-        <v>385.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>59</v>
       </c>
       <c r="D29">
         <v>2012</v>
       </c>
       <c r="E29" t="s">
         <v>60</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
         <v>155.0</v>
       </c>
       <c r="H29">
@@ -2625,51 +2625,51 @@
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
         <v>385.0</v>
       </c>
       <c r="H63">
         <v>385.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>115</v>
       </c>
       <c r="D64">
         <v>2021</v>
       </c>
       <c r="E64" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>900.0</v>
       </c>
       <c r="H64">
         <v>900.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>116</v>
       </c>
       <c r="D65">
         <v>2015</v>
       </c>
       <c r="E65" t="s">
@@ -2677,51 +2677,51 @@
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
         <v>385.0</v>
       </c>
       <c r="H65">
         <v>385.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>118</v>
       </c>
       <c r="D66">
         <v>2021</v>
       </c>
       <c r="E66" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
         <v>450.0</v>
       </c>
       <c r="H66">
         <v>450.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>119</v>
       </c>
       <c r="D67">
         <v>2015</v>
       </c>
       <c r="E67" t="s">
@@ -3483,51 +3483,51 @@
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
         <v>450.0</v>
       </c>
       <c r="H96">
         <v>450.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>168</v>
       </c>
       <c r="D97">
         <v>2017</v>
       </c>
       <c r="E97" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
         <v>440.0</v>
       </c>
       <c r="H97">
         <v>440.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>169</v>
       </c>
       <c r="D98">
         <v>2010</v>
       </c>
       <c r="E98" t="s">