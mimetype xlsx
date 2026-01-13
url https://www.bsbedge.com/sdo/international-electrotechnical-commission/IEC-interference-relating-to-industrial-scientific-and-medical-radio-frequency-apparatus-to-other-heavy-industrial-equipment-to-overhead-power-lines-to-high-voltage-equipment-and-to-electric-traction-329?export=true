--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -520,236 +520,236 @@
       </c>
       <c r="H2">
         <v>115.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2024</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H3">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>770.0</v>
+        <v>810.0</v>
       </c>
       <c r="H4">
-        <v>770.0</v>
+        <v>810.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
         <v>2017</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
       <c r="H5">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2017</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>544.0</v>
+        <v>570.0</v>
       </c>
       <c r="H6">
-        <v>544.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7">
         <v>2017</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
       <c r="H7">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
         <v>2017</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H8">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
         <v>2017</v>
       </c>
       <c r="E9" t="s">
         <v>19</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H9">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10">
         <v>2017</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H10">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11">
         <v>1997</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
         <v>20.0</v>
       </c>
       <c r="H11">