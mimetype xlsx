--- v0 (2025-10-25)
+++ v1 (2026-02-04)
@@ -920,80 +920,80 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>1991</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H2">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>1999</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H3">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>1982</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>40.0</v>
       </c>
       <c r="H4">
@@ -1024,184 +1024,184 @@
       </c>
       <c r="H5">
         <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>1983</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H6">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>1999</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H7">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>1982</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
         <v>80.0</v>
       </c>
       <c r="H8">
         <v>80.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>1984</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H9">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>1996</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
         <v>10.0</v>
       </c>
       <c r="H10">
         <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>1981</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H11">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>1981</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
         <v>10.0</v>
       </c>
       <c r="H12">
@@ -1362,132 +1362,132 @@
       </c>
       <c r="H18">
         <v>20.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>1993</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H19">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>1995</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H20">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>1993</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H21">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>1997</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>300.0</v>
+        <v>325.0</v>
       </c>
       <c r="H22">
-        <v>300.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23">
         <v>1990</v>
       </c>
       <c r="E23" t="s">
         <v>53</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
         <v>115.0</v>
       </c>
       <c r="H23">
@@ -1570,54 +1570,54 @@
       </c>
       <c r="H26">
         <v>20.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>60</v>
       </c>
       <c r="D27">
         <v>1996</v>
       </c>
       <c r="E27" t="s">
         <v>61</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H27">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>62</v>
       </c>
       <c r="D28">
         <v>1992</v>
       </c>
       <c r="E28" t="s">
         <v>63</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
         <v>20.0</v>
       </c>
       <c r="H28">
@@ -1648,80 +1648,80 @@
       </c>
       <c r="H29">
         <v>10.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>66</v>
       </c>
       <c r="D30">
         <v>1994</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H30">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>68</v>
       </c>
       <c r="D31">
         <v>1995</v>
       </c>
       <c r="E31" t="s">
         <v>69</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H31">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>70</v>
       </c>
       <c r="D32">
         <v>1986</v>
       </c>
       <c r="E32" t="s">
         <v>71</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
         <v>80.0</v>
       </c>
       <c r="H32">
@@ -1856,80 +1856,80 @@
       </c>
       <c r="H37">
         <v>80.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>82</v>
       </c>
       <c r="D38">
         <v>1984</v>
       </c>
       <c r="E38" t="s">
         <v>83</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H38">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>84</v>
       </c>
       <c r="D39">
         <v>1992</v>
       </c>
       <c r="E39" t="s">
         <v>85</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H39">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>86</v>
       </c>
       <c r="D40">
         <v>1992</v>
       </c>
       <c r="E40" t="s">
         <v>87</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
         <v>80.0</v>
       </c>
       <c r="H40">
@@ -2116,54 +2116,54 @@
       </c>
       <c r="H47">
         <v>0.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>102</v>
       </c>
       <c r="D48">
         <v>1993</v>
       </c>
       <c r="E48" t="s">
         <v>103</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H48">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>104</v>
       </c>
       <c r="D49">
         <v>1992</v>
       </c>
       <c r="E49" t="s">
         <v>105</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
         <v>80.0</v>
       </c>
       <c r="H49">
@@ -2220,106 +2220,106 @@
       </c>
       <c r="H51">
         <v>10.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>110</v>
       </c>
       <c r="D52">
         <v>1995</v>
       </c>
       <c r="E52" t="s">
         <v>111</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H52">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>112</v>
       </c>
       <c r="D53">
         <v>1996</v>
       </c>
       <c r="E53" t="s">
         <v>113</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
         <v>20.0</v>
       </c>
       <c r="H53">
         <v>20.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54">
         <v>1994</v>
       </c>
       <c r="E54" t="s">
         <v>115</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H54">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>116</v>
       </c>
       <c r="D55">
         <v>1992</v>
       </c>
       <c r="E55" t="s">
         <v>117</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
         <v>115.0</v>
       </c>
       <c r="H55">
@@ -2376,54 +2376,54 @@
       </c>
       <c r="H57">
         <v>115.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>122</v>
       </c>
       <c r="D58">
         <v>1978</v>
       </c>
       <c r="E58" t="s">
         <v>123</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H58">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>124</v>
       </c>
       <c r="D59">
         <v>1989</v>
       </c>
       <c r="E59" t="s">
         <v>125</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
         <v>20.0</v>
       </c>
       <c r="H59">
@@ -2506,236 +2506,236 @@
       </c>
       <c r="H62">
         <v>40.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>132</v>
       </c>
       <c r="D63">
         <v>1992</v>
       </c>
       <c r="E63" t="s">
         <v>133</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H63">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>134</v>
       </c>
       <c r="D64">
         <v>1988</v>
       </c>
       <c r="E64" t="s">
         <v>135</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>115.0</v>
       </c>
       <c r="H64">
         <v>115.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>136</v>
       </c>
       <c r="D65">
         <v>1988</v>
       </c>
       <c r="E65" t="s">
         <v>137</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H65">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>138</v>
       </c>
       <c r="D66">
         <v>1986</v>
       </c>
       <c r="E66" t="s">
         <v>139</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
         <v>80.0</v>
       </c>
       <c r="H66">
         <v>80.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>140</v>
       </c>
       <c r="D67">
         <v>2000</v>
       </c>
       <c r="E67" t="s">
         <v>141</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H67">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>142</v>
       </c>
       <c r="D68">
         <v>1986</v>
       </c>
       <c r="E68" t="s">
         <v>143</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
         <v>40.0</v>
       </c>
       <c r="H68">
         <v>40.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>144</v>
       </c>
       <c r="D69">
         <v>1999</v>
       </c>
       <c r="E69" t="s">
         <v>145</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
       <c r="H69">
-        <v>410.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>146</v>
       </c>
       <c r="D70">
         <v>1987</v>
       </c>
       <c r="E70" t="s">
         <v>147</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H70">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>148</v>
       </c>
       <c r="D71">
         <v>1984</v>
       </c>
       <c r="E71" t="s">
         <v>149</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>115.0</v>
       </c>
       <c r="H71">
@@ -2766,210 +2766,210 @@
       </c>
       <c r="H72">
         <v>80.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>152</v>
       </c>
       <c r="D73">
         <v>1991</v>
       </c>
       <c r="E73" t="s">
         <v>153</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H73">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>154</v>
       </c>
       <c r="D74">
         <v>1984</v>
       </c>
       <c r="E74" t="s">
         <v>155</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
         <v>80.0</v>
       </c>
       <c r="H74">
         <v>80.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>156</v>
       </c>
       <c r="D75">
         <v>1988</v>
       </c>
       <c r="E75" t="s">
         <v>157</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H75">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>158</v>
       </c>
       <c r="D76">
         <v>1984</v>
       </c>
       <c r="E76" t="s">
         <v>159</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
         <v>20.0</v>
       </c>
       <c r="H76">
         <v>20.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>160</v>
       </c>
       <c r="D77">
         <v>1999</v>
       </c>
       <c r="E77" t="s">
         <v>161</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H77">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>162</v>
       </c>
       <c r="D78">
         <v>1981</v>
       </c>
       <c r="E78" t="s">
         <v>163</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H78">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>164</v>
       </c>
       <c r="D79">
         <v>1991</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H79">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>165</v>
       </c>
       <c r="D80">
         <v>1975</v>
       </c>
       <c r="E80" t="s">
         <v>166</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
         <v>40.0</v>
       </c>
       <c r="H80">