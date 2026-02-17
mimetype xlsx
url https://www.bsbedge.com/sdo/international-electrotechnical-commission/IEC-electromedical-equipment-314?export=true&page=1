--- v0 (2026-01-02)
+++ v1 (2026-02-17)
@@ -1277,132 +1277,132 @@
       </c>
       <c r="H4">
         <v>0.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H5">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H6">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H7">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H8">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>335.0</v>
       </c>
       <c r="H9">
@@ -1537,54 +1537,54 @@
       </c>
       <c r="H14">
         <v>335.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15">
         <v>2024</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H15">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16">
         <v>2024</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
         <v>380.0</v>
       </c>
       <c r="H16">
@@ -1641,158 +1641,158 @@
       </c>
       <c r="H18">
         <v>570.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H19">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20">
         <v>2024</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H20">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21">
         <v>2024</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H21">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>48</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H22">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>50</v>
       </c>
       <c r="D23">
         <v>2024</v>
       </c>
       <c r="E23" t="s">
         <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H23">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24">
         <v>2024</v>
       </c>
       <c r="E24" t="s">
         <v>53</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
         <v>115.0</v>
       </c>
       <c r="H24">
@@ -2213,54 +2213,54 @@
       </c>
       <c r="H40">
         <v>515.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>85</v>
       </c>
       <c r="D41">
         <v>2023</v>
       </c>
       <c r="E41" t="s">
         <v>86</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H41">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>87</v>
       </c>
       <c r="D42">
         <v>2023</v>
       </c>
       <c r="E42" t="s">
         <v>88</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
         <v>580.0</v>
       </c>
       <c r="H42">
@@ -2291,54 +2291,54 @@
       </c>
       <c r="H43">
         <v>20.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>91</v>
       </c>
       <c r="D44">
         <v>2023</v>
       </c>
       <c r="E44" t="s">
         <v>92</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H44">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>93</v>
       </c>
       <c r="D45">
         <v>2010</v>
       </c>
       <c r="E45" t="s">
         <v>94</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
         <v>0.0</v>
       </c>
       <c r="H45">
@@ -2447,54 +2447,54 @@
       </c>
       <c r="H49">
         <v>0.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>103</v>
       </c>
       <c r="D50">
         <v>2018</v>
       </c>
       <c r="E50" t="s">
         <v>104</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H50">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>105</v>
       </c>
       <c r="D51">
         <v>2020</v>
       </c>
       <c r="E51" t="s">
         <v>106</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
         <v>442.0</v>
       </c>
       <c r="H51">
@@ -2551,470 +2551,470 @@
       </c>
       <c r="H53">
         <v>295.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>110</v>
       </c>
       <c r="D54">
         <v>2007</v>
       </c>
       <c r="E54" t="s">
         <v>111</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H54">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>112</v>
       </c>
       <c r="D55">
         <v>2023</v>
       </c>
       <c r="E55" t="s">
         <v>113</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H55">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>114</v>
       </c>
       <c r="D56">
         <v>2021</v>
       </c>
       <c r="E56" t="s">
         <v>115</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H56">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>116</v>
       </c>
       <c r="D57">
         <v>2021</v>
       </c>
       <c r="E57" t="s">
         <v>117</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H57">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>118</v>
       </c>
       <c r="D58">
         <v>2021</v>
       </c>
       <c r="E58" t="s">
         <v>119</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H58">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>120</v>
       </c>
       <c r="D59">
         <v>2018</v>
       </c>
       <c r="E59" t="s">
         <v>121</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
         <v>18.0</v>
       </c>
       <c r="H59">
         <v>18.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>122</v>
       </c>
       <c r="D60">
         <v>2020</v>
       </c>
       <c r="E60" t="s">
         <v>123</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H60">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>124</v>
       </c>
       <c r="D61">
         <v>2020</v>
       </c>
       <c r="E61" t="s">
         <v>125</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
         <v>18.0</v>
       </c>
       <c r="H61">
         <v>18.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>126</v>
       </c>
       <c r="D62">
         <v>2018</v>
       </c>
       <c r="E62" t="s">
         <v>127</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H62">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>128</v>
       </c>
       <c r="D63">
         <v>2022</v>
       </c>
       <c r="E63" t="s">
         <v>129</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H63">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>130</v>
       </c>
       <c r="D64">
         <v>2018</v>
       </c>
       <c r="E64" t="s">
         <v>131</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H64">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>132</v>
       </c>
       <c r="D65">
         <v>2017</v>
       </c>
       <c r="E65" t="s">
         <v>133</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H65">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>134</v>
       </c>
       <c r="D66">
         <v>2020</v>
       </c>
       <c r="E66" t="s">
         <v>135</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H66">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>136</v>
       </c>
       <c r="D67">
         <v>2020</v>
       </c>
       <c r="E67" t="s">
         <v>137</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H67">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>138</v>
       </c>
       <c r="D68">
         <v>2022</v>
       </c>
       <c r="E68" t="s">
         <v>139</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H68">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>140</v>
       </c>
       <c r="D69">
         <v>2021</v>
       </c>
       <c r="E69" t="s">
         <v>141</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H69">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>142</v>
       </c>
       <c r="D70">
         <v>2017</v>
       </c>
       <c r="E70" t="s">
         <v>143</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H70">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>144</v>
       </c>
       <c r="D71">
         <v>2023</v>
       </c>
       <c r="E71" t="s">
         <v>145</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>545.0</v>
       </c>
       <c r="H71">
@@ -4085,54 +4085,54 @@
       </c>
       <c r="H112">
         <v>335.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>214</v>
       </c>
       <c r="D113">
         <v>2017</v>
       </c>
       <c r="E113" t="s">
         <v>215</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H113">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>216</v>
       </c>
       <c r="D114">
         <v>2022</v>
       </c>
       <c r="E114" t="s">
         <v>217</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
         <v>480.0</v>
       </c>
       <c r="H114">
@@ -4605,106 +4605,106 @@
       </c>
       <c r="H132">
         <v>10.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>244</v>
       </c>
       <c r="D133">
         <v>2021</v>
       </c>
       <c r="E133" t="s">
         <v>245</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H133">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>246</v>
       </c>
       <c r="D134">
         <v>2019</v>
       </c>
       <c r="E134" t="s">
         <v>247</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
         <v>18.0</v>
       </c>
       <c r="H134">
         <v>18.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>248</v>
       </c>
       <c r="D135">
         <v>2016</v>
       </c>
       <c r="E135" t="s">
         <v>249</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H135">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>250</v>
       </c>
       <c r="D136">
         <v>2023</v>
       </c>
       <c r="E136" t="s">
         <v>251</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
         <v>20.0</v>
       </c>
       <c r="H136">