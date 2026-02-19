--- v0 (2026-01-02)
+++ v1 (2026-02-19)
@@ -12,91 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="673">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="668">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>IEC</t>
   </si>
   <si>
+    <t>IEC 63465:2026</t>
+  </si>
+  <si>
+    <t>Calibration and quality control in the use of radionuclide calibrators</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
     <t>IEC 81001-5-1:2021/ISH1:2025</t>
   </si>
   <si>
     <t>Interpretation Sheet 1 - Health software and health IT systems safety, effectiveness and security - Part 5-1: Security - Activities in the product life cycle</t>
   </si>
   <si>
-    <t>CHF</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 62083:2025</t>
   </si>
   <si>
     <t>Medical device software - Requirements for the safety of radiotherapy treatment planning systems</t>
   </si>
   <si>
     <t>IEC 62083:2025 (EN-FR)</t>
   </si>
   <si>
     <t>IEC 61267:2025 (EN-FR)</t>
   </si>
   <si>
     <t>Medical diagnostic X-ray equipment - Radiation conditions for use in the determination of characteristics</t>
   </si>
   <si>
     <t>IEC 61267:2025</t>
   </si>
   <si>
     <t>IEC 60601-2-64:2025 RLV</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-64: Particular requirements for the basic safety and essential performance of light ion beam medical electrical equipment</t>
   </si>
   <si>
     <t>IEC 60601-2-64:2025 (EN-FR)</t>
@@ -428,56 +434,50 @@
   <si>
     <t>IEC 80601-2-77:2019/AMD1:2023 (EN-FR)</t>
   </si>
   <si>
     <t>Amendment 1 - Medical electrical equipment - Part 2-77: Particular requirements for the basic safety and essential performance of robotically assisted surgical equipment</t>
   </si>
   <si>
     <t>ISO 80601-2-12:2023</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-12: Particular requirements for basic safety and essential performance of critical care ventilators</t>
   </si>
   <si>
     <t>IEC 62366-1:2015/COR1:2016 (EN-FR)</t>
   </si>
   <si>
     <t>Corrigendum 1 - Medical devices - Part 1: Application of usability engineering to medical devices</t>
   </si>
   <si>
     <t>IEC 62985:2019/COR1:2022 (EN-FR)</t>
   </si>
   <si>
     <t>Corrigendum 1 - Methods for calculating size specific dose estimates (SSDE) for computed tomography</t>
   </si>
   <si>
-    <t>IEC 61303:1994/COR1:2016 (EN-FR)</t>
-[...4 lines deleted...]
-  <si>
     <t>IEC 61223-3-5:2019/COR1:2022 (EN-FR)</t>
   </si>
   <si>
     <t>Corrigendum 1 - Evaluation and routine testing in medical imaging departments - Part 3-5: Acceptance and constancy tests - Imaging performance of computed tomography X-ray equipment</t>
   </si>
   <si>
     <t>IEC TR 60878:2022/COR1:2023</t>
   </si>
   <si>
     <t>Corrigendum 1 - Graphical symbols for electrical equipment in medical practice</t>
   </si>
   <si>
     <t>IEC 60601-1:2005/ISH2:2009 (EN-FR)</t>
   </si>
   <si>
     <t>Interpretation sheet 2 - Medical electrical equipment - Part 1: General requirements for basic safety and essential performance</t>
   </si>
   <si>
     <t>IEC 60601-1:2005/AMD1:2012/ISH1:2021</t>
   </si>
   <si>
     <t>Interpretation Sheet 1 - Amendment 1 - Medical electrical equipment - Part 1: General requirements for basic safety and essential performance</t>
   </si>
   <si>
     <t>IEC 60601-2-44:2009/COR1:2010 (EN-FR)</t>
@@ -1730,56 +1730,50 @@
   <si>
     <t xml:space="preserve">Guidelines for administrative, medical and nursing staff concerned with the safe use of medical electrical equipment and medical electrical systems </t>
   </si>
   <si>
     <t>IEC TR 60878:2022</t>
   </si>
   <si>
     <t>Graphical symbols for electrical equipment in medical practice</t>
   </si>
   <si>
     <t>IEC 60731:2011/AMD1:2016 (EN-FR)</t>
   </si>
   <si>
     <t>Amendment 1 - Medical electrical equipment - Dosimeters with ionization chambers as used in radiotherapy</t>
   </si>
   <si>
     <t>IEC 60731:2011+AMD1:2016 CSV (EN-FR)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Dosimeters with ionization chambers as used in radiotherapy</t>
   </si>
   <si>
     <t>IEC 60731:2011 (EN-FR)</t>
   </si>
   <si>
-    <t>IEC 61303:1994 (EN-FR)</t>
-[...4 lines deleted...]
-  <si>
     <t>IEC 60601-2-83:2019+AMD1:2022 CSV (EN-FR)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-83: Particular requirements for the basic safety and essential performance of home light therapy equipment</t>
   </si>
   <si>
     <t>IEC 60601-2-10:2012/AMD2:2023 (EN-FR)</t>
   </si>
   <si>
     <t>Amendment 2 - Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators</t>
   </si>
   <si>
     <t>IEC 60601-2-75:2017 (EN-FR)</t>
   </si>
   <si>
     <t>IEC 60601-2-76:2018 (EN-FR)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-76: Particular requirements for the basic safety and essential performance of low energy ionized gas haemostasis equipment</t>
   </si>
   <si>
     <t>IEC 60601-2-2:2017 (EN-FR)</t>
   </si>
   <si>
     <t>IEC 60601-2-4:2010/AMD1:2018 (EN-FR)</t>
@@ -1934,63 +1928,54 @@
   <si>
     <t>ISO 80369-3:2016</t>
   </si>
   <si>
     <t>Small-bore connectors for liquids and gases in healthcare applications -- Part 3: Connectors for enteral applications</t>
   </si>
   <si>
     <t>IEC TS 61170:1993 (EN-FR)</t>
   </si>
   <si>
     <t>Radiotherapy simulators - Guidelines for functional performance characteristics</t>
   </si>
   <si>
     <t>IEC 61910-1:2014 (EN-FR)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Radiation dose documentation - Part 1: Radiation dose structured reports for radiography and radioscopy</t>
   </si>
   <si>
     <t>IEC TR 61948-2:2019</t>
   </si>
   <si>
     <t>Nuclear medicine instrumentation - Routine tests - Part 2: Scintillation cameras and single photon emission computed tomography imaging</t>
   </si>
   <si>
-    <t>IEC TR 61948-4:2019</t>
-[...4 lines deleted...]
-  <si>
     <t>IEC TR 61948-3:2018</t>
   </si>
   <si>
     <t>Nuclear medicine instrumentation - Routine tests - Part 3: Positron emission tomographs</t>
-  </si>
-[...1 lines deleted...]
-    <t>IEC TR 61948-4:2019 RLV</t>
   </si>
   <si>
     <t>IEC TR 61948-1:2016</t>
   </si>
   <si>
     <t>Nuclear medicine instrumentation - Routine tests - Part 1: Gamma radiation counting systems</t>
   </si>
   <si>
     <t>IEC 61262-7:1995 (EN-FR)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Characteristics of electro-optical X-ray image intensifiers - Part 7: Determination of the modulation transfer function</t>
   </si>
   <si>
     <t>IEC 61262-6:1994 (EN-FR)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Characteristics of electro-optical X-ray image intensifiers - Part 6: Determination of the contrast ratio and veiling glare index</t>
   </si>
   <si>
     <t>IEC 61262-5:1994 (EN-FR)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Characteristics of electro-optical X-ray image intensifiers - Part 5: Determination of the detective quantum efficiency</t>
   </si>
@@ -2378,1564 +2363,1564 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H378"/>
+  <dimension ref="A1:H375"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>0.0</v>
+        <v>295.0</v>
       </c>
       <c r="H2">
-        <v>0.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>335.0</v>
+        <v>0.0</v>
       </c>
       <c r="H3">
-        <v>335.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>335.0</v>
       </c>
       <c r="H4">
         <v>335.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>295.0</v>
+        <v>335.0</v>
       </c>
       <c r="H5">
-        <v>295.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>295.0</v>
       </c>
       <c r="H6">
         <v>295.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>646.0</v>
+        <v>295.0</v>
       </c>
       <c r="H7">
-        <v>646.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>380.0</v>
+        <v>646.0</v>
       </c>
       <c r="H8">
-        <v>380.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>380.0</v>
       </c>
       <c r="H9">
         <v>380.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>405.0</v>
+        <v>380.0</v>
       </c>
       <c r="H10">
-        <v>405.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
         <v>405.0</v>
       </c>
       <c r="H11">
         <v>405.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>0.0</v>
+        <v>405.0</v>
       </c>
       <c r="H12">
-        <v>0.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>29</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H13">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
       <c r="H14">
-        <v>199.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
       <c r="H15">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>35</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
       <c r="H16">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>260.0</v>
+        <v>181.0</v>
       </c>
       <c r="H17">
-        <v>260.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>160.0</v>
+        <v>260.0</v>
       </c>
       <c r="H18">
-        <v>160.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
         <v>160.0</v>
       </c>
       <c r="H19">
         <v>160.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>380.0</v>
+        <v>160.0</v>
       </c>
       <c r="H20">
-        <v>380.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
         <v>380.0</v>
       </c>
       <c r="H21">
         <v>380.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D22">
         <v>2025</v>
       </c>
       <c r="E22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>155.0</v>
+        <v>380.0</v>
       </c>
       <c r="H22">
-        <v>155.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>46</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>380.0</v>
+        <v>159.0</v>
       </c>
       <c r="H23">
-        <v>380.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>48</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>646.0</v>
+        <v>380.0</v>
       </c>
       <c r="H24">
-        <v>646.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>177.0</v>
+        <v>646.0</v>
       </c>
       <c r="H25">
-        <v>177.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>51</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>52</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>335.0</v>
+        <v>181.0</v>
       </c>
       <c r="H26">
-        <v>335.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>53</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>405.0</v>
+        <v>335.0</v>
       </c>
       <c r="H27">
-        <v>405.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>55</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>689.0</v>
+        <v>405.0</v>
       </c>
       <c r="H28">
-        <v>689.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
+        <v>57</v>
+      </c>
+      <c r="D29">
+        <v>2025</v>
+      </c>
+      <c r="E29" t="s">
         <v>56</v>
       </c>
-      <c r="D29">
-[...4 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>442.0</v>
+        <v>689.0</v>
       </c>
       <c r="H29">
-        <v>442.0</v>
+        <v>689.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>58</v>
       </c>
       <c r="D30">
         <v>2024</v>
       </c>
       <c r="E30" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>260.0</v>
+        <v>442.0</v>
       </c>
       <c r="H30">
-        <v>260.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D31">
         <v>2024</v>
       </c>
       <c r="E31" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>335.0</v>
+        <v>260.0</v>
       </c>
       <c r="H31">
-        <v>335.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>61</v>
       </c>
       <c r="D32">
         <v>2024</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>155.0</v>
+        <v>335.0</v>
       </c>
       <c r="H32">
-        <v>155.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>63</v>
       </c>
       <c r="D33">
         <v>2024</v>
       </c>
       <c r="E33" t="s">
         <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>380.0</v>
+        <v>159.0</v>
       </c>
       <c r="H33">
-        <v>380.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>65</v>
       </c>
       <c r="D34">
         <v>2024</v>
       </c>
       <c r="E34" t="s">
         <v>66</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>40.0</v>
+        <v>380.0</v>
       </c>
       <c r="H34">
-        <v>40.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>67</v>
       </c>
       <c r="D35">
         <v>2024</v>
       </c>
       <c r="E35" t="s">
         <v>68</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>570.0</v>
+        <v>40.0</v>
       </c>
       <c r="H35">
-        <v>570.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>69</v>
       </c>
       <c r="D36">
         <v>2024</v>
       </c>
       <c r="E36" t="s">
         <v>70</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>221.0</v>
+        <v>570.0</v>
       </c>
       <c r="H36">
-        <v>221.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>71</v>
       </c>
       <c r="D37">
         <v>2024</v>
       </c>
       <c r="E37" t="s">
         <v>72</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H37">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>73</v>
       </c>
       <c r="D38">
         <v>2024</v>
       </c>
       <c r="E38" t="s">
         <v>74</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>520.0</v>
+        <v>227.0</v>
       </c>
       <c r="H38">
-        <v>520.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39">
         <v>2024</v>
       </c>
       <c r="E39" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>260.0</v>
+        <v>520.0</v>
       </c>
       <c r="H39">
-        <v>260.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D40">
         <v>2024</v>
       </c>
       <c r="E40" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>177.0</v>
+        <v>260.0</v>
       </c>
       <c r="H40">
-        <v>177.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>78</v>
       </c>
       <c r="D41">
         <v>2024</v>
       </c>
       <c r="E41" t="s">
         <v>79</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>570.0</v>
+        <v>181.0</v>
       </c>
       <c r="H41">
-        <v>570.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42">
         <v>2024</v>
       </c>
       <c r="E42" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>335.0</v>
+        <v>570.0</v>
       </c>
       <c r="H42">
-        <v>335.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D43">
         <v>2024</v>
       </c>
       <c r="E43" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>98.0</v>
+        <v>335.0</v>
       </c>
       <c r="H43">
-        <v>98.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>83</v>
       </c>
       <c r="D44">
         <v>2024</v>
       </c>
       <c r="E44" t="s">
         <v>84</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>430.0</v>
+        <v>100.0</v>
       </c>
       <c r="H44">
-        <v>430.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>85</v>
       </c>
       <c r="D45">
         <v>2024</v>
       </c>
       <c r="E45" t="s">
         <v>86</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>335.0</v>
+        <v>430.0</v>
       </c>
       <c r="H45">
-        <v>335.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>87</v>
       </c>
       <c r="D46">
         <v>2024</v>
       </c>
       <c r="E46" t="s">
         <v>88</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>43.0</v>
+        <v>335.0</v>
       </c>
       <c r="H46">
-        <v>43.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>89</v>
       </c>
       <c r="D47">
         <v>2024</v>
       </c>
       <c r="E47" t="s">
         <v>90</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>405.0</v>
+        <v>44.0</v>
       </c>
       <c r="H47">
-        <v>405.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>91</v>
       </c>
       <c r="D48">
         <v>2024</v>
       </c>
       <c r="E48" t="s">
         <v>92</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>115.0</v>
+        <v>405.0</v>
       </c>
       <c r="H48">
-        <v>115.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>93</v>
       </c>
       <c r="D49">
         <v>2024</v>
       </c>
       <c r="E49" t="s">
         <v>94</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>840.0</v>
+        <v>115.0</v>
       </c>
       <c r="H49">
-        <v>840.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>95</v>
       </c>
       <c r="D50">
         <v>2024</v>
       </c>
       <c r="E50" t="s">
         <v>96</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>260.0</v>
+        <v>840.0</v>
       </c>
       <c r="H50">
-        <v>260.0</v>
+        <v>840.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>97</v>
       </c>
       <c r="D51">
         <v>2024</v>
       </c>
       <c r="E51" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>442.0</v>
+        <v>260.0</v>
       </c>
       <c r="H51">
-        <v>442.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D52">
         <v>2024</v>
       </c>
       <c r="E52" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>20.0</v>
+        <v>442.0</v>
       </c>
       <c r="H52">
-        <v>20.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>100</v>
       </c>
       <c r="D53">
         <v>2024</v>
       </c>
       <c r="E53" t="s">
         <v>101</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>480.0</v>
+        <v>20.0</v>
       </c>
       <c r="H53">
-        <v>480.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>102</v>
       </c>
       <c r="D54">
         <v>2024</v>
       </c>
       <c r="E54" t="s">
         <v>103</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>0.0</v>
+        <v>480.0</v>
       </c>
       <c r="H54">
-        <v>0.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>104</v>
       </c>
       <c r="D55">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E55" t="s">
         <v>105</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
       <c r="H55">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>106</v>
       </c>
       <c r="D56">
         <v>2023</v>
       </c>
       <c r="E56" t="s">
         <v>107</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>680.0</v>
+        <v>18.0</v>
       </c>
       <c r="H56">
-        <v>680.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>108</v>
       </c>
       <c r="D57">
         <v>2023</v>
       </c>
       <c r="E57" t="s">
         <v>109</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>20.0</v>
+        <v>680.0</v>
       </c>
       <c r="H57">
-        <v>20.0</v>
+        <v>680.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>110</v>
       </c>
       <c r="D58">
         <v>2023</v>
       </c>
       <c r="E58" t="s">
         <v>111</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
       <c r="H58">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>112</v>
       </c>
       <c r="D59">
         <v>2023</v>
       </c>
       <c r="E59" t="s">
         <v>113</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
         <v>40.0</v>
       </c>
       <c r="H59">
@@ -3966,328 +3951,328 @@
       </c>
       <c r="H60">
         <v>40.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>116</v>
       </c>
       <c r="D61">
         <v>2023</v>
       </c>
       <c r="E61" t="s">
         <v>117</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
       <c r="H61">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>118</v>
       </c>
       <c r="D62">
         <v>2023</v>
       </c>
       <c r="E62" t="s">
         <v>119</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>480.0</v>
+        <v>20.0</v>
       </c>
       <c r="H62">
-        <v>480.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>120</v>
       </c>
       <c r="D63">
         <v>2023</v>
       </c>
       <c r="E63" t="s">
         <v>121</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>570.0</v>
+        <v>480.0</v>
       </c>
       <c r="H63">
-        <v>570.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>122</v>
       </c>
       <c r="D64">
         <v>2023</v>
       </c>
       <c r="E64" t="s">
         <v>123</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>515.0</v>
+        <v>570.0</v>
       </c>
       <c r="H64">
-        <v>515.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>124</v>
       </c>
       <c r="D65">
         <v>2023</v>
       </c>
       <c r="E65" t="s">
         <v>125</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
         <v>515.0</v>
       </c>
       <c r="H65">
         <v>515.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>126</v>
       </c>
       <c r="D66">
         <v>2023</v>
       </c>
       <c r="E66" t="s">
         <v>127</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>221.0</v>
+        <v>515.0</v>
       </c>
       <c r="H66">
-        <v>221.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>128</v>
       </c>
       <c r="D67">
         <v>2023</v>
       </c>
       <c r="E67" t="s">
         <v>129</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>580.0</v>
+        <v>227.0</v>
       </c>
       <c r="H67">
-        <v>580.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>130</v>
       </c>
       <c r="D68">
         <v>2023</v>
       </c>
       <c r="E68" t="s">
         <v>131</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>20.0</v>
+        <v>580.0</v>
       </c>
       <c r="H68">
-        <v>20.0</v>
+        <v>580.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>132</v>
       </c>
       <c r="D69">
         <v>2023</v>
       </c>
       <c r="E69" t="s">
         <v>133</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
       <c r="H69">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>134</v>
       </c>
       <c r="D70">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E70" t="s">
         <v>135</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
       <c r="H70">
-        <v>0.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>136</v>
       </c>
       <c r="D71">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E71" t="s">
         <v>137</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>0.0</v>
       </c>
       <c r="H71">
         <v>0.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>138</v>
       </c>
       <c r="D72">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="E72" t="s">
         <v>139</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
         <v>0.0</v>
       </c>
       <c r="H72">
         <v>0.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>140</v>
       </c>
       <c r="D73">
@@ -4798,54 +4783,54 @@
       </c>
       <c r="H92">
         <v>0.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>179</v>
       </c>
       <c r="D93">
         <v>2018</v>
       </c>
       <c r="E93" t="s">
         <v>180</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H93">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>181</v>
       </c>
       <c r="D94">
         <v>2020</v>
       </c>
       <c r="E94" t="s">
         <v>182</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
         <v>442.0</v>
       </c>
       <c r="H94">
@@ -5084,80 +5069,80 @@
       </c>
       <c r="H103">
         <v>160.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>199</v>
       </c>
       <c r="D104">
         <v>2017</v>
       </c>
       <c r="E104" t="s">
         <v>200</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H104">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>201</v>
       </c>
       <c r="D105">
         <v>2019</v>
       </c>
       <c r="E105" t="s">
         <v>202</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H105">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>203</v>
       </c>
       <c r="D106">
         <v>2020</v>
       </c>
       <c r="E106" t="s">
         <v>204</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
         <v>210.0</v>
       </c>
       <c r="H106">
@@ -5240,54 +5225,54 @@
       </c>
       <c r="H109">
         <v>502.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>210</v>
       </c>
       <c r="D110">
         <v>2013</v>
       </c>
       <c r="E110" t="s">
         <v>211</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H110">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>212</v>
       </c>
       <c r="D111">
         <v>2016</v>
       </c>
       <c r="E111" t="s">
         <v>213</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
         <v>210.0</v>
       </c>
       <c r="H111">
@@ -5474,470 +5459,470 @@
       </c>
       <c r="H118">
         <v>295.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>228</v>
       </c>
       <c r="D119">
         <v>2007</v>
       </c>
       <c r="E119" t="s">
         <v>229</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H119">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>230</v>
       </c>
       <c r="D120">
         <v>2023</v>
       </c>
       <c r="E120" t="s">
         <v>231</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H120">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>232</v>
       </c>
       <c r="D121">
         <v>2021</v>
       </c>
       <c r="E121" t="s">
         <v>233</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H121">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>234</v>
       </c>
       <c r="D122">
         <v>2021</v>
       </c>
       <c r="E122" t="s">
         <v>235</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H122">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>236</v>
       </c>
       <c r="D123">
         <v>2021</v>
       </c>
       <c r="E123" t="s">
         <v>237</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H123">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>238</v>
       </c>
       <c r="D124">
         <v>2018</v>
       </c>
       <c r="E124" t="s">
         <v>239</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
         <v>18.0</v>
       </c>
       <c r="H124">
         <v>18.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>240</v>
       </c>
       <c r="D125">
         <v>2020</v>
       </c>
       <c r="E125" t="s">
         <v>241</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H125">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>242</v>
       </c>
       <c r="D126">
         <v>2020</v>
       </c>
       <c r="E126" t="s">
         <v>243</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
         <v>18.0</v>
       </c>
       <c r="H126">
         <v>18.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>244</v>
       </c>
       <c r="D127">
         <v>2018</v>
       </c>
       <c r="E127" t="s">
         <v>245</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H127">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>246</v>
       </c>
       <c r="D128">
         <v>2022</v>
       </c>
       <c r="E128" t="s">
         <v>247</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H128">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>248</v>
       </c>
       <c r="D129">
         <v>2018</v>
       </c>
       <c r="E129" t="s">
         <v>249</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H129">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>250</v>
       </c>
       <c r="D130">
         <v>2017</v>
       </c>
       <c r="E130" t="s">
         <v>251</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
       <c r="H130">
-        <v>177.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>252</v>
       </c>
       <c r="D131">
         <v>2020</v>
       </c>
       <c r="E131" t="s">
         <v>253</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H131">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>254</v>
       </c>
       <c r="D132">
         <v>2020</v>
       </c>
       <c r="E132" t="s">
         <v>255</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H132">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>256</v>
       </c>
       <c r="D133">
         <v>2022</v>
       </c>
       <c r="E133" t="s">
         <v>257</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H133">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>258</v>
       </c>
       <c r="D134">
         <v>2021</v>
       </c>
       <c r="E134" t="s">
         <v>259</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H134">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>260</v>
       </c>
       <c r="D135">
         <v>2017</v>
       </c>
       <c r="E135" t="s">
         <v>261</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H135">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>262</v>
       </c>
       <c r="D136">
         <v>2021</v>
       </c>
       <c r="E136" t="s">
         <v>263</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
         <v>335.0</v>
       </c>
       <c r="H136">
@@ -6020,54 +6005,54 @@
       </c>
       <c r="H139">
         <v>160.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>269</v>
       </c>
       <c r="D140">
         <v>2021</v>
       </c>
       <c r="E140" t="s">
         <v>270</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H140">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>271</v>
       </c>
       <c r="D141">
         <v>2022</v>
       </c>
       <c r="E141" t="s">
         <v>272</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
         <v>40.0</v>
       </c>
       <c r="H141">
@@ -7678,51 +7663,51 @@
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
         <v>260.0</v>
       </c>
       <c r="H203">
         <v>260.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>390</v>
       </c>
       <c r="D204">
         <v>2020</v>
       </c>
       <c r="E204" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
         <v>442.0</v>
       </c>
       <c r="H204">
         <v>442.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>391</v>
       </c>
       <c r="D205">
         <v>2020</v>
       </c>
       <c r="E205" t="s">
@@ -7860,103 +7845,103 @@
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
         <v>1550.0</v>
       </c>
       <c r="H210">
         <v>1550.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>402</v>
       </c>
       <c r="D211">
         <v>2020</v>
       </c>
       <c r="E211" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
         <v>260.0</v>
       </c>
       <c r="H211">
         <v>260.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>403</v>
       </c>
       <c r="D212">
         <v>2020</v>
       </c>
       <c r="E212" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
         <v>260.0</v>
       </c>
       <c r="H212">
         <v>260.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>404</v>
       </c>
       <c r="D213">
         <v>2020</v>
       </c>
       <c r="E213" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
         <v>260.0</v>
       </c>
       <c r="H213">
         <v>260.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>405</v>
       </c>
       <c r="D214">
         <v>2020</v>
       </c>
       <c r="E214" t="s">
@@ -8016,51 +8001,51 @@
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
         <v>160.0</v>
       </c>
       <c r="H216">
         <v>160.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>410</v>
       </c>
       <c r="D217">
         <v>2020</v>
       </c>
       <c r="E217" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
         <v>442.0</v>
       </c>
       <c r="H217">
         <v>442.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>411</v>
       </c>
       <c r="D218">
         <v>2020</v>
       </c>
       <c r="E218" t="s">
@@ -8224,77 +8209,77 @@
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
         <v>460.0</v>
       </c>
       <c r="H224">
         <v>460.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>423</v>
       </c>
       <c r="D225">
         <v>2020</v>
       </c>
       <c r="E225" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
         <v>442.0</v>
       </c>
       <c r="H225">
         <v>442.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>424</v>
       </c>
       <c r="D226">
         <v>2020</v>
       </c>
       <c r="E226" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
         <v>502.0</v>
       </c>
       <c r="H226">
         <v>502.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>425</v>
       </c>
       <c r="D227">
         <v>2020</v>
       </c>
       <c r="E227" t="s">
@@ -8900,103 +8885,103 @@
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
         <v>380.0</v>
       </c>
       <c r="H250">
         <v>380.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>462</v>
       </c>
       <c r="D251">
         <v>2020</v>
       </c>
       <c r="E251" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
         <v>260.0</v>
       </c>
       <c r="H251">
         <v>260.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>463</v>
       </c>
       <c r="D252">
         <v>2020</v>
       </c>
       <c r="E252" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
         <v>295.0</v>
       </c>
       <c r="H252">
         <v>295.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>464</v>
       </c>
       <c r="D253">
         <v>2020</v>
       </c>
       <c r="E253" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
         <v>295.0</v>
       </c>
       <c r="H253">
         <v>295.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>465</v>
       </c>
       <c r="D254">
         <v>2021</v>
       </c>
       <c r="E254" t="s">
@@ -10284,132 +10269,132 @@
       </c>
       <c r="H303">
         <v>380.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>550</v>
       </c>
       <c r="D304">
         <v>2020</v>
       </c>
       <c r="E304" t="s">
         <v>551</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H304">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>552</v>
       </c>
       <c r="D305">
         <v>2018</v>
       </c>
       <c r="E305" t="s">
         <v>553</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H305">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>554</v>
       </c>
       <c r="D306">
         <v>2019</v>
       </c>
       <c r="E306" t="s">
         <v>555</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
         <v>295.0</v>
       </c>
       <c r="H306">
         <v>295.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>556</v>
       </c>
       <c r="D307">
         <v>2017</v>
       </c>
       <c r="E307" t="s">
         <v>557</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H307">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>558</v>
       </c>
       <c r="D308">
         <v>2019</v>
       </c>
       <c r="E308" t="s">
         <v>559</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
         <v>160.0</v>
       </c>
       <c r="H308">
@@ -10440,54 +10425,54 @@
       </c>
       <c r="H309">
         <v>160.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>561</v>
       </c>
       <c r="D310">
         <v>2021</v>
       </c>
       <c r="E310" t="s">
         <v>562</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H310">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>563</v>
       </c>
       <c r="D311">
         <v>2008</v>
       </c>
       <c r="E311" t="s">
         <v>564</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
         <v>210.0</v>
       </c>
       <c r="H311">
@@ -10587,1674 +10572,1596 @@
       </c>
       <c r="E315" t="s">
         <v>570</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
         <v>405.0</v>
       </c>
       <c r="H315">
         <v>405.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>572</v>
       </c>
       <c r="D316">
-        <v>1994</v>
+        <v>2022</v>
       </c>
       <c r="E316" t="s">
         <v>573</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>80.0</v>
+        <v>480.0</v>
       </c>
       <c r="H316">
-        <v>80.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>574</v>
       </c>
       <c r="D317">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E317" t="s">
         <v>575</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
-        <v>480.0</v>
+        <v>20.0</v>
       </c>
       <c r="H317">
-        <v>480.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>576</v>
       </c>
       <c r="D318">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E318" t="s">
-        <v>577</v>
+        <v>422</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
-        <v>20.0</v>
+        <v>210.0</v>
       </c>
       <c r="H318">
-        <v>20.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
+        <v>577</v>
+      </c>
+      <c r="D319">
+        <v>2018</v>
+      </c>
+      <c r="E319" t="s">
         <v>578</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
         <v>210.0</v>
       </c>
       <c r="H319">
         <v>210.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>579</v>
       </c>
       <c r="D320">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E320" t="s">
-        <v>580</v>
+        <v>355</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
-        <v>210.0</v>
+        <v>405.0</v>
       </c>
       <c r="H320">
-        <v>210.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
+        <v>580</v>
+      </c>
+      <c r="D321">
+        <v>2018</v>
+      </c>
+      <c r="E321" t="s">
         <v>581</v>
       </c>
-      <c r="D321">
-[...4 lines deleted...]
-      </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
-        <v>405.0</v>
+        <v>80.0</v>
       </c>
       <c r="H321">
-        <v>405.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>582</v>
       </c>
       <c r="D322">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E322" t="s">
         <v>583</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
-        <v>80.0</v>
+        <v>10.0</v>
       </c>
       <c r="H322">
-        <v>80.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>584</v>
       </c>
       <c r="D323">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E323" t="s">
         <v>585</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
-        <v>10.0</v>
+        <v>405.0</v>
       </c>
       <c r="H323">
-        <v>10.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>586</v>
       </c>
       <c r="D324">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="E324" t="s">
-        <v>587</v>
+        <v>362</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
-        <v>405.0</v>
+        <v>545.0</v>
       </c>
       <c r="H324">
-        <v>405.0</v>
+        <v>545.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="D325">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E325" t="s">
-        <v>362</v>
+        <v>453</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
-        <v>545.0</v>
+        <v>210.0</v>
       </c>
       <c r="H325">
-        <v>545.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="D326">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="E326" t="s">
-        <v>453</v>
+        <v>489</v>
       </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
-        <v>210.0</v>
+        <v>570.0</v>
       </c>
       <c r="H326">
-        <v>210.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
+        <v>589</v>
+      </c>
+      <c r="D327">
+        <v>2022</v>
+      </c>
+      <c r="E327" t="s">
         <v>590</v>
       </c>
-      <c r="D327">
-[...4 lines deleted...]
-      </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
-        <v>570.0</v>
+        <v>10.0</v>
       </c>
       <c r="H327">
-        <v>570.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>591</v>
       </c>
       <c r="D328">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E328" t="s">
         <v>592</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="H328">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>593</v>
       </c>
       <c r="D329">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E329" t="s">
-        <v>594</v>
+        <v>573</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>20.0</v>
+        <v>260.0</v>
       </c>
       <c r="H329">
-        <v>20.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="D330">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E330" t="s">
-        <v>575</v>
+        <v>469</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
-        <v>260.0</v>
+        <v>880.0</v>
       </c>
       <c r="H330">
-        <v>260.0</v>
+        <v>880.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D331">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E331" t="s">
-        <v>469</v>
+        <v>355</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>880.0</v>
+        <v>750.0</v>
       </c>
       <c r="H331">
-        <v>880.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="D332">
         <v>2023</v>
       </c>
       <c r="E332" t="s">
-        <v>355</v>
+        <v>578</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>750.0</v>
+        <v>375.0</v>
       </c>
       <c r="H332">
-        <v>750.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="D333">
         <v>2023</v>
       </c>
       <c r="E333" t="s">
-        <v>580</v>
+        <v>598</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
-        <v>375.0</v>
+        <v>40.0</v>
       </c>
       <c r="H333">
-        <v>375.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>599</v>
       </c>
       <c r="D334">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="E334" t="s">
-        <v>600</v>
+        <v>398</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
-        <v>40.0</v>
+        <v>680.0</v>
       </c>
       <c r="H334">
-        <v>40.0</v>
+        <v>680.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
+        <v>600</v>
+      </c>
+      <c r="D335">
+        <v>2023</v>
+      </c>
+      <c r="E335" t="s">
         <v>601</v>
       </c>
-      <c r="D335">
-[...4 lines deleted...]
-      </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
-        <v>680.0</v>
+        <v>6681.0</v>
       </c>
       <c r="H335">
-        <v>680.0</v>
+        <v>6681.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>602</v>
       </c>
       <c r="D336">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="E336" t="s">
         <v>603</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
-        <v>6681.0</v>
+        <v>375.0</v>
       </c>
       <c r="H336">
-        <v>6681.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>604</v>
       </c>
       <c r="D337">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E337" t="s">
-        <v>605</v>
+        <v>456</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
-        <v>375.0</v>
+        <v>210.0</v>
       </c>
       <c r="H337">
-        <v>375.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
+        <v>605</v>
+      </c>
+      <c r="D338">
+        <v>2013</v>
+      </c>
+      <c r="E338" t="s">
         <v>606</v>
       </c>
-      <c r="D338">
-[...4 lines deleted...]
-      </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
-        <v>210.0</v>
+        <v>10.0</v>
       </c>
       <c r="H338">
-        <v>210.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>607</v>
       </c>
       <c r="D339">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E339" t="s">
         <v>608</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
-        <v>10.0</v>
+        <v>1050.0</v>
       </c>
       <c r="H339">
-        <v>10.0</v>
+        <v>1050.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>609</v>
       </c>
       <c r="D340">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="E340" t="s">
-        <v>610</v>
+        <v>381</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
-        <v>1050.0</v>
+        <v>325.0</v>
       </c>
       <c r="H340">
-        <v>1050.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="D341">
         <v>2023</v>
       </c>
       <c r="E341" t="s">
-        <v>381</v>
+        <v>611</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
-        <v>325.0</v>
+        <v>40.0</v>
       </c>
       <c r="H341">
-        <v>325.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>8</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>612</v>
       </c>
       <c r="D342">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="E342" t="s">
         <v>613</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
       <c r="H342">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>614</v>
       </c>
       <c r="D343">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E343" t="s">
-        <v>615</v>
+        <v>443</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
-        <v>20.0</v>
+        <v>380.0</v>
       </c>
       <c r="H343">
-        <v>20.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>8</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="D344">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="E344" t="s">
-        <v>443</v>
+        <v>321</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
-        <v>380.0</v>
+        <v>680.0</v>
       </c>
       <c r="H344">
-        <v>380.0</v>
+        <v>680.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="D345">
         <v>2020</v>
       </c>
       <c r="E345" t="s">
-        <v>321</v>
+        <v>348</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
-        <v>680.0</v>
+        <v>460.0</v>
       </c>
       <c r="H345">
-        <v>680.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>8</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="D346">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E346" t="s">
-        <v>348</v>
+        <v>315</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
-        <v>460.0</v>
+        <v>20.0</v>
       </c>
       <c r="H346">
-        <v>460.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
+        <v>618</v>
+      </c>
+      <c r="D347">
+        <v>2020</v>
+      </c>
+      <c r="E347" t="s">
         <v>619</v>
       </c>
-      <c r="D347">
-[...4 lines deleted...]
-      </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
-        <v>20.0</v>
+        <v>405.0</v>
       </c>
       <c r="H347">
-        <v>20.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>620</v>
       </c>
       <c r="D348">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E348" t="s">
-        <v>621</v>
+        <v>371</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
-        <v>405.0</v>
+        <v>160.0</v>
       </c>
       <c r="H348">
-        <v>405.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
+        <v>621</v>
+      </c>
+      <c r="D349">
+        <v>2020</v>
+      </c>
+      <c r="E349" t="s">
         <v>622</v>
       </c>
-      <c r="D349">
-[...4 lines deleted...]
-      </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
-        <v>160.0</v>
+        <v>20.0</v>
       </c>
       <c r="H349">
-        <v>160.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>623</v>
       </c>
       <c r="D350">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E350" t="s">
         <v>624</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="H350">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>8</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>625</v>
       </c>
       <c r="D351">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E351" t="s">
-        <v>626</v>
+        <v>392</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
-        <v>10.0</v>
+        <v>380.0</v>
       </c>
       <c r="H351">
-        <v>10.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>8</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
+        <v>626</v>
+      </c>
+      <c r="D352">
+        <v>2021</v>
+      </c>
+      <c r="E352" t="s">
         <v>627</v>
       </c>
-      <c r="D352">
-[...4 lines deleted...]
-      </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
-        <v>380.0</v>
+        <v>181.0</v>
       </c>
       <c r="H352">
-        <v>380.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>628</v>
       </c>
       <c r="D353">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E353" t="s">
         <v>629</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
-        <v>177.0</v>
+        <v>18.0</v>
       </c>
       <c r="H353">
-        <v>177.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>8</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>630</v>
       </c>
       <c r="D354">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E354" t="s">
         <v>631</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
-        <v>18.0</v>
+        <v>181.0</v>
       </c>
       <c r="H354">
-        <v>18.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>632</v>
       </c>
       <c r="D355">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E355" t="s">
         <v>633</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
-        <v>177.0</v>
+        <v>115.0</v>
       </c>
       <c r="H355">
-        <v>177.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>634</v>
       </c>
       <c r="D356">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="E356" t="s">
         <v>635</v>
       </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
-        <v>115.0</v>
+        <v>260.0</v>
       </c>
       <c r="H356">
-        <v>115.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>8</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>636</v>
       </c>
       <c r="D357">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E357" t="s">
         <v>637</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
-        <v>260.0</v>
+        <v>80.0</v>
       </c>
       <c r="H357">
-        <v>260.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>8</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>638</v>
       </c>
       <c r="D358">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E358" t="s">
         <v>639</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358">
-        <v>80.0</v>
+        <v>40.0</v>
       </c>
       <c r="H358">
-        <v>80.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>8</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>640</v>
       </c>
       <c r="D359">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E359" t="s">
         <v>641</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359">
         <v>40.0</v>
       </c>
       <c r="H359">
         <v>40.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>8</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>642</v>
       </c>
       <c r="D360">
-        <v>2018</v>
+        <v>1995</v>
       </c>
       <c r="E360" t="s">
         <v>643</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
-        <v>40.0</v>
+        <v>115.0</v>
       </c>
       <c r="H360">
-        <v>40.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>644</v>
       </c>
       <c r="D361">
-        <v>2019</v>
+        <v>1994</v>
       </c>
       <c r="E361" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
-        <v>68.0</v>
+        <v>80.0</v>
       </c>
       <c r="H361">
-        <v>68.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D362">
-        <v>2016</v>
+        <v>1994</v>
       </c>
       <c r="E362" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
-        <v>40.0</v>
+        <v>115.0</v>
       </c>
       <c r="H362">
-        <v>40.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>8</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D363">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E363" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363">
-        <v>115.0</v>
+        <v>40.0</v>
       </c>
       <c r="H363">
-        <v>115.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>8</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D364">
-        <v>1994</v>
+        <v>2009</v>
       </c>
       <c r="E364" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="F364" t="s">
         <v>12</v>
       </c>
       <c r="G364">
-        <v>80.0</v>
+        <v>380.0</v>
       </c>
       <c r="H364">
-        <v>80.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>8</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D365">
-        <v>1994</v>
+        <v>2021</v>
       </c>
       <c r="E365" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365">
-        <v>115.0</v>
+        <v>260.0</v>
       </c>
       <c r="H365">
-        <v>115.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>8</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D366">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="E366" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366">
-        <v>40.0</v>
+        <v>260.0</v>
       </c>
       <c r="H366">
-        <v>40.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>8</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D367">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="E367" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367">
-        <v>380.0</v>
+        <v>20.0</v>
       </c>
       <c r="H367">
-        <v>380.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>8</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D368">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E368" t="s">
-        <v>658</v>
+        <v>311</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
-        <v>260.0</v>
+        <v>295.0</v>
       </c>
       <c r="H368">
-        <v>260.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>659</v>
       </c>
       <c r="D369">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E369" t="s">
-        <v>660</v>
+        <v>70</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
-        <v>260.0</v>
+        <v>295.0</v>
       </c>
       <c r="H369">
-        <v>260.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>8</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="D370">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E370" t="s">
-        <v>662</v>
+        <v>96</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
-        <v>20.0</v>
+        <v>380.0</v>
       </c>
       <c r="H370">
-        <v>20.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>8</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="D371">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E371" t="s">
-        <v>311</v>
+        <v>662</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371">
         <v>295.0</v>
       </c>
       <c r="H371">
         <v>295.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>8</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="D372">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E372" t="s">
-        <v>68</v>
+        <v>131</v>
       </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372">
-        <v>295.0</v>
+        <v>335.0</v>
       </c>
       <c r="H372">
-        <v>295.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>8</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
+        <v>664</v>
+      </c>
+      <c r="D373">
+        <v>2018</v>
+      </c>
+      <c r="E373" t="s">
         <v>665</v>
       </c>
-      <c r="D373">
-[...4 lines deleted...]
-      </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373">
-        <v>380.0</v>
+        <v>570.0</v>
       </c>
       <c r="H373">
-        <v>380.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>8</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>666</v>
       </c>
       <c r="D374">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E374" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374">
-        <v>295.0</v>
+        <v>335.0</v>
       </c>
       <c r="H374">
-        <v>295.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>8</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="D375">
         <v>2019</v>
       </c>
       <c r="E375" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375">
-        <v>335.0</v>
+        <v>260.0</v>
       </c>
       <c r="H375">
-        <v>335.0</v>
-[...76 lines deleted...]
-      <c r="H378">
         <v>260.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>