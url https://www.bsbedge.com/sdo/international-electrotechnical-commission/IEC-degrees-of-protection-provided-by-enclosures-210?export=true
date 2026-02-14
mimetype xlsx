--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -709,80 +709,80 @@
       </c>
       <c r="H8">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
         <v>1999</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
       <c r="H9">
-        <v>440.0</v>
+        <v>460.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
         <v>1989</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H10">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
         <v>2013</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
         <v>40.0</v>
       </c>
       <c r="H11">
@@ -813,54 +813,54 @@
       </c>
       <c r="H12">
         <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13">
         <v>1997</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H13">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14">
         <v>2021</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
         <v>70.0</v>
       </c>
       <c r="H14">