--- v0 (2025-10-01)
+++ v1 (2026-01-02)
@@ -674,54 +674,54 @@
       </c>
       <c r="H4">
         <v>115.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
         <v>2023</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H5">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
         <v>2014</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>0.0</v>
       </c>
       <c r="H6">
@@ -778,210 +778,210 @@
       </c>
       <c r="H8">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9">
         <v>2003</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H9">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10">
         <v>2003</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H10">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
         <v>2001</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H11">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12">
         <v>2006</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H12">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13">
         <v>2006</v>
       </c>
       <c r="E13" t="s">
         <v>30</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H13">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14">
         <v>2005</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H14">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15">
         <v>2001</v>
       </c>
       <c r="E15" t="s">
         <v>28</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H15">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16">
         <v>2021</v>
       </c>
       <c r="E16" t="s">
         <v>36</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
         <v>285.0</v>
       </c>
       <c r="H16">
@@ -1090,54 +1090,54 @@
       </c>
       <c r="H20">
         <v>80.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21">
         <v>1999</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H21">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>47</v>
       </c>
       <c r="D22">
         <v>2006</v>
       </c>
       <c r="E22" t="s">
         <v>36</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
         <v>115.0</v>
       </c>
       <c r="H22">
@@ -1220,132 +1220,132 @@
       </c>
       <c r="H25">
         <v>80.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>53</v>
       </c>
       <c r="D26">
         <v>2000</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H26">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>55</v>
       </c>
       <c r="D27">
         <v>2007</v>
       </c>
       <c r="E27" t="s">
         <v>56</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
       <c r="H27">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>57</v>
       </c>
       <c r="D28">
         <v>2000</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
       <c r="H28">
-        <v>250.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>59</v>
       </c>
       <c r="D29">
         <v>2005</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H29">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>60</v>
       </c>
       <c r="D30">
         <v>2003</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
         <v>80.0</v>
       </c>
       <c r="H30">