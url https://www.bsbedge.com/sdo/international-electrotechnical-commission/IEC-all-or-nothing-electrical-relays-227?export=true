--- v0 (2025-12-26)
+++ v1 (2026-02-23)
@@ -1019,54 +1019,54 @@
       </c>
       <c r="H7">
         <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>560.0</v>
+        <v>555.0</v>
       </c>
       <c r="H8">
-        <v>560.0</v>
+        <v>555.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>40.0</v>
       </c>
       <c r="H9">
@@ -1981,54 +1981,54 @@
       </c>
       <c r="H44">
         <v>80.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>86</v>
       </c>
       <c r="D45">
         <v>2025</v>
       </c>
       <c r="E45" t="s">
         <v>87</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H45">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>88</v>
       </c>
       <c r="D46">
         <v>2025</v>
       </c>
       <c r="E46" t="s">
         <v>89</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
         <v>40.0</v>
       </c>
       <c r="H46">
@@ -2293,54 +2293,54 @@
       </c>
       <c r="H56">
         <v>20.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>110</v>
       </c>
       <c r="D57">
         <v>2024</v>
       </c>
       <c r="E57" t="s">
         <v>111</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H57">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>112</v>
       </c>
       <c r="D58">
         <v>2024</v>
       </c>
       <c r="E58" t="s">
         <v>113</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
         <v>115.0</v>
       </c>
       <c r="H58">
@@ -2423,210 +2423,210 @@
       </c>
       <c r="H61">
         <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>120</v>
       </c>
       <c r="D62">
         <v>2023</v>
       </c>
       <c r="E62" t="s">
         <v>121</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
       <c r="H62">
-        <v>621.0</v>
+        <v>646.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>122</v>
       </c>
       <c r="D63">
         <v>2023</v>
       </c>
       <c r="E63" t="s">
         <v>121</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H63">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>123</v>
       </c>
       <c r="D64">
         <v>2006</v>
       </c>
       <c r="E64" t="s">
         <v>124</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H64">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>125</v>
       </c>
       <c r="D65">
         <v>2006</v>
       </c>
       <c r="E65" t="s">
         <v>124</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H65">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>126</v>
       </c>
       <c r="D66">
         <v>2015</v>
       </c>
       <c r="E66" t="s">
         <v>21</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H66">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>127</v>
       </c>
       <c r="D67">
         <v>2019</v>
       </c>
       <c r="E67" t="s">
         <v>128</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>675.0</v>
+        <v>710.0</v>
       </c>
       <c r="H67">
-        <v>675.0</v>
+        <v>710.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>129</v>
       </c>
       <c r="D68">
         <v>2020</v>
       </c>
       <c r="E68" t="s">
         <v>130</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
       <c r="H68">
-        <v>200.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>131</v>
       </c>
       <c r="D69">
         <v>2019</v>
       </c>
       <c r="E69" t="s">
         <v>132</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
         <v>10.0</v>
       </c>
       <c r="H69">
@@ -2657,236 +2657,236 @@
       </c>
       <c r="H70">
         <v>115.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>135</v>
       </c>
       <c r="D71">
         <v>2017</v>
       </c>
       <c r="E71" t="s">
         <v>136</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H71">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>137</v>
       </c>
       <c r="D72">
         <v>2019</v>
       </c>
       <c r="E72" t="s">
         <v>138</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H72">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>139</v>
       </c>
       <c r="D73">
         <v>2015</v>
       </c>
       <c r="E73" t="s">
         <v>140</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
         <v>40.0</v>
       </c>
       <c r="H73">
         <v>40.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>141</v>
       </c>
       <c r="D74">
         <v>2015</v>
       </c>
       <c r="E74" t="s">
         <v>128</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
       <c r="H74">
-        <v>385.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>142</v>
       </c>
       <c r="D75">
         <v>2023</v>
       </c>
       <c r="E75" t="s">
         <v>143</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H75">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>144</v>
       </c>
       <c r="D76">
         <v>2018</v>
       </c>
       <c r="E76" t="s">
         <v>145</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H76">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>146</v>
       </c>
       <c r="D77">
         <v>2015</v>
       </c>
       <c r="E77" t="s">
         <v>147</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
       <c r="H77">
-        <v>365.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>148</v>
       </c>
       <c r="D78">
         <v>2022</v>
       </c>
       <c r="E78" t="s">
         <v>149</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
       <c r="H78">
-        <v>320.0</v>
+        <v>335.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">