--- v0 (2025-10-09)
+++ v1 (2026-02-28)
@@ -500,184 +500,184 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2024</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>62.0</v>
+        <v>64.0</v>
       </c>
       <c r="H2">
-        <v>77.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2024</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>58.0</v>
+        <v>60.0</v>
       </c>
       <c r="H3">
-        <v>72.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>69.0</v>
       </c>
       <c r="H4">
-        <v>89.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2017</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>68.0</v>
+        <v>71.0</v>
       </c>
       <c r="H5">
-        <v>84.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2012</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>55.0</v>
       </c>
       <c r="H6">
         <v>71.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2016</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>215.0</v>
+        <v>224.0</v>
       </c>
       <c r="H7">
-        <v>270.0</v>
+        <v>281.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2002</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
         <v>115.0</v>
       </c>
       <c r="H8">