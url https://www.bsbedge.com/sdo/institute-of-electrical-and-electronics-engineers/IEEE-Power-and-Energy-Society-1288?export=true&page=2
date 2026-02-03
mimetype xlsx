--- v2 (2026-02-03)
+++ v3 (2026-02-03)
@@ -18206,54 +18206,54 @@
       </c>
       <c r="H517">
         <v>86.0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>8</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
         <v>1041</v>
       </c>
       <c r="D518">
         <v>2022</v>
       </c>
       <c r="E518" t="s">
         <v>1042</v>
       </c>
       <c r="F518" t="s">
         <v>12</v>
       </c>
       <c r="G518">
-        <v>107.0</v>
+        <v>103.0</v>
       </c>
       <c r="H518">
-        <v>133.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>8</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
         <v>1043</v>
       </c>
       <c r="D519">
         <v>2022</v>
       </c>
       <c r="E519" t="s">
         <v>1044</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519">
         <v>111.0</v>
       </c>
       <c r="H519">