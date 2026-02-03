--- v0 (2025-10-21)
+++ v1 (2026-02-03)
@@ -652,51 +652,51 @@
       </c>
       <c r="H2">
         <v>72.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>1998</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>219.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>1995</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>251.0</v>
       </c>
       <c r="H4">
@@ -883,236 +883,236 @@
       </c>
       <c r="H11">
         <v>245.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2018</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>110.0</v>
+        <v>114.0</v>
       </c>
       <c r="H12">
-        <v>136.0</v>
+        <v>141.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2021</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>86.0</v>
+        <v>89.0</v>
       </c>
       <c r="H13">
-        <v>107.0</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2006</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
         <v>87.0</v>
       </c>
       <c r="H14">
         <v>102.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>1993</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>164.0</v>
+        <v>171.0</v>
       </c>
       <c r="H15">
-        <v>190.0</v>
+        <v>198.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2004</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
         <v>110.0</v>
       </c>
       <c r="H16">
         <v>127.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2016</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>108.0</v>
+        <v>112.0</v>
       </c>
       <c r="H17">
-        <v>133.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2015</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>164.0</v>
+        <v>171.0</v>
       </c>
       <c r="H18">
-        <v>206.0</v>
+        <v>214.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2019</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H19">
-        <v>86.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2004</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
         <v>388.0</v>
       </c>
       <c r="H20">
@@ -1322,103 +1322,103 @@
       </c>
       <c r="H28">
         <v>98.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2021</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>67.0</v>
+        <v>70.0</v>
       </c>
       <c r="H29">
-        <v>83.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>1992</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
         <v>54.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2019</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H31">
-        <v>86.0</v>
+        <v>89.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">