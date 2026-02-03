--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -658,129 +658,129 @@
       </c>
       <c r="H2">
         <v>80.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2024</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>80.0</v>
+        <v>86.0</v>
       </c>
       <c r="H3">
-        <v>100.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>1978</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>118.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2002</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>131.0</v>
+        <v>136.0</v>
       </c>
       <c r="H5">
-        <v>149.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2000</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>131.0</v>
+        <v>136.0</v>
       </c>
       <c r="H6">
-        <v>149.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>1986</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>95.0</v>
       </c>
     </row>
@@ -932,54 +932,54 @@
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2019</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>60.0</v>
+        <v>62.0</v>
       </c>
       <c r="H14">
-        <v>76.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>1974</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
         <v>284.0</v>
       </c>
       <c r="H15">
@@ -1131,158 +1131,158 @@
       </c>
       <c r="G21">
         <v>95.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2018</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>216.0</v>
+        <v>225.0</v>
       </c>
       <c r="H22">
-        <v>270.0</v>
+        <v>281.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2022</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>73.0</v>
+        <v>76.0</v>
       </c>
       <c r="H23">
-        <v>90.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2004</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
         <v>110.0</v>
       </c>
       <c r="H24">
         <v>141.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2022</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>85.0</v>
+        <v>88.0</v>
       </c>
       <c r="H25">
-        <v>106.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2019</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H26">
-        <v>86.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2010</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
@@ -1353,54 +1353,54 @@
       </c>
       <c r="H30">
         <v>102.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2020</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>110.0</v>
+        <v>114.0</v>
       </c>
       <c r="H31">
-        <v>136.0</v>
+        <v>141.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2014</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>