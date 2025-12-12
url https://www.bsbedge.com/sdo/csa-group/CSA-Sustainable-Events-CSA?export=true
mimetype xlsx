--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -248,51 +248,51 @@
   <si>
     <t>Quality management — Guidelines for quality plans (Adopted ISO 10005:2018, third edition, 2018-06)</t>
   </si>
   <si>
     <t>CSA ISO 10003:20</t>
   </si>
   <si>
     <t>Quality management — Customer satisfaction — Guidelines for dispute resolution external to organizations (Adopted ISO 10003:2018, second edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA ISO 10002:20</t>
   </si>
   <si>
     <t>Quality management — Customer satisfaction — Guidelines for complaints handling in organizations (Adopted ISO 10002:2018, third edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA ISO 10001:20</t>
   </si>
   <si>
     <t>Quality management — Customer satisfaction — Guidelines for codes of conduct for organizations (Adopted ISO 10001:2018, second edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA IEC 31010:20 (R2025)</t>
   </si>
   <si>
-    <t>Risk management - Risk assessment techniques (Adopted IEC 31010:2019, second edition, 2019-06) | Management du risque — Techniques d’appréciation du risque (norme IEC 31010:2019 adoptée, deuxième édition, 2019-06)</t>
+    <t>Risk management - Risk assessment techniques (Adopted IEC 31010:2019, second edition, 2019-06)</t>
   </si>
   <si>
     <t>CSA ISO 19011:19 (R2024)</t>
   </si>
   <si>
     <t>Guidelines for auditing management systems (Adopted ISO 19011:2018, third edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA ISO 50001:19 (R2024)</t>
   </si>
   <si>
     <t>Energy management systems - Requirements with guidance for use (Adopted ISO 50001:2018, second edition, 2018-08)</t>
   </si>
   <si>
     <t>CSA R7008:19 (R2024)</t>
   </si>
   <si>
     <t>Sustainability standard for household demidifier appliances (Binational standard with AHAM 7008-2019 and UL 7008)</t>
   </si>
   <si>
     <t>CSA R7007:18 (R2023)</t>
   </si>
   <si>
     <t>Sustainability standard for household microwave oven appliances (Binational standard with AHAM 7007-2018 and UL 7007)</t>
   </si>