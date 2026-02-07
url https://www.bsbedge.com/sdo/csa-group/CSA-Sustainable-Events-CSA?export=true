--- v1 (2025-12-12)
+++ v2 (2026-02-07)
@@ -341,51 +341,51 @@
   <si>
     <t>CSA R7003:16 (R2021)</t>
   </si>
   <si>
     <t>Sustainability standard for household clothes washers (Bi-national standard with AHAM 7003-2016 and UL 7003)</t>
   </si>
   <si>
     <t>SPE-890-15</t>
   </si>
   <si>
     <t>A Guideline for accountable management of end-of-life materials</t>
   </si>
   <si>
     <t>CSA ISO 14020:15 (R2020)</t>
   </si>
   <si>
     <t>Environmental labels and declarations - General principles (Adopted ISO 14020:2000, second edition, 2000-09-15)</t>
   </si>
   <si>
     <t>CSA ISO 37120:15 (R2019)</t>
   </si>
   <si>
     <t>Sustainable development of communities - Indicators for city services and quality of life (Adopted ISO 37120:2014, first edition, 2014-05-15)</t>
   </si>
   <si>
-    <t>CSA ISO 10008:15 (R2019)</t>
+    <t>CSA ISO 10008:15 (R2024)</t>
   </si>
   <si>
     <t>Quality management - Customer satisfaction - Guidelines for business-to-consumer electronic commerce transactions (Adopted ISO 10008 :2013, first edition, 2013-06-01)</t>
   </si>
   <si>
     <t>CSA Z710:15 (R2020)</t>
   </si>
   <si>
     <t>Métis nation registry operations</t>
   </si>
   <si>
     <t>CAN/CSA-ISO 20121:13 (R2023)</t>
   </si>
   <si>
     <t>Event sustainability management systems - Requirements with guidance for use (Adopted ISO 20121:2012, first edition, 2012-06-15)</t>
   </si>
   <si>
     <t>SPE-14040-14</t>
   </si>
   <si>
     <t>Life cycle assessment of auto parts - Guidelines for conducting LCA of auto parts incorporating weight changes due to material composition, manufacturing technology, or part geometry</t>
   </si>
   <si>
     <t>SPE-7002-14</t>
   </si>
@@ -925,143 +925,143 @@
       </c>
       <c r="G2">
         <v>250.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>250.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>230.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>250.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2020</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="H6">
-        <v>140.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2018</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="H7">
-        <v>92.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2017</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="H8">
         <v>150.0</v>
       </c>
     </row>
@@ -1270,97 +1270,97 @@
       </c>
       <c r="G17">
         <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2022</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>96.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2022</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
         <v>129.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2022</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>64.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2022</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
         <v>151.0</v>
       </c>
     </row>
@@ -1477,189 +1477,189 @@
       </c>
       <c r="G26">
         <v>105.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2020</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>160.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
         <v>2021</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
         <v>125.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2020</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>210.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2020</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>70.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2020</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>160.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2020</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
         <v>190.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>2020</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>160.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>2020</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
         <v>140.0</v>
       </c>
     </row>
@@ -1684,74 +1684,74 @@
       </c>
       <c r="G35">
         <v>235.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2019</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>215.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
         <v>2019</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>185.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>2019</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
         <v>75.0</v>
       </c>
     </row>
@@ -1799,166 +1799,166 @@
       </c>
       <c r="G40">
         <v>133.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
         <v>2016</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>209.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>2017</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
         <v>100.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
         <v>2016</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>235.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
         <v>2016</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>159.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
         <v>2016</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>149.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
         <v>2016</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>209.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
         <v>2016</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
         <v>77.0</v>
       </c>
     </row>
@@ -2075,51 +2075,51 @@
       </c>
       <c r="G52">
         <v>75.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
         <v>2013</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>150.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2014</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
         <v>75.0</v>
       </c>
     </row>
@@ -2236,97 +2236,97 @@
       </c>
       <c r="G59">
         <v>85.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
         <v>2007</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>137.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
         <v>2006</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>126.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
         <v>2006</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>190.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
         <v>2006</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
         <v>85.0</v>
       </c>
     </row>
@@ -2374,51 +2374,51 @@
       </c>
       <c r="G65">
         <v>163.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
         <v>2003</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>115.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
         <v>2003</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
         <v>168.0</v>
       </c>
     </row>
@@ -2558,120 +2558,120 @@
       </c>
       <c r="G73">
         <v>85.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>19</v>
       </c>
       <c r="D74">
         <v>2020</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>140.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>155</v>
       </c>
       <c r="D75">
         <v>2020</v>
       </c>
       <c r="E75" t="s">
         <v>156</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="H75">
-        <v>210.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>157</v>
       </c>
       <c r="D76">
         <v>2020</v>
       </c>
       <c r="E76" t="s">
         <v>158</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="H76">
-        <v>185.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>21</v>
       </c>
       <c r="D77">
         <v>2018</v>
       </c>
       <c r="E77" t="s">
         <v>22</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>92.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>23</v>
       </c>
       <c r="D78">
         <v>2017</v>
       </c>
       <c r="E78" t="s">
         <v>24</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
         <v>130.0</v>
       </c>
     </row>