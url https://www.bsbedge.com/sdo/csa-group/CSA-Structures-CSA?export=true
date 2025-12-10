--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -140,51 +140,51 @@
   <si>
     <t>CSA S413:21</t>
   </si>
   <si>
     <t>Parking structures</t>
   </si>
   <si>
     <t>CSA S349:20</t>
   </si>
   <si>
     <t>Certification requirements for manufacturers of metal-plate-connected wood trusses</t>
   </si>
   <si>
     <t>CSA S250:20</t>
   </si>
   <si>
     <t>Mapping of underground utility infrastructure</t>
   </si>
   <si>
     <t>CSA O86:19</t>
   </si>
   <si>
     <t>Engineering design in wood</t>
   </si>
   <si>
-    <t>CSA S807:19</t>
+    <t>CSA S807:19 (R2024)</t>
   </si>
   <si>
     <t>Specification for fibre-reinforced polymers</t>
   </si>
   <si>
     <t>CSA S478:19 (R2024)</t>
   </si>
   <si>
     <t>Durability in buildings</t>
   </si>
   <si>
     <t>CSA S852:18 (R2023)</t>
   </si>
   <si>
     <t>Blast-resistant window anchor systems</t>
   </si>
   <si>
     <t>S157-17/S157.1-17 (R2022)</t>
   </si>
   <si>
     <t>Strength design in aluminum/Commentary on CSA S157-17, Strength design in aluminum</t>
   </si>
   <si>
     <t>S269.2-16 (R2021)</t>
   </si>