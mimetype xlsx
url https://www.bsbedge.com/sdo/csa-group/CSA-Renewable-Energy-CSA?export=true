--- v0 (2025-10-16)
+++ v1 (2025-12-12)
@@ -12,263 +12,275 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA IEC TS 62600-2:25</t>
+  </si>
+  <si>
+    <t>Marine energy — Wave, tidal and other water current converters — Part 2: Marine energy systems — Design requirements (Adopted IEC TS 62600-2:2019, second edition, 2019-10)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>CSA IEC TS 62600-10:25</t>
+  </si>
+  <si>
+    <t>Marine energy — Wave, tidal and other water current converters — Part 10: Assessment of mooring system for marine energy converters (MECs) (Adopted IEC TS 62600-10:2021, second edition, 2021-07)</t>
+  </si>
+  <si>
     <t>CSA/ANSI/IGSHPA C448 SERIES:25</t>
   </si>
   <si>
     <t>Design and installation of ground source heat pump systems for commercial and residential buildings</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA F379:25</t>
   </si>
   <si>
     <t>Packaged solar domestic hot water systems (liquid-to-liquid heat transfer)</t>
   </si>
   <si>
     <t>CSA C61215-1-4:25</t>
   </si>
   <si>
-    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-4: Special requirements for testing of thin-film Cu(In,Ga)(S,Se) 2 based photovoltaic (PV) modules (Adopted IEC 61215-1-4:2021, second edition, 2021-02, with Canadian deviations) | Modules photovoltaïques (PV) pour applications terrestres — Qualification de la conception et homologation — Partie 1-4 : Exigences particulières d'essai des modules photovoltaïques (PV) au Cu(In,Ga)(S,Se) 2 à couches minces (norme IEC 61215-1-4:2021 adoptée, deuxième édition, 2021-02, avec exigences propres au Canada)</t>
+    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-4: Special requirements for testing of thin-film Cu(In,Ga)(S,Se) 2 based photovoltaic (PV) modules (Adopted IEC 61215-1-4:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-1-3:25</t>
   </si>
   <si>
-    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-3: Special requirements for testing of thin-film amorphous silicon based photovoltaic (PV) modules (Adopted IEC 61215-1-3:2021, second edition, 2021-02, with Canadian deviations) | Modules photovoltaïques (PV) pour applications terrestres — Qualification de la conception et homologation — Partie 1-3 : Exigences particulières d'essai des modules photovoltaïques (PV) au silicium amorphe à couches minces (norme IEC 61215-1-3:2021 adoptée, deuxième édition, 2021-02, avec exigences propres au Canada)</t>
+    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-3: Special requirements for testing of thin-film amorphous silicon based photovoltaic (PV) modules (Adopted IEC 61215-1-3:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-1-2:25</t>
   </si>
   <si>
-    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-2: Special requirements for testing of thin-film Cadmium Telluride (CdTe) based photovoltaic (PV) modules (Adopted IEC 61215-1-2:2021, second edition, 2021-02, with Canadian deviations) | Modules photovoltaïques (PV) pour applications terrestres — Qualification de la conception et homologation — Partie 1-2 : Exigences particulières d'essai des modules photovoltaïques (PV) au tellurure de cadmium (CdTe) à couches minces (norme IEC 61215-1-2:2021 adoptée, deuxième édition, 2021-02, avec exigences propres au Canada)</t>
+    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-2: Special requirements for testing of thin-film Cadmium Telluride (CdTe) based photovoltaic (PV) modules (Adopted IEC 61215-1-2:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-1-1:25</t>
   </si>
   <si>
-    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-1: Special requirements for testing of crystalline silicon photovoltaic (PV) modules (Adopted IEC 61215-1-1:2021, second edition, 2021-02, with Canadian deviations) | Modules photovoltaïques (PV) pour applications terrestres — Qualification de la conception et homologation — Partie 1-1 : Exigences particulières d'essai des modules photovoltaïques (PV) au silicium cristallin (norme IEC 61215-1-1:2021 adoptée, deuxième édition, 2021-02, avec exigences propres au Canada)</t>
+    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-1: Special requirements for testing of crystalline silicon photovoltaic (PV) modules (Adopted IEC 61215-1-1:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-1:25</t>
   </si>
   <si>
-    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1: Test requirements (Adopted IEC 61215-1:2021, second edition, 2021-02, with Canadian deviations) | Modules photovoltaïques (PV) pour applications terrestres — Qualification de la conception et homologation — Partie 1 : Exigences d’essai (norme IEC 61215-1:2021 adoptée, deuxième édition, 2021-02, avec exigences propres au Canada)</t>
+    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1: Test requirements (Adopted IEC 61215-1:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-2:24</t>
   </si>
   <si>
-    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 2: Test procedures (Adopted IEC 61215-2:2021, second edition, 2021-02, with Canadian deviations) | Modules photovoltaïques (PV) pour applications terrestres — Qualification de la conception et homologation — Partie 2 : Procédures d'essai (norme IEC 61215-2:2021 adoptée, deuxième édition, 2021-02, avec exigences propres au Canada)</t>
+    <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 2: Test procedures (Adopted IEC 61215-2:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA/ANSI C800:25</t>
   </si>
   <si>
     <t>Testing protocol for energy storage system reliability and quality assurance program</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 350:25</t>
   </si>
   <si>
     <t>Test method for safety and performance of thermal barriers for use in batteries and battery-based energy storage systems</t>
   </si>
   <si>
     <t>CSA IEC/TS 62600-4:22</t>
   </si>
   <si>
     <t>Marine energy — Wave, tidal and other water current converters — Part 4: Specification for establishing qualification of new technology (Adopted IEC Technical Specification 62600-4:2020, first edition, 2020-09)</t>
   </si>
   <si>
     <t>CSA C62817:15 (R2020)/A1:22</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA C62817:15, Photovoltaic systems — Design qualification of solar trackers (Adopted amendment 1:2017 to IEC 62817:2014) | Modification 1:2022 à CSA C62817:15, Systèmes photovoltaïques — Qualification de conception des suiveurs solaires (amendement 1:2017 adoptée à la norme IEC 62817:2014)</t>
+    <t>Amendment 1:2022 to CSA C62817:15, Photovoltaic systems — Design qualification of solar trackers (Adopted amendment 1:2017 to IEC 62817:2014)</t>
   </si>
   <si>
     <t>CSA C61400-1:21</t>
   </si>
   <si>
     <t>Wind energy generation systems — Part 1: Design requirements (Adopted IEC 61400-1:2019, fourth edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 340:23</t>
   </si>
   <si>
     <t>Battery management systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 272:20</t>
   </si>
   <si>
     <t>Wind turbine electrical systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61730-2:19</t>
   </si>
   <si>
-    <t>Photovoltaic (PV) module safety qualification - Part 2: Requirements for testing (Adopted IEC 61730-2:2016, second edition, 2016-08, with Canadian deviations) | Qualification pour la sûreté de fonctionnement des modules photovoltaïques (PV) - Partie 2: Exigences pour les essais (norme IEC 61730-2:2016 adoptée, deuxième édition, 2016-08, avec exigences propres au Canada)</t>
+    <t>Photovoltaic (PV) module safety qualification - Part 2: Requirements for testing (Adopted IEC 61730-2:2016, second edition, 2016-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61730-1:19</t>
   </si>
   <si>
-    <t>Photovoltaic (PV) module safety qualification — Part 1: Requirements for construction (Adopted IEC 61730-1:2016, second edition, 2016-08, with Canadian deviations) | Qualification pour la sûreté de fonctionnement des modules photovoltaïques (PV) — Partie 1 : Exigences pour la construction (norme IEC 61730-1:2016 adoptée, deuxième édition, 2016-08, avec exigences propres au Canada)</t>
+    <t>Photovoltaic (PV) module safety qualification — Part 1: Requirements for construction (Adopted IEC 61730-1:2016, second edition, 2016-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61400-11:19 (R2024)</t>
   </si>
   <si>
-    <t>Wind turbines - Part 11: Acoustic noise measurement techniques (Adopted IEC 61400-11:2012, third edition, 2012-11, including amendment 1:2018) | Éoliennes — Partie 11 : Techniques de mesure du bruit acoustique (norme IEC 61400-11:2012 adoptée, troisième édition, 2012-11, y compris amendement 1:2018)</t>
+    <t>Wind turbines - Part 11: Acoustic noise measurement techniques (Adopted IEC 61400-11:2012, third edition, 2012-11, including amendment 1:2018)</t>
   </si>
   <si>
     <t>CSA C61400-2:19 (R2024)</t>
   </si>
   <si>
-    <t>Wind turbines - Part 2: Small wind turbines (Adopted IEC 61400-2:2013, third edition, 2013-12, with Canadian deviations) | Éoliennes — Partie 2 : Petits aérogénérateurs (norme IEC 61400-2:2013 adoptée, troisième édition, 2013-12, avec exigences propres au Canada)</t>
+    <t>Wind turbines - Part 2: Small wind turbines (Adopted IEC 61400-2:2013, third edition, 2013-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA/ANSI C450:18 (R2023)</t>
   </si>
   <si>
     <t>Photovoltaic (PV) module testing protocol for quality assurance programs</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61400-12-1:17 (R2022)</t>
   </si>
   <si>
-    <t>Wind energy generation systems — Part 12-1: Power performance measurements of electricity producing wind turbines (Adopted IEC 61400-12-1:2017, second edition, 2017-03) | Systèmes de génération d’énergie éolienne — Partie 12-1 : Mesures de performance de puissance des éoliennes de production d’électricité (norme IEC 61400-12-1:2017 adoptée, deuxième édition, 2017-03)</t>
+    <t>Wind energy generation systems — Part 12-1: Power performance measurements of electricity producing wind turbines (Adopted IEC 61400-12-1:2017, second edition, 2017-03)</t>
   </si>
   <si>
     <t>CSA C61427-1:17 (R2022)</t>
   </si>
   <si>
-    <t>Secondary cells and batteries for renewable energy storage — General requirements and methods of test — Part 1: Photovoltaic off-grid application (Adopted IEC 61427-1:2013, first edition, 2013-04, with Canadian deviations) | Accumulateurs pour le stockage de l’énergie renouvelable — Exigences générales et méthodes d’essais — Partie 1 : Applications photovoltaïques hors réseaux (norme IEC 61427-1:2013 adoptée, première édition, 2013-04, avec exigences propres au Canada)</t>
+    <t>Secondary cells and batteries for renewable energy storage — General requirements and methods of test — Part 1: Photovoltaic off-grid application (Adopted IEC 61427-1:2013, first edition, 2013-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62109-2:16 (R2021)</t>
   </si>
   <si>
-    <t>Safety of power converters for use in photovoltaic power systems — Part 2: Particular requirements for inverters (Adopted IEC 62109-2:2011, first edition, 2011-06, with Canadian deviations) | Sécurité des convertisseurs de puissance utilisés dans les systèmes photovoltaïques — Partie 2 : Exigences particulières pour les onduleurs (norme IEC 62109-2:2011 adoptée, première édition, 2011-06, avec exigences propres au Canada)</t>
+    <t>Safety of power converters for use in photovoltaic power systems — Part 2: Particular requirements for inverters (Adopted IEC 62109-2:2011, first edition, 2011-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62109-1:16 (R2021)</t>
   </si>
   <si>
     <t>Safety of power converters for use in photovoltaic power systems — Part 1: General requirements (Adopted IEC 62109-1:2010, first edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C62817:15 (R2020)</t>
   </si>
   <si>
-    <t>Photovoltaic systems — Design qualification of solar trackers (Adopted IEC 62817:2014, first edition, 2014-08,with Canadian deviations) | Systèmes photovoltaïques — Qualification de conception des suiveurs solaires (norme IEC 62817:2014 adoptée, première édition, 2014-08,avec exigences propres au Canada)</t>
+    <t>Photovoltaic systems — Design qualification of solar trackers (Adopted IEC 62817:2014, first edition, 2014-08,with Canadian deviations)</t>
   </si>
   <si>
     <t>SPE-900-13</t>
   </si>
   <si>
     <t>Solar photovoltaic rooftop-installation best practices guideline</t>
   </si>
   <si>
     <t>CAN/CSA-C448 SERIES-13</t>
   </si>
   <si>
     <t>Design and installation of earth energy systems</t>
   </si>
   <si>
     <t>CSA C748:13 (R2023)</t>
   </si>
   <si>
     <t>Performance of direct-expansion (DX) ground-source heat pumps</t>
   </si>
   <si>
     <t>F383S1-11 (R2024)</t>
   </si>
   <si>
     <t>Supplement #1 to CAN/CSA-F383-08, Installation of packaged solar domestic hot water systems</t>
   </si>
   <si>
     <t>CSA C61400-3:11 (R2021)</t>
   </si>
   <si>
-    <t>Wind turbines - Part 3: Design requirements for offshore wind turbines (Adopted IEC 61400-3:2009, first edition, 2009-02, with Canadian deviations) | Éoliennes - Partie 3 : Exigences de conception des éoliennes en pleine mer (norme IEC 61400-3:2009 adoptée, première édition, 2009-02, avec exigences propres au Canada)</t>
+    <t>Wind turbines - Part 3: Design requirements for offshore wind turbines (Adopted IEC 61400-3:2009, first edition, 2009-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-F383-08 (R2024)</t>
   </si>
   <si>
     <t>Installation of packaged solar domestic hot water systems</t>
   </si>
   <si>
     <t>ANSI/CSA/IGSHPA C448 SERIES-16 (R2021)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -581,51 +593,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -635,786 +647,832 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>250.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>270.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
-      <c r="H4">
+      <c r="G4">
         <v>250.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>130.0</v>
+        <v>270.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
-      <c r="G6">
-        <v>70.0</v>
+      <c r="H6">
+        <v>250.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>70.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>130.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>450.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>520.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>400.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>156.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>11.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>480.0</v>
+        <v>156.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>153.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="D17">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E17" t="s">
         <v>40</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>150.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>350.0</v>
+        <v>153.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>360.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20">
         <v>2019</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>375.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21">
         <v>2019</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>450.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>49</v>
       </c>
       <c r="D22">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>60.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>51</v>
       </c>
       <c r="D23">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>400.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>120.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>252.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E26" t="s">
         <v>58</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>438.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>59</v>
       </c>
       <c r="D27">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E27" t="s">
         <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>280.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E28" t="s">
         <v>62</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>77.0</v>
+        <v>438.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>63</v>
       </c>
       <c r="D29">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E29" t="s">
         <v>64</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>250.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>65</v>
       </c>
       <c r="D30">
         <v>2013</v>
       </c>
       <c r="E30" t="s">
         <v>66</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>113.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>67</v>
       </c>
       <c r="D31">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E31" t="s">
         <v>68</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>85.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>69</v>
       </c>
       <c r="D32">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E32" t="s">
         <v>70</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>320.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>71</v>
       </c>
       <c r="D33">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E33" t="s">
         <v>72</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>95.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>73</v>
       </c>
       <c r="D34">
+        <v>2011</v>
+      </c>
+      <c r="E34" t="s">
+        <v>74</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34">
+        <v>320.0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>75</v>
+      </c>
+      <c r="D35">
+        <v>2008</v>
+      </c>
+      <c r="E35" t="s">
+        <v>76</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35">
+        <v>95.0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>77</v>
+      </c>
+      <c r="D36">
         <v>2016</v>
       </c>
-      <c r="E34" t="s">
-[...5 lines deleted...]
-      <c r="H34">
+      <c r="E36" t="s">
+        <v>16</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="H36">
         <v>250.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>