--- v1 (2025-12-12)
+++ v2 (2026-02-04)
@@ -44,59 +44,65 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C61400-3-1:25</t>
+  </si>
+  <si>
+    <t>Wind energy generation systems — Part 3-1: Design requirements for fixed offshore wind turbines (Adopted IEC 61400-3-1:2019, first edition, 2019-04, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>CSA IEC TS 62600-2:25</t>
   </si>
   <si>
     <t>Marine energy — Wave, tidal and other water current converters — Part 2: Marine energy systems — Design requirements (Adopted IEC TS 62600-2:2019, second edition, 2019-10)</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA IEC TS 62600-10:25</t>
   </si>
   <si>
     <t>Marine energy — Wave, tidal and other water current converters — Part 10: Assessment of mooring system for marine energy converters (MECs) (Adopted IEC TS 62600-10:2021, second edition, 2021-07)</t>
   </si>
   <si>
     <t>CSA/ANSI/IGSHPA C448 SERIES:25</t>
   </si>
   <si>
     <t>Design and installation of ground source heat pump systems for commercial and residential buildings</t>
   </si>
   <si>
     <t>CSA F379:25</t>
   </si>
   <si>
     <t>Packaged solar domestic hot water systems (liquid-to-liquid heat transfer)</t>
   </si>
   <si>
     <t>CSA C61215-1-4:25</t>
   </si>
   <si>
     <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-4: Special requirements for testing of thin-film Cu(In,Ga)(S,Se) 2 based photovoltaic (PV) modules (Adopted IEC 61215-1-4:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-1-3:25</t>
@@ -231,56 +237,50 @@
     <t>Photovoltaic systems — Design qualification of solar trackers (Adopted IEC 62817:2014, first edition, 2014-08,with Canadian deviations)</t>
   </si>
   <si>
     <t>SPE-900-13</t>
   </si>
   <si>
     <t>Solar photovoltaic rooftop-installation best practices guideline</t>
   </si>
   <si>
     <t>CAN/CSA-C448 SERIES-13</t>
   </si>
   <si>
     <t>Design and installation of earth energy systems</t>
   </si>
   <si>
     <t>CSA C748:13 (R2023)</t>
   </si>
   <si>
     <t>Performance of direct-expansion (DX) ground-source heat pumps</t>
   </si>
   <si>
     <t>F383S1-11 (R2024)</t>
   </si>
   <si>
     <t>Supplement #1 to CAN/CSA-F383-08, Installation of packaged solar domestic hot water systems</t>
-  </si>
-[...4 lines deleted...]
-    <t>Wind turbines - Part 3: Design requirements for offshore wind turbines (Adopted IEC 61400-3:2009, first edition, 2009-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-F383-08 (R2024)</t>
   </si>
   <si>
     <t>Installation of packaged solar domestic hot water systems</t>
   </si>
   <si>
     <t>ANSI/CSA/IGSHPA C448 SERIES-16 (R2021)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -647,827 +647,827 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>450.0</v>
+        <v>620.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>450.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>250.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>270.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
-      <c r="H6">
-        <v>250.0</v>
+      <c r="G6">
+        <v>270.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
-      <c r="G7">
-        <v>130.0</v>
+      <c r="H7">
+        <v>250.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>70.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>70.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>130.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>450.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>520.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>350.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>400.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>156.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16">
         <v>2022</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>11.0</v>
+        <v>156.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="D17">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E17" t="s">
         <v>40</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>480.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>153.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>150.0</v>
+        <v>153.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>350.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21">
         <v>2019</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>360.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>49</v>
       </c>
       <c r="D22">
         <v>2019</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>375.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>51</v>
       </c>
       <c r="D23">
         <v>2019</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>450.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>60.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>400.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26" t="s">
         <v>58</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>120.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>59</v>
       </c>
       <c r="D27">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E27" t="s">
         <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>252.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28">
         <v>2016</v>
       </c>
       <c r="E28" t="s">
         <v>62</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>438.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>63</v>
       </c>
       <c r="D29">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E29" t="s">
         <v>64</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>280.0</v>
+        <v>438.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>65</v>
       </c>
       <c r="D30">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E30" t="s">
         <v>66</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>77.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>67</v>
       </c>
       <c r="D31">
         <v>2013</v>
       </c>
       <c r="E31" t="s">
         <v>68</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>250.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>69</v>
       </c>
       <c r="D32">
         <v>2013</v>
       </c>
       <c r="E32" t="s">
         <v>70</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>113.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>71</v>
       </c>
       <c r="D33">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E33" t="s">
         <v>72</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>85.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>73</v>
       </c>
       <c r="D34">
         <v>2011</v>
       </c>
       <c r="E34" t="s">
         <v>74</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>320.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>75</v>
       </c>
       <c r="D35">
         <v>2008</v>
       </c>
       <c r="E35" t="s">
         <v>76</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
         <v>95.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>77</v>
       </c>
       <c r="D36">
         <v>2016</v>
       </c>
       <c r="E36" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="H36">
         <v>250.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>