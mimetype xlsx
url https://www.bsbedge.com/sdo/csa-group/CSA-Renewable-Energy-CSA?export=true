--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -107,51 +107,51 @@
   <si>
     <t>CSA C61215-1-3:25</t>
   </si>
   <si>
     <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-3: Special requirements for testing of thin-film amorphous silicon based photovoltaic (PV) modules (Adopted IEC 61215-1-3:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-1-2:25</t>
   </si>
   <si>
     <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-2: Special requirements for testing of thin-film Cadmium Telluride (CdTe) based photovoltaic (PV) modules (Adopted IEC 61215-1-2:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-1-1:25</t>
   </si>
   <si>
     <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1-1: Special requirements for testing of crystalline silicon photovoltaic (PV) modules (Adopted IEC 61215-1-1:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61215-1:25</t>
   </si>
   <si>
     <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 1: Test requirements (Adopted IEC 61215-1:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C61215-2:24</t>
+    <t>CSA C61215-2:25</t>
   </si>
   <si>
     <t>Terrestrial photovoltaic (PV) modules — Design qualification and type approval — Part 2: Test procedures (Adopted IEC 61215-2:2021, second edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA/ANSI C800:25</t>
   </si>
   <si>
     <t>Testing protocol for energy storage system reliability and quality assurance program</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 350:25</t>
   </si>
   <si>
     <t>Test method for safety and performance of thermal barriers for use in batteries and battery-based energy storage systems</t>
   </si>
   <si>
     <t>CSA IEC/TS 62600-4:22</t>
   </si>
   <si>
     <t>Marine energy — Wave, tidal and other water current converters — Part 4: Specification for establishing qualification of new technology (Adopted IEC Technical Specification 62600-4:2020, first edition, 2020-09)</t>
   </si>
   <si>
     <t>CSA C62817:15 (R2020)/A1:22</t>
   </si>