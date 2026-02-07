--- v0 (2025-11-05)
+++ v1 (2026-02-07)
@@ -197,57 +197,57 @@
   <si>
     <t>ASME A112.4.2-2021/CSA B45.16:21</t>
   </si>
   <si>
     <t>Personal hygiene devices for water closets</t>
   </si>
   <si>
     <t>CSA B55.2:20</t>
   </si>
   <si>
     <t>Drain water heat recovery units</t>
   </si>
   <si>
     <t>CSA B55.1:20</t>
   </si>
   <si>
     <t>Test method for measuring efficiency and pressure loss of drain water heat recovery units</t>
   </si>
   <si>
     <t>CSA B602:20</t>
   </si>
   <si>
     <t>Mechanical couplings for drain, waste, and vent pipe and sewer pipe</t>
   </si>
   <si>
-    <t>ASME A112.19.7-2020/CSA B45.10:20</t>
+    <t>ASME A112.19.7-2020/CSA B45.10:20 (R2025)</t>
   </si>
   <si>
     <t>Hydromassage bathtub systems</t>
   </si>
   <si>
-    <t>ASSE 1070-2020/ASME A112.1070-2020/CSA B125.70:20</t>
+    <t>ASSE 1070-2020/ASME A112.1070-2020/CSA B125.70:20 (R2025)</t>
   </si>
   <si>
     <t>Performance requirements for water temperature limiting devices</t>
   </si>
   <si>
     <t>ASSE 1037-2020/ASME A112.1037-2020/CSA B125.37:20</t>
   </si>
   <si>
     <t>Performance requirements for pressurized flushing devices for plumbing fixtures</t>
   </si>
   <si>
     <t>ASSE 1002-2020/ASME A112.1002-2020/CSA B125.12:20</t>
   </si>
   <si>
     <t>Anti-siphon fill valves for water closet tanks</t>
   </si>
   <si>
     <t>ASME A112.18.2-2020/CSA B125.2:20</t>
   </si>
   <si>
     <t>Plumbing waste fittings</t>
   </si>
   <si>
     <t>CSA B70:19 (R2024)</t>
   </si>
@@ -296,51 +296,51 @@
   <si>
     <t>CSA B65:12 (R2021)</t>
   </si>
   <si>
     <t>Installation code for decentralized wastewater systems</t>
   </si>
   <si>
     <t>CSA B45.6:11 (R2020)</t>
   </si>
   <si>
     <t>Nonrecirculating toilets, vacuum toilets, and waste-holding tanks for use in recreational vehicles</t>
   </si>
   <si>
     <t>CSA B45.7:11 (R2020)</t>
   </si>
   <si>
     <t>Self-contained, recirculating, chemically controlled toilets for use in recreational vehicles</t>
   </si>
   <si>
     <t>CSA B128.1:06/CSA B128.2:06 (R2021)</t>
   </si>
   <si>
     <t>Design and installation of non-potable water systems/Maintenance and field testing of non-potable water systems</t>
   </si>
   <si>
-    <t>CSA B242:05 (R2021)</t>
+    <t>CSA B242:05 (R2025)</t>
   </si>
   <si>
     <t>Groove- and shoulder-type mechanical pipe couplings</t>
   </si>
   <si>
     <t>B196.3-M1983 (R2021)</t>
   </si>
   <si>
     <t>PVC Underground Telecommunication Cable Ducting and Fittings</t>
   </si>
   <si>
     <t>CSA B66:21</t>
   </si>
   <si>
     <t>Design, material, and manufacturing requirements for prefabricated septic tanks and sewage holding tanks</t>
   </si>
   <si>
     <t>CSA B483.1:21</t>
   </si>
   <si>
     <t>Drinking water treatment systems</t>
   </si>
 </sst>
 </file>
 