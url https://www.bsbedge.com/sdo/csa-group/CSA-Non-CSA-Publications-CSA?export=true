--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -53,51 +53,51 @@
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
     <t>CSA/ANSI Z21.91:20 (R2024)</t>
   </si>
   <si>
     <t>Ventless firebox enclosures for gas-fired unvented gas log type room heaters</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
-    <t>CSA/ANSI Z21.11.2:19</t>
+    <t>CSA/ANSI Z21.11.2:19 (R2024)</t>
   </si>
   <si>
     <t>Gas-fired room heaters, volume II, unvented room heaters</t>
   </si>
   <si>
     <t>ANSI Z21.74-2017 (R2022)</t>
   </si>
   <si>
     <t>Portable refrigerators</t>
   </si>
   <si>
     <t>ANSI Z21.84-2017 (R2021)</t>
   </si>
   <si>
     <t>Manually lighted, natural gas, decorative gas appliances for installation in solid-fuel burning appliances</t>
   </si>
   <si>
     <t>ANSI Z21.76-2016 (R2021)</t>
   </si>
   <si>
     <t>Gas-fired unvented catalytic room heaters for use with propane gas</t>
   </si>
   <si>
     <t>ANSI Z83.18-2017 (R2021)</t>
   </si>