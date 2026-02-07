--- v0 (2025-10-21)
+++ v1 (2026-02-07)
@@ -1055,120 +1055,120 @@
       </c>
       <c r="G10">
         <v>168.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2024</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>234.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2024</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>190.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>240.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2024</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>160.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2024</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
         <v>196.0</v>
       </c>
     </row>
@@ -1377,51 +1377,51 @@
       </c>
       <c r="G24">
         <v>168.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2024</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>168.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>260.0</v>
       </c>
     </row>