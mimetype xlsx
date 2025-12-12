--- v0 (2025-10-03)
+++ v1 (2025-12-12)
@@ -176,177 +176,177 @@
   <si>
     <t>Photovoltaic rapid shutdown systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 158:23</t>
   </si>
   <si>
     <t>Terminal blocks</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-47:22</t>
   </si>
   <si>
     <t>Explosive atmospheres — Part 47: Equipment protection by 2-wire intrinsically safe Ethernet concept (2-WISE) (Adopted IEC TS 60079-47:2021, first edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 286:23</t>
   </si>
   <si>
     <t>Industrial control panels and assemblies</t>
   </si>
   <si>
     <t>CSA C80079-37:22</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 37: Non-electrical equipment for explosive atmospheres — Non electrical type of protection constructional safety "c", control of ignition source "b", liquid immersion "k" (Adopted ISO 80079-37:2016, first edition, 2016-02, with Canadian deviations) | Atmosphères explosives — Partie 37 : Appareils non électriques destinés à être utilisés en atmosphères explosives — Mode de protection non électrique par sécurité de construction « c », par contrôle de la source d’inflammation « b », par immersion dans un liquide « k » (norme ISO 80079-37:2016 adoptée, première édition, 2016-02, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 37: Non-electrical equipment for explosive atmospheres — Non electrical type of protection constructional safety "c", control of ignition source "b", liquid immersion "k" (Adopted ISO 80079-37:2016, first edition, 2016-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C80079-36:22</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 36: Non-electrical equipment for explosive atmospheres — Basic method and requirements (Adopted ISO 80079-36:2016, first edition, 2016-02, with Canadian deviations) | Atmosphères explosives — Partie 36 : Appareils non électriques destinés à être utilisés en atmosphères explosives — Méthodologie et exigences (norme ISO 80079-36:2016 adoptée, première édition, 2016-02, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 36: Non-electrical equipment for explosive atmospheres — Basic method and requirements (Adopted ISO 80079-36:2016, first edition, 2016-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-29-1:17/A1:22 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA C22.2 NO. 60079-29-1:11, Explosive atmospheres - Part 29-1: Gas detectors - Performance requirements of detectors for flammable gases (Adopted amendment 1:2020 to IEC 60079-29-1:2016) | Modification 1:2022 à CSA C22.2 NO. 60079-29-1:11, Atmosphères explosives — Partie 29-1 : Détecteurs de gaz — Exigences d’aptitude à la fonction des détecteurs de gaz inflammables (amendement 1:2022 adoptée à la norme IEC 60079-29-1:2016)</t>
+    <t>Amendment 1:2022 to CSA C22.2 NO. 60079-29-1:11, Explosive atmospheres - Part 29-1: Gas detectors - Performance requirements of detectors for flammable gases (Adopted amendment 1:2020 to IEC 60079-29-1:2016)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-26:22</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 26: Equipment with separation elements or combined levels of protection (Adopted IEC 60079-26:2021, fourth edition, 2021-02, with Canadian deviations) | Atmosphères explosives — Partie 26 : Appareils avec éléments de séparation ou niveaux de protection combinés (norme IEC 60079-26:2021 adoptée, quatrième édition, 2021-02, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 26: Equipment with separation elements or combined levels of protection (Adopted IEC 60079-26:2021, fourth edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 19085-13:23</t>
   </si>
   <si>
     <t>Woodworking machines — Safety — Part 13: Multi-blade rip sawing machines with manual loading and/or unloading (Adopted ISO 19085-13:2020, first edition, 2020-05, with North American deviations)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 19085-11:23</t>
   </si>
   <si>
     <t>Woodworking machines — Safety — Part 11: Combined machines (Adopted ISO 19085-1:2020, first edition, 2020-03, with North American deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60974-7:22</t>
   </si>
   <si>
-    <t>Arc welding equipment — Part 7: Torches (Adopted IEC 60974-7:2019, fourth edition, 2019-01, with Canadian deviations) | Matériel de soudage à l’arc — Partie 7 : Torches (norme IEC 60974-7:2019 adoptée, quatrième édition, 2019-01, avec exigences propres au Canada)</t>
+    <t>Arc welding equipment — Part 7: Torches (Adopted IEC 60974-7:2019, fourth edition, 2019-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-25:22</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 25: Intrinsically safe electrical systems (Adopted IEC 60079-25:2020, third edition, 2020-06, with Canadian deviations) | Atmosphères explosives — Partie 25 : Systèmes électriques de sécurité intrinsèque (norme IEC 60079-25:2020 adoptée, troisième édition, 2020-06, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 25: Intrinsically safe electrical systems (Adopted IEC 60079-25:2020, third edition, 2020-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 280:22</t>
   </si>
   <si>
     <t>Electric vehicle supply equipment (Trinational standard with UL 2594 and NMX-J-677-ANCE-2022)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-6:17/A1:22 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA C22.2 NO. 60079-6:17, Explosive atmospheres - Part 6: Equipment protection by liquid immersion "o" (Adopted amendment 1:2020 to IEC 60079-6:2015 | Modification 1:2022 à CSA C22.2 NO. 60079-6:17, Atmosphères explosives - Partie 6 : Protection du matériel par immersion dans le liquide «o» (amendement 1:2020 adoptée à la norme IEC 60079-6:2015)</t>
+    <t>Amendment 1:2022 to CSA C22.2 NO. 60079-6:17, Explosive atmospheres - Part 6: Equipment protection by liquid immersion "o" (Adopted amendment 1:2020 to IEC 60079-6:2015</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.1:22</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 1: General requirements (Trinational standard with UL 248-1 and NMX-J-009/248/1-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 145:22</t>
   </si>
   <si>
     <t>Electric motors and generators for use in hazardous (classified) locations (Trinational standard with NMX-J-652-ANCE and UL 674)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.13:22</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 13: Semiconductor fuses (Trinational standard with UL 248-13 and NMX-J-009/248/13-2022-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.18:22</t>
   </si>
   <si>
     <t>Low-voltage fuses — Part 18: Class CD fuses (Trinational standard with UL 248-18 and NMX-J-009/248/18-2022-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61800-5-2:21</t>
   </si>
   <si>
-    <t>Adjustable speed electrical power drive systems — Part 5-2: Safety requirements — Functional (Adopted IEC 61800-5-2:2016, second edition, 2016-04, with Canadian deviations) | Entraînements électriques de puissance à vitesse variable — Partie 5-2 : Exigences de sécurité — Fonctionnelle (norme IEC 61800-5-2:2016 adoptée, deuxième édition, 2016-04, avec exigences propres au Canada)</t>
+    <t>Adjustable speed electrical power drive systems — Part 5-2: Safety requirements — Functional (Adopted IEC 61800-5-2:2016, second edition, 2016-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.5:22</t>
   </si>
   <si>
     <t>Fuseholders - Part 5: Class G (Trinational standard with UL 4248-5 and NMX-J-009/4248/5-2022-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.1:22</t>
   </si>
   <si>
     <t>Fuseholders — Part 1: General requirements (Trinational standard with UL 4248-1 and NMX-J-009/4248/1-2022-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 178.1:22</t>
   </si>
   <si>
     <t>Transfer switch equipment (Trinational standard with NMX-J-674-ANCE and UL 1008)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 268:22</t>
   </si>
   <si>
     <t>Power circuit breakers up to 1000 Vac and 1500 V dc used in enclosures (Binational standard with UL 1066)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 66.2:21</t>
   </si>
   <si>
     <t>Low voltage transformers - Part 2: General purpose transformers (Binational standard with UL 5085-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-5-5:21</t>
   </si>
   <si>
-    <t>Low-voltage switchgear and controlgear — Part 5-5: Control circuit devices and switching elements — Electrical emergency stop device with mechanical latching function (Adopted IEC 60947-5-5:1997, edition 1:1997 consolidated with amendment 1:2005 and amendment 2:2016, with Canadian deviations) | Appareillage à basse tension — Partie 5-5 : Appareils et éléments de commutation pour circuits de commande — Appareil d’arrêt d’urgence électrique à accrochage mécanique (norme IEC 60947-5-5:1997 adoptée, édition 1:1997 consolidée par l’amendement 1:2005 et l’amendement 2:2016, avec exigences propres au Canada)</t>
+    <t>Low-voltage switchgear and controlgear — Part 5-5: Control circuit devices and switching elements — Electrical emergency stop device with mechanical latching function (Adopted IEC 60947-5-5:1997, edition 1:1997 consolidated with amendment 1:2005 and amendment 2:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62990-1:20</t>
   </si>
   <si>
-    <t>Workplace atmospheres — Part 1: Gas detectors — Performance requirements of detectors for toxic gases (Adopted IEC 62990-1:2019, first edition, 2019-06, with Canadian deviations) | Atmosphères des lieux de travail — Partie 1 : Détecteurs de gaz — Exigences d’aptitude à la fonction des détecteurs de gaz toxiques (norme IEC 62990-1:2019 adoptée, première édition, 2019-06, avec exigences propres au Canada)</t>
+    <t>Workplace atmospheres — Part 1: Gas detectors — Performance requirements of detectors for toxic gases (Adopted IEC 62990-1:2019, first edition, 2019-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.19:21</t>
   </si>
   <si>
     <t>Fuseholders — Part 19: Photovoltaic fuseholders (Trinational standard with UL 4248-19 and NMX-J-009/4248/19-ANCE)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 19085-6:21</t>
   </si>
   <si>
     <t>Woodworking machines — Safety — Part 6: Single spindle vertical moulding machines ("toupies") (Adopted ISO 19085-6:2017, first edition, 2017-11, with North American deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 254:21</t>
   </si>
   <si>
     <t>Motor control centres (Trinational standard with UL 845 and NMX-J-353-ANCE-2021)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-4-2:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 4-2: Contactors and motor- starters — AC semiconductor motor controllers and starters (Binational standard with UL 60947-4-2)</t>
   </si>
@@ -365,120 +365,120 @@
   <si>
     <t>CSA C22.2 NO. 60947-5-2:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 5-2: Control circuit devices and switching elements - Proximity switches (Binational standard with UL 60947-5-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-5-1:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 5-1: Control circuit devices and switching elements - Electromechanical control circuit devices (Binational standard with UL 60947-5-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 253:20</t>
   </si>
   <si>
     <t>Medium-voltage ac contactors, controllers, and control centres (Trinational standard with UL 347 and NMX-J-564/106-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-40:20</t>
   </si>
   <si>
     <t>Explosive atmospheres — Part 40: Requirements for process sealing between flammable process fluids and electrical systems (Adopted IEC TS 60079-40:2015, first edition, 2015-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 94.2:20</t>
+    <t>CSA C22.2 NO. 94.2:20 (R2025)</t>
   </si>
   <si>
     <t>Enclosures for electrical equipment, environmental considerations (Trinational standard with NMX-J-235/2-ANCE-2020 and UL 50E)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 139:19 (R2024)</t>
   </si>
   <si>
     <t>Electrically operated valves</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 30:20</t>
   </si>
   <si>
     <t>Explosion-proof equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62091:20</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear — Controllers for drivers of stationary fire pumps (Trinational standard with NMX-J-XXXX and UL 62091)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 88:19 (R2024)</t>
   </si>
   <si>
     <t>Industrial heating equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 290:19 (R2024)</t>
   </si>
   <si>
     <t>Photovoltaic combiners and recombiners</t>
   </si>
   <si>
     <t>CSA C60079-13:19 (R2024)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 13: Equipment protection by pressurized room "p" and artificially ventilated room "v" (Adopted IEC 60079-13:2017, second edition, 2017-05, with Canadian deviations) | Atmosphères explosives — Partie 13 : Protection du matériel par salle à surpression interne « p » et salle à ventilation artificielle « v » (norme IEC 60079-13:2017 adoptée, deuxième édition, 2017-05, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 13: Equipment protection by pressurized room "p" and artificially ventilated room "v" (Adopted IEC 60079-13:2017, second edition, 2017-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-0:19 (R2024)</t>
   </si>
   <si>
-    <t>Explosive atmospheres - Part 0: Equipment - General requirements (Adopted IEC 60079-0:2017, seventh edition, 2017-12, with Canadian deviations) | Atmosphères explosives Partie 0: Matériel - Exigences générales (norme IEC 60079-0:2017 adoptée, septième édition, 2017-12, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres - Part 0: Equipment - General requirements (Adopted IEC 60079-0:2017, seventh edition, 2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-7A:16 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60079-7:16, Explosive atmospheres - Part 7: Equipment protection by increased safety "e" (Adopted amendment 1:2017 to IEC 60079-7:2015</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-18A:16 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60079-18:16, Explosive atmospheres - Part 18: Equipment protection by encapsulation "m" (Adopted amendment 1:2017 to IEC 60079-18:2014)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-46:19 (R2024)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 46: Equipment assemblies (Adopted IEC TS 60079-46:2017, first edition, 2017-08, with Canadian deviations) | Atmosphères explosives — Partie 46 : Assemblages d’appareils (norme IEC TS 60079-46:2017 adoptée, première édition, 2017-08, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 46: Equipment assemblies (Adopted IEC TS 60079-46:2017, first edition, 2017-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-15:18 (R2023)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 15: Equipment protection by type of protection "n” (Adopted IEC 60079-15:2017, fifth edition, 2017-12, with Canadian deviations) | Atmosphères explosives — Partie 15 : Protection du matériel par mode de protection « n » (norme IEC 60079-15:2017 adoptée, cinquième édition, 2017-12, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 15: Equipment protection by type of protection "n” (Adopted IEC 60079-15:2017, fifth edition, 2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60974-1:19 (R2024)</t>
   </si>
   <si>
     <t>Arc welding equipment - Part 1: Welding power sources (Trinational standard with NMX-J-038-1-ANCE-2019; Section 1 and ANSI/NEMA/IEC 60974-1-2019)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60974-6:19 (R2024)</t>
   </si>
   <si>
     <t>Arc welding equipment — Part 6: Limited duty equipment (Trinational standard with NMX-J-038-1-ANCE-2019, Section 2 and ANSI/NEMA/IEC 60974-6-2019)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 333:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motors for use in hazardous locations — Protection by maintaining the concentration of flammable fluids above the UFL (upper flammable limit)</t>
   </si>
   <si>
     <t>C22.2 NO. 14-18 (R2022)</t>
   </si>
   <si>
     <t>Industrial control equipment</t>
   </si>
@@ -572,87 +572,87 @@
   <si>
     <t>Explosive atmospheres - Part 29-1: Gas detectors - Performance requirements of detectors for flammable gases (Adopted IEC 60079-29-1:2016, second edition, 2016-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 229:17 (R2022)</t>
   </si>
   <si>
     <t>Switching and metering centres</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 270:16 (R2021)</t>
   </si>
   <si>
     <t>Arc fault protective devices</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-5:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 5: Equipment protection by powder filling "q" (Adopted IEC 60079-5:2015, fourth edition, 2015-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60529:16 (R2021)</t>
   </si>
   <si>
-    <t>Degrees of protection provided by enclosures (IP Code) (Adopted IEC 60529:1989, edition 2:1989 consolidated with amendment 1:1999 and amendment 2:2013, with Canadian deviations) | Degrés de protection procurés par les enveloppes (Code IP) (norme IEC 60529:1989 adoptée , édition 2:1989 consolidée par l’amendement 1:1999 et l’amendement 2:2013, avec exigences propres au Canada)</t>
+    <t>Degrees of protection provided by enclosures (IP Code) (Adopted IEC 60529:1989, edition 2:1989 consolidated with amendment 1:1999 and amendment 2:2013, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-7:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 7: Equipment protection by increased safety "e" (Adopted IEC 60079-7:2015, fifth edition, 2015-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-28:16 (R2021)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 28: Protection of equipment and transmission systems using optical radiation (Adopted IEC 60079-28:2015, second edition, 2015-05, with Canadian deviations) | Atmosphères explosives — Partie 28 : Protection du matériel et des systèmes de transmission utilisant le rayonnement optique (norme IEC 60079-28: 2015 adoptée, deuxième édition, 2015-05, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 28: Protection of equipment and transmission systems using optical radiation (Adopted IEC 60079-28:2015, second edition, 2015-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-18:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 18: Equipment protection by encapsulation "m" (Adopted IEC 60079-18:2014, fourth edition, 2014-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-35-2:16 (R2021)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 35-2: Caplights for use in mines susceptible to firedamp — Performance and other safety- related matters (Adopted IEC 60079-35-2:2011, first edition, 2011-12, with Canadian deviations) | Atmosphères explosives — Partie 35-2 : Lampes-chapeaux utilisables dans les mines grisouteuses — Performances et autres sujets relatifs à la sécurité (norme IEC 60079-35-2:2011 adoptée, première édition, 2011-12, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 35-2: Caplights for use in mines susceptible to firedamp — Performance and other safety- related matters (Adopted IEC 60079-35-2:2011, first edition, 2011-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-35-1:16 (R2021)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 35-1: Caplights for use in mines susceptible to firedamp — General requirements — Construction and testing in relation to the risk of explosion (Adopted IEC 60079-35-1:2011, first edition, 2011-05, with Canadian deviations) | Atmosphères explosives — Partie 35-1 : Lampes-chapeaux utilisables dans les mines grisouteuses — Exigences générales — Construction et essais liés au risque d’explosion (norme IEC 60079-35-1:2011 adoptée, première édition, 2011-05, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 35-1: Caplights for use in mines susceptible to firedamp — General requirements — Construction and testing in relation to the risk of explosion (Adopted IEC 60079-35-1:2011, first edition, 2011-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-29-4:16 (R2021)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 29-4: Gas detectors — Performance requirements of open path detectors for flammable gases (Adopted IEC 60079-29-4:2009, first edition, 2009-11, with Canadian deviations) | Atmosphères explosives — Partie 29-4 : Détecteurs de gaz — Exigences d’aptitude à la fonction des détecteurs de gaz inflammables à chemin ouvert (norme IEC 60079-29-4:2009 adoptée, première édition, 2009-11, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 29-4: Gas detectors — Performance requirements of open path detectors for flammable gases (Adopted IEC 60079-29-4:2009, first edition, 2009-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-2:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 2: Equipment protection by pressurized enclosure "p" (Adopted IEC 60079-2:2014, sixth edition, 2014-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-1:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 1: Equipment protection by flameproof enclosures "d" (Adopted IEC 60079-1:2014, seventh edition, 2014-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 107.1:16 (R2021)</t>
   </si>
   <si>
     <t>Power conversion equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 160:15 (R2020)</t>
   </si>
   <si>
     <t>Voltage and polarity testers</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>C22.2 NO. 29-15 (R2024)</t>
   </si>
   <si>
     <t>Panelboards and enclosed panelboards</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.19:15 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses — Part 19: Photovoltaic fuses (Trinational standard with UL 248-19 and NMX-J-009/248/19-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 100:14 (R2024)</t>
   </si>
   <si>
     <t>Motors and generators</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 77:14 (R2024)</t>
   </si>
   <si>
     <t>Motors with inherent overheating protection</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 190:14 (R2019)</t>
+    <t>CSA C22.2 NO. 190:14 (R2024)</t>
   </si>
   <si>
     <t>Capacitors for power factor correction</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 304:14 (R2024)</t>
   </si>
   <si>
     <t>Enclosed and dead-front switches for photovoltaic applications</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 108:14 (R2024)</t>
   </si>
   <si>
     <t>Liquid pumps</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 76:14 (R2023)</t>
   </si>
   <si>
     <t>Splitters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 47:13 (R2023)</t>
   </si>
@@ -815,51 +815,51 @@
   <si>
     <t>CSA C22.2 NO. 0.19:10 (R2020)</t>
   </si>
   <si>
     <t>Requirements for service entrance equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 107.3:14 (R2024)</t>
   </si>
   <si>
     <t>Uninterruptible power systems (Binational standard with UL 1778)</t>
   </si>
   <si>
     <t>C22.2 NO. 66.3-06 (R2020)</t>
   </si>
   <si>
     <t>Low Voltage Transformers - Part 3: Class 2 and Class 3 Transformers (Bi-National standard, with UL 5085-3)</t>
   </si>
   <si>
     <t>C22.2 NO. 66.1-06 (R2020)</t>
   </si>
   <si>
     <t>Low Voltage Transformers - Part 1: General Requirements (Bi-National standard, with UL 5085-1)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 106:05 (R2019)</t>
+    <t>CSA C22.2 NO. 106:05 (R2024)</t>
   </si>
   <si>
     <t>HRC-Miscellaneous fuses</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 235:04 (R2022)</t>
   </si>
   <si>
     <t>Supplementary protectors</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 178.2:04 (R2024)</t>
   </si>
   <si>
     <t>Requirements for manually operated generator transfer panels</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 107.2-01 (R2021)</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 144-M91 (R2020)</t>
   </si>
@@ -869,75 +869,75 @@
   <si>
     <t>CSA C22.2 NO. 248.16:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 16: Test limiters (Trinational standard with UL 248-16 and NMX-J-009/248/16-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.14:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 14: Supplemental fuses (Trinational standard with UL 248-14 and NMX-J-009/248/14-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.9:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 9: Class K fuses (Trinational standard with UL 248-9 and NMX-J-009/248/9-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.7:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 7: Class H renewable fuses (Trinational standard with UL 248-7 and NMX-J-009/248/7-2000-ANCE)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 248.6:00 (R2019)</t>
+    <t>CSA C22.2 NO. 248.6:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 6: Class H Non-Renewable Fuses (Tri-National standard, with UL 248-6 and NMX-J-009/248/6-2000-ANCE)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 248.5:00 (R2019)</t>
+    <t>CSA C22.2 NO. 248.5:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 5: Class G Fuses (Tri-National standard, with UL 248-5 and NMX-J-009/248/5-2000-ANCE)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 248.4:00 (R2019)</t>
+    <t>CSA C22.2 NO. 248.4:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 4: Class CC Fuses (Tri-National standard, with UL 248-4 and NMX-J-009/248/4-2000-ANCE)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 248.3:00 (R2019)</t>
+    <t>CSA C22.2 NO. 248.3:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 3: Class CA and CB Fuses (Tri-National standard, with UL 248-3 and NMX-J-009/248/3-2000-ANCE)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 248.2:00 (R2019)</t>
+    <t>CSA C22.2 NO. 248.2:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 2: Class C Fuses (Tri-National standard, with UL 248-2 and NMX-J-009/248/2-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 173:M83 (R2024)</t>
   </si>
   <si>
     <t>Transformers for Toy and Hobby Use</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 156:M87 (R2023)</t>
   </si>
   <si>
     <t>Solid-State Speed Controls</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 155:M86 (R2022)</t>
   </si>
   <si>
     <t>Electric duct heaters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 201:M84 (R2024)</t>
   </si>