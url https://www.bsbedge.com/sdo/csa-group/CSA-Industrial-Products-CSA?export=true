--- v1 (2025-12-12)
+++ v2 (2026-02-07)
@@ -12,91 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C22.2 NO. 60079-11:26</t>
+  </si>
+  <si>
+    <t>Explosive atmospheres - Part 11: Equipment protection by intrinsic safety "i" (Adopted IEC 60079-11:2023, seventh edition, 2023-01, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 62784:25</t>
+  </si>
+  <si>
+    <t>Vacuum cleaners and dust extractors providing equipment protection level Dc for the collection of combustible dusts — Particular requirements (Binational standard with UL 62784)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 248.9:25</t>
+  </si>
+  <si>
+    <t>Low-voltage fuses - Part 9: Class K fuses (Trinational standard with UL 248-9 and NMX-J-009/248/9-ANCE-2025)</t>
+  </si>
+  <si>
     <t>CSA C22.2 NO. 248.21:25</t>
   </si>
   <si>
     <t>Low-voltage fuses — Part 21: Fuses for the protection of batteries and battery systems (Tri-National standard, with UL 248-21 and NMX-J-009/248/21-ANCE)</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 27:25</t>
   </si>
   <si>
     <t>Busways (Tri-national standard, with UL 857 and NMX-J-148-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 115:25</t>
   </si>
   <si>
     <t>Meter-mounting devices</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-31:25</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 31: Equipment dust ignition protection by enclosure "t" (Adopted IEC 60079-31:2022, third edition, 2022-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.9:25</t>
   </si>
   <si>
     <t>Fuseholders - Part 9: Class K (Trinational standard with UL 4248-9 and NMX-J-009/4248/9-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.12:25</t>
@@ -359,51 +377,51 @@
   <si>
     <t>CSA C22.2 NO. 60947-1:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 1: General rules (Trinational standard with NMX-J-515-ANCE and UL 60947-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-5-2:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 5-2: Control circuit devices and switching elements - Proximity switches (Binational standard with UL 60947-5-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-5-1:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 5-1: Control circuit devices and switching elements - Electromechanical control circuit devices (Binational standard with UL 60947-5-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 253:20</t>
   </si>
   <si>
     <t>Medium-voltage ac contactors, controllers, and control centres (Trinational standard with UL 347 and NMX-J-564/106-ANCE)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60079-40:20</t>
+    <t>CSA C22.2 NO. 60079-40:20 (R2024)</t>
   </si>
   <si>
     <t>Explosive atmospheres — Part 40: Requirements for process sealing between flammable process fluids and electrical systems (Adopted IEC TS 60079-40:2015, first edition, 2015-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 94.2:20 (R2025)</t>
   </si>
   <si>
     <t>Enclosures for electrical equipment, environmental considerations (Trinational standard with NMX-J-235/2-ANCE-2020 and UL 50E)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 139:19 (R2024)</t>
   </si>
   <si>
     <t>Electrically operated valves</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 30:20</t>
   </si>
   <si>
     <t>Explosion-proof equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62091:20</t>
   </si>
@@ -855,56 +873,50 @@
     <t>Requirements for manually operated generator transfer panels</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 107.2-01 (R2021)</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 144-M91 (R2020)</t>
   </si>
   <si>
     <t>Ground Fault Circuit Interrupters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.16:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 16: Test limiters (Trinational standard with UL 248-16 and NMX-J-009/248/16-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.14:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 14: Supplemental fuses (Trinational standard with UL 248-14 and NMX-J-009/248/14-2000-ANCE)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Low-voltage fuses - Part 9: Class K fuses (Trinational standard with UL 248-9 and NMX-J-009/248/9-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.7:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 7: Class H renewable fuses (Trinational standard with UL 248-7 and NMX-J-009/248/7-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.6:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 6: Class H Non-Renewable Fuses (Tri-National standard, with UL 248-6 and NMX-J-009/248/6-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.5:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 5: Class G Fuses (Tri-National standard, with UL 248-5 and NMX-J-009/248/5-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.4:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 4: Class CC Fuses (Tri-National standard, with UL 248-4 and NMX-J-009/248/4-2000-ANCE)</t>
   </si>
@@ -1286,3210 +1298,3210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H150"/>
+  <dimension ref="A1:H152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>375.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>720.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>125.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>190.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>450.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>450.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>450.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>450.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>260.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>720.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>320.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>1100.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>110.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>280.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>515.0</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>656.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>350.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2023</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>100.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2023</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>135.0</v>
+        <v>656.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>79.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2023</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>355.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>282.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2022</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>267.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>27.0</v>
+        <v>355.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2022</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>203.0</v>
+        <v>282.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>209.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>183.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2022</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>299.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>397.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>525.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2022</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>27.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>2022</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>410.0</v>
+        <v>397.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>2022</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>540.0</v>
+        <v>525.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>2022</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>438.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2022</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>271.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>417.0</v>
+        <v>540.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>2022</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>660.0</v>
+        <v>438.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>2022</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>588.0</v>
+        <v>271.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>588.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
         <v>2022</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>402.0</v>
+        <v>660.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>1000.0</v>
+        <v>588.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>331.0</v>
+        <v>588.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>447.0</v>
+        <v>402.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
         <v>2021</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>750.0</v>
+        <v>1000.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
         <v>2021</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>259.0</v>
+        <v>331.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>600.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>136.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>474.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>474.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
         <v>2022</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>461.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
         <v>2022</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>447.0</v>
+        <v>474.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>560.0</v>
+        <v>474.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>135.0</v>
+        <v>461.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>300.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>260.0</v>
+        <v>560.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
         <v>2020</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>115.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
         <v>2020</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>396.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
         <v>2019</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>95.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>250.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>255.0</v>
+        <v>396.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
         <v>2019</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>420.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>12.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>12.0</v>
+        <v>255.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
         <v>2019</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>90.0</v>
+        <v>420.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
         <v>2018</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>283.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>420.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
         <v>2019</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>250.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
         <v>2018</v>
       </c>
       <c r="E69" t="s">
         <v>146</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>89.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>147</v>
       </c>
       <c r="D70">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E70" t="s">
         <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>289.0</v>
+        <v>420.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
         <v>2019</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>470.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72">
         <v>2018</v>
       </c>
       <c r="E72" t="s">
         <v>152</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>265.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E73" t="s">
         <v>154</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>90.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>85.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75">
         <v>2018</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>200.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>159</v>
       </c>
       <c r="D76">
         <v>2017</v>
       </c>
       <c r="E76" t="s">
         <v>160</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>125.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>161</v>
       </c>
       <c r="D77">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E77" t="s">
         <v>162</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>485.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E78" t="s">
         <v>164</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>135.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>165</v>
       </c>
       <c r="D79">
         <v>2017</v>
       </c>
       <c r="E79" t="s">
         <v>166</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>150.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>167</v>
       </c>
       <c r="D80">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E80" t="s">
         <v>168</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>150.0</v>
+        <v>485.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>169</v>
       </c>
       <c r="D81">
         <v>2017</v>
       </c>
       <c r="E81" t="s">
         <v>170</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>150.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>171</v>
       </c>
       <c r="D82">
         <v>2017</v>
       </c>
       <c r="E82" t="s">
         <v>172</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
         <v>150.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>173</v>
       </c>
       <c r="D83">
         <v>2017</v>
       </c>
       <c r="E83" t="s">
         <v>174</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>90.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>175</v>
       </c>
       <c r="D84">
         <v>2017</v>
       </c>
       <c r="E84" t="s">
         <v>176</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85">
         <v>2017</v>
       </c>
       <c r="E85" t="s">
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>230.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
         <v>2017</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>175.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E87" t="s">
         <v>182</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>415.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>150.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>195.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
         <v>2016</v>
       </c>
       <c r="E90" t="s">
         <v>188</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>325.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91">
         <v>2016</v>
       </c>
       <c r="E91" t="s">
         <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>252.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92">
         <v>2016</v>
       </c>
       <c r="E92" t="s">
         <v>192</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>190.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>193</v>
       </c>
       <c r="D93">
         <v>2016</v>
       </c>
       <c r="E93" t="s">
         <v>194</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>60.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>195</v>
       </c>
       <c r="D94">
         <v>2016</v>
       </c>
       <c r="E94" t="s">
         <v>196</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>120.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95">
         <v>2016</v>
       </c>
       <c r="E95" t="s">
         <v>198</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>228.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96">
         <v>2016</v>
       </c>
       <c r="E96" t="s">
         <v>200</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>325.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>201</v>
       </c>
       <c r="D97">
         <v>2016</v>
       </c>
       <c r="E97" t="s">
         <v>202</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>283.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>203</v>
       </c>
       <c r="D98">
         <v>2016</v>
       </c>
       <c r="E98" t="s">
         <v>204</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>235.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>205</v>
       </c>
       <c r="D99">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E99" t="s">
         <v>206</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>89.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>207</v>
       </c>
       <c r="D100">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E100" t="s">
         <v>208</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>200.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>209</v>
       </c>
       <c r="D101">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E101" t="s">
         <v>210</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>225.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>211</v>
       </c>
       <c r="D102">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E102" t="s">
         <v>212</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>250.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>213</v>
       </c>
       <c r="D103">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E103" t="s">
         <v>214</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>215</v>
       </c>
       <c r="D104">
         <v>2017</v>
       </c>
       <c r="E104" t="s">
         <v>216</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>260.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>599.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>219</v>
       </c>
       <c r="D106">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E106" t="s">
         <v>220</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>215.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>375.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>223</v>
       </c>
       <c r="D108">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E108" t="s">
         <v>224</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>557.0</v>
+        <v>599.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>334.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>150.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>300.0</v>
+        <v>557.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>175.0</v>
+        <v>334.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>90.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>235</v>
       </c>
       <c r="D114">
         <v>2014</v>
       </c>
       <c r="E114" t="s">
         <v>236</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>155.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>237</v>
       </c>
       <c r="D115">
         <v>2014</v>
       </c>
       <c r="E115" t="s">
         <v>238</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>123.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>239</v>
       </c>
       <c r="D116">
         <v>2014</v>
       </c>
       <c r="E116" t="s">
         <v>240</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>85.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>241</v>
       </c>
       <c r="D117">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E117" t="s">
         <v>242</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>103.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>243</v>
       </c>
       <c r="D118">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E118" t="s">
         <v>244</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>155.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>245</v>
       </c>
       <c r="D119">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E119" t="s">
         <v>246</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>212.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>247</v>
       </c>
       <c r="D120">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E120" t="s">
         <v>248</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>385.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>249</v>
       </c>
       <c r="D121">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E121" t="s">
         <v>250</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>203.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>251</v>
       </c>
       <c r="D122">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E122" t="s">
         <v>252</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>421.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>253</v>
       </c>
       <c r="D123">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E123" t="s">
         <v>254</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>421.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>255</v>
       </c>
       <c r="D124">
         <v>2011</v>
       </c>
       <c r="E124" t="s">
         <v>256</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>421.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>257</v>
       </c>
       <c r="D125">
         <v>2011</v>
       </c>
       <c r="E125" t="s">
         <v>258</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
         <v>421.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>259</v>
       </c>
       <c r="D126">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E126" t="s">
         <v>260</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>85.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>261</v>
       </c>
       <c r="D127">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E127" t="s">
         <v>262</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>599.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>263</v>
       </c>
       <c r="D128">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E128" t="s">
         <v>264</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>313.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>265</v>
       </c>
       <c r="D129">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="E129" t="s">
         <v>266</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>313.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>267</v>
       </c>
       <c r="D130">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="E130" t="s">
         <v>268</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>107.0</v>
+        <v>599.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>269</v>
       </c>
       <c r="D131">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E131" t="s">
         <v>270</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>369.0</v>
+        <v>313.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>271</v>
       </c>
       <c r="D132">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E132" t="s">
         <v>272</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>88.0</v>
+        <v>313.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>273</v>
       </c>
       <c r="D133">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E133" t="s">
         <v>274</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>195.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>275</v>
       </c>
       <c r="D134">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="E134" t="s">
         <v>276</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>107.0</v>
+        <v>369.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>277</v>
       </c>
       <c r="D135">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E135" t="s">
         <v>278</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>267.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>279</v>
       </c>
       <c r="D136">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="E136" t="s">
         <v>280</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>267.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>281</v>
       </c>
       <c r="D137">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="E137" t="s">
         <v>282</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>267.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>283</v>
       </c>
       <c r="D138">
         <v>2000</v>
       </c>
       <c r="E138" t="s">
         <v>284</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
         <v>267.0</v>
       </c>
     </row>
@@ -4597,197 +4609,243 @@
       </c>
       <c r="D143">
         <v>2000</v>
       </c>
       <c r="E143" t="s">
         <v>294</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
         <v>267.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>295</v>
       </c>
       <c r="D144">
-        <v>1983</v>
+        <v>2000</v>
       </c>
       <c r="E144" t="s">
         <v>296</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>85.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>297</v>
       </c>
       <c r="D145">
-        <v>1987</v>
+        <v>2000</v>
       </c>
       <c r="E145" t="s">
         <v>298</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>85.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>299</v>
       </c>
       <c r="D146">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="E146" t="s">
         <v>300</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
         <v>85.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>301</v>
       </c>
       <c r="D147">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="E147" t="s">
         <v>302</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
         <v>85.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>303</v>
       </c>
       <c r="D148">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="E148" t="s">
         <v>304</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
         <v>85.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>305</v>
       </c>
       <c r="D149">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="E149" t="s">
         <v>306</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
         <v>85.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>307</v>
       </c>
       <c r="D150">
-        <v>1953</v>
+        <v>1989</v>
       </c>
       <c r="E150" t="s">
         <v>308</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
+        <v>85.0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>8</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>309</v>
+      </c>
+      <c r="D151">
+        <v>1983</v>
+      </c>
+      <c r="E151" t="s">
+        <v>310</v>
+      </c>
+      <c r="F151" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151">
+        <v>85.0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>8</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>311</v>
+      </c>
+      <c r="D152">
+        <v>1953</v>
+      </c>
+      <c r="E152" t="s">
+        <v>312</v>
+      </c>
+      <c r="F152" t="s">
+        <v>12</v>
+      </c>
+      <c r="G152">
         <v>85.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>