--- v2 (2026-02-07)
+++ v3 (2026-03-29)
@@ -44,59 +44,65 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C22.2 NO. 248.14:26</t>
+  </si>
+  <si>
+    <t>Low-voltage fuses - Part 14: Supplemental fuses (Binational standard with UL 248-14)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>CSA C22.2 NO. 60079-11:26</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 11: Equipment protection by intrinsic safety "i" (Adopted IEC 60079-11:2023, seventh edition, 2023-01, with Canadian deviations)</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 62784:25</t>
   </si>
   <si>
     <t>Vacuum cleaners and dust extractors providing equipment protection level Dc for the collection of combustible dusts — Particular requirements (Binational standard with UL 62784)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.9:25</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 9: Class K fuses (Trinational standard with UL 248-9 and NMX-J-009/248/9-ANCE-2025)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.21:25</t>
   </si>
   <si>
     <t>Low-voltage fuses — Part 21: Fuses for the protection of batteries and battery systems (Tri-National standard, with UL 248-21 and NMX-J-009/248/21-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 27:25</t>
   </si>
   <si>
     <t>Busways (Tri-national standard, with UL 857 and NMX-J-148-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 115:25</t>
@@ -867,56 +873,50 @@
     <t>Supplementary protectors</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 178.2:04 (R2024)</t>
   </si>
   <si>
     <t>Requirements for manually operated generator transfer panels</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 107.2-01 (R2021)</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 144-M91 (R2020)</t>
   </si>
   <si>
     <t>Ground Fault Circuit Interrupters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.16:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 16: Test limiters (Trinational standard with UL 248-16 and NMX-J-009/248/16-2000-ANCE)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Low-voltage fuses - Part 14: Supplemental fuses (Trinational standard with UL 248-14 and NMX-J-009/248/14-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.7:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 7: Class H renewable fuses (Trinational standard with UL 248-7 and NMX-J-009/248/7-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.6:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 6: Class H Non-Renewable Fuses (Tri-National standard, with UL 248-6 and NMX-J-009/248/6-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.5:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 5: Class G Fuses (Tri-National standard, with UL 248-5 and NMX-J-009/248/5-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.4:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 4: Class CC Fuses (Tri-National standard, with UL 248-4 and NMX-J-009/248/4-2000-ANCE)</t>
   </si>
@@ -1352,212 +1352,212 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>720.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>70.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>400.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>375.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>720.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>125.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>190.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>450.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
         <v>450.0</v>
       </c>
     </row>
@@ -1605,1638 +1605,1638 @@
       </c>
       <c r="G12">
         <v>450.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>260.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>720.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>320.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>1100.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>110.0</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>280.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>515.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2023</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>656.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2023</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>350.0</v>
+        <v>656.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2023</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>100.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>135.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>79.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>355.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>282.0</v>
+        <v>355.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2022</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>267.0</v>
+        <v>282.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
         <v>2022</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>27.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2022</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>203.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>209.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2023</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>183.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>299.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>2022</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>397.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>2022</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>525.0</v>
+        <v>397.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>2022</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>27.0</v>
+        <v>525.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2022</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>410.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
         <v>2022</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>540.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>2022</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>438.0</v>
+        <v>540.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>2022</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>271.0</v>
+        <v>438.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>417.0</v>
+        <v>271.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>660.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>2022</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>588.0</v>
+        <v>660.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
         <v>2022</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
         <v>588.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
         <v>2022</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>402.0</v>
+        <v>588.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>1000.0</v>
+        <v>402.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
         <v>2021</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>331.0</v>
+        <v>1000.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>447.0</v>
+        <v>331.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>750.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
         <v>2021</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>259.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
         <v>2021</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>600.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>136.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
         <v>2022</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>474.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
         <v>2022</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
         <v>474.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2022</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>461.0</v>
+        <v>474.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
         <v>2022</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>447.0</v>
+        <v>461.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>560.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
         <v>2020</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>135.0</v>
+        <v>560.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
         <v>2020</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>300.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>260.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>115.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
         <v>2020</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>396.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>95.0</v>
+        <v>396.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
         <v>2019</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>250.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
         <v>2019</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>255.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
         <v>2019</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>420.0</v>
+        <v>255.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>12.0</v>
+        <v>420.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
         <v>2018</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
         <v>12.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>90.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E69" t="s">
         <v>146</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>283.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>147</v>
       </c>
       <c r="D70">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E70" t="s">
         <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>420.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
         <v>2019</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>250.0</v>
+        <v>420.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E72" t="s">
         <v>152</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>89.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73">
         <v>2018</v>
       </c>
       <c r="E73" t="s">
         <v>154</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>289.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>470.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>265.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>159</v>
       </c>
       <c r="D76">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E76" t="s">
         <v>160</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>90.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>161</v>
       </c>
       <c r="D77">
         <v>2017</v>
       </c>
       <c r="E77" t="s">
         <v>162</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>85.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E78" t="s">
         <v>164</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>200.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>165</v>
       </c>
       <c r="D79">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E79" t="s">
         <v>166</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>167</v>
       </c>
       <c r="D80">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E80" t="s">
         <v>168</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>485.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>169</v>
       </c>
       <c r="D81">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E81" t="s">
         <v>170</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>135.0</v>
+        <v>485.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>171</v>
       </c>
       <c r="D82">
         <v>2017</v>
       </c>
       <c r="E82" t="s">
         <v>172</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>150.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>173</v>
       </c>
       <c r="D83">
         <v>2017</v>
       </c>
       <c r="E83" t="s">
         <v>174</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
         <v>150.0</v>
       </c>
     </row>
@@ -3284,948 +3284,948 @@
       </c>
       <c r="G85">
         <v>150.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
         <v>2017</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>90.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87">
         <v>2017</v>
       </c>
       <c r="E87" t="s">
         <v>182</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>100.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
         <v>2017</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>230.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
         <v>2017</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>175.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E90" t="s">
         <v>188</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>415.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91">
         <v>2016</v>
       </c>
       <c r="E91" t="s">
         <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>150.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92">
         <v>2016</v>
       </c>
       <c r="E92" t="s">
         <v>192</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>195.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>193</v>
       </c>
       <c r="D93">
         <v>2016</v>
       </c>
       <c r="E93" t="s">
         <v>194</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>325.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>195</v>
       </c>
       <c r="D94">
         <v>2016</v>
       </c>
       <c r="E94" t="s">
         <v>196</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>252.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95">
         <v>2016</v>
       </c>
       <c r="E95" t="s">
         <v>198</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>190.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96">
         <v>2016</v>
       </c>
       <c r="E96" t="s">
         <v>200</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>60.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>201</v>
       </c>
       <c r="D97">
         <v>2016</v>
       </c>
       <c r="E97" t="s">
         <v>202</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>120.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>203</v>
       </c>
       <c r="D98">
         <v>2016</v>
       </c>
       <c r="E98" t="s">
         <v>204</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>228.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>205</v>
       </c>
       <c r="D99">
         <v>2016</v>
       </c>
       <c r="E99" t="s">
         <v>206</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>325.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>207</v>
       </c>
       <c r="D100">
         <v>2016</v>
       </c>
       <c r="E100" t="s">
         <v>208</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>283.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>209</v>
       </c>
       <c r="D101">
         <v>2016</v>
       </c>
       <c r="E101" t="s">
         <v>210</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>235.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>211</v>
       </c>
       <c r="D102">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E102" t="s">
         <v>212</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>89.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>213</v>
       </c>
       <c r="D103">
         <v>2015</v>
       </c>
       <c r="E103" t="s">
         <v>214</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>200.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>215</v>
       </c>
       <c r="D104">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E104" t="s">
         <v>216</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>225.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
         <v>2017</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>250.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>219</v>
       </c>
       <c r="D106">
         <v>2017</v>
       </c>
       <c r="E106" t="s">
         <v>220</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>125.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
         <v>2017</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>260.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>223</v>
       </c>
       <c r="D108">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E108" t="s">
         <v>224</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>599.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
         <v>2016</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>215.0</v>
+        <v>599.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
         <v>2016</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>375.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>557.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
         <v>2015</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>334.0</v>
+        <v>557.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
         <v>2015</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>150.0</v>
+        <v>334.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>235</v>
       </c>
       <c r="D114">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E114" t="s">
         <v>236</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>300.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>237</v>
       </c>
       <c r="D115">
         <v>2014</v>
       </c>
       <c r="E115" t="s">
         <v>238</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>175.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>239</v>
       </c>
       <c r="D116">
         <v>2014</v>
       </c>
       <c r="E116" t="s">
         <v>240</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>90.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>241</v>
       </c>
       <c r="D117">
         <v>2014</v>
       </c>
       <c r="E117" t="s">
         <v>242</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>155.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>243</v>
       </c>
       <c r="D118">
         <v>2014</v>
       </c>
       <c r="E118" t="s">
         <v>244</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>123.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>245</v>
       </c>
       <c r="D119">
         <v>2014</v>
       </c>
       <c r="E119" t="s">
         <v>246</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>85.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>247</v>
       </c>
       <c r="D120">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E120" t="s">
         <v>248</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>103.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>249</v>
       </c>
       <c r="D121">
         <v>2013</v>
       </c>
       <c r="E121" t="s">
         <v>250</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>155.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>251</v>
       </c>
       <c r="D122">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E122" t="s">
         <v>252</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>212.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>253</v>
       </c>
       <c r="D123">
         <v>2012</v>
       </c>
       <c r="E123" t="s">
         <v>254</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>385.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>255</v>
       </c>
       <c r="D124">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E124" t="s">
         <v>256</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>203.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>257</v>
       </c>
       <c r="D125">
         <v>2011</v>
       </c>
       <c r="E125" t="s">
         <v>258</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>421.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>259</v>
       </c>
       <c r="D126">
         <v>2011</v>
       </c>
       <c r="E126" t="s">
         <v>260</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
         <v>421.0</v>
       </c>
     </row>
@@ -4264,267 +4264,267 @@
       </c>
       <c r="D128">
         <v>2011</v>
       </c>
       <c r="E128" t="s">
         <v>264</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
         <v>421.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>265</v>
       </c>
       <c r="D129">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E129" t="s">
         <v>266</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>85.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>267</v>
       </c>
       <c r="D130">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E130" t="s">
         <v>268</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>599.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>269</v>
       </c>
       <c r="D131">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E131" t="s">
         <v>270</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>313.0</v>
+        <v>599.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>271</v>
       </c>
       <c r="D132">
         <v>2006</v>
       </c>
       <c r="E132" t="s">
         <v>272</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
         <v>313.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>273</v>
       </c>
       <c r="D133">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E133" t="s">
         <v>274</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>107.0</v>
+        <v>313.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>275</v>
       </c>
       <c r="D134">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E134" t="s">
         <v>276</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>369.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>277</v>
       </c>
       <c r="D135">
         <v>2004</v>
       </c>
       <c r="E135" t="s">
         <v>278</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>88.0</v>
+        <v>369.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>279</v>
       </c>
       <c r="D136">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E136" t="s">
         <v>280</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>195.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>281</v>
       </c>
       <c r="D137">
-        <v>1991</v>
+        <v>2001</v>
       </c>
       <c r="E137" t="s">
         <v>282</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>107.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>283</v>
       </c>
       <c r="D138">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="E138" t="s">
         <v>284</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>267.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>285</v>
       </c>
       <c r="D139">
         <v>2000</v>
       </c>
       <c r="E139" t="s">
         <v>286</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
         <v>267.0</v>
       </c>
     </row>