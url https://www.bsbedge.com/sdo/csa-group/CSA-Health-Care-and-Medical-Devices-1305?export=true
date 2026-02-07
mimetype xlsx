--- v1 (2025-12-12)
+++ v2 (2026-02-07)
@@ -44,59 +44,65 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA Z8003:25</t>
+  </si>
+  <si>
+    <t>Health care facility design studies and post-occupancy evaluation</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>CSA 15189HB:25</t>
   </si>
   <si>
     <t>The ISO 15189:2022 handbook: A practical guide for implementing the ISO 15189:2022 Standard for medical laboratories</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA Z317.12:25</t>
   </si>
   <si>
     <t>Cleaning and disinfecting of health care facilities</t>
   </si>
   <si>
     <t>CSA Z316.5:25</t>
   </si>
   <si>
     <t>Fume hoods and associated exhaust systems</t>
   </si>
   <si>
     <t>CSA Z8002:25</t>
   </si>
   <si>
     <t>Operation and maintenance of health care facilities</t>
   </si>
   <si>
     <t>CSA ISO 11139:19 (R2024)/A1:25</t>
   </si>
   <si>
     <t>Amendment 1:2025 to CSA ISO 11139:19, Sterilization of health care products — Vocabulary of terms used in sterilization and related equipment and process standards (Adopted amendment 1:2024 to ISO 11139:2018)</t>
   </si>
   <si>
     <t>CSA ISO 17665:25</t>
@@ -449,99 +455,93 @@
   <si>
     <t>CSA ISO 8836:20</t>
   </si>
   <si>
     <t>Suction catheters for use in the respiratory tract (Adopted ISO 8836:2019, fifth edition, 2019-12)</t>
   </si>
   <si>
     <t>CSA ISO/TS 20914:20</t>
   </si>
   <si>
     <t>Medical laboratories — Practice guidance for the estimation of measurement uncertainty (Adopted ISO technical specification 20914:2019, first edition, 2019-07)</t>
   </si>
   <si>
     <t>CSA Z1650:21</t>
   </si>
   <si>
     <t>Paramedic response to the opioid crisis: Education and training across the treatment and care continuum in out-of-hospital and community settings</t>
   </si>
   <si>
     <t>CSA Z316.6:20</t>
   </si>
   <si>
     <t>Sharps injury protection - Requirements and test methods - Sharps containers (Adopted ISO 23907-2:2019, first edition, 2019-11, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z8003:21</t>
-[...4 lines deleted...]
-  <si>
     <t>CSA Z325:20 (R2024)</t>
   </si>
   <si>
     <t>Hip protectors</t>
   </si>
   <si>
-    <t>CSA Z23500-5:20</t>
+    <t>CSA Z23500-5:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies — Part 5: Quality of dialysis fluid for haemodialysis and related therapies (Adopted ISO 23500-5:2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z23500-4:20</t>
+    <t>CSA Z23500-4:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies —Part 4: Concentrates for haemodialysis and related therapies (Adopted ISO 23500-4:2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z23500-3:20</t>
+    <t>CSA Z23500-3:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies — Part 3: Water for haemodialysis and related therapies (Adopted ISO 23500-3:2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z23500-2:20</t>
+    <t>CSA Z23500-2:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies — Part 2: Water treatment equipment for haemodialysis applications and related therapies (Adopted ISO 23500-2:2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z23500-1:20</t>
+    <t>CSA Z23500-1:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies — Part 1: General requirements (Adopted ISO 23500-1: 2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA ISO 19223:19 (R2024)</t>
   </si>
   <si>
     <t>Lung ventilators and related equipment — Vocabulary and semantics (Adopted ISO 19223:2019, first edition, 2019-07)</t>
   </si>
   <si>
-    <t>CSA Z630:19</t>
+    <t>CSA Z630:19 (R2024)</t>
   </si>
   <si>
     <t>Barbecue grill brushes</t>
   </si>
   <si>
     <t>CSA ISO 81060-2:19 (R2024)</t>
   </si>
   <si>
     <t>Non-invasive sphygmomanometers - Part 2: Clinical investigation of automated measurement type (Adopted ISO 81060-2:2018, third edition, 2018-11)</t>
   </si>
   <si>
     <t>CSA ISO 20857:19 (R2024)</t>
   </si>
   <si>
     <t>Sterilization of health care products — Dry heat — Requirements for the development, validation and routine control of a sterilization process for medical devices (Adopted ISO 20857:2010, first edition, 2010-08-15</t>
   </si>
   <si>
     <t>CSA ISO 15883-4:19 (R2024)</t>
   </si>
   <si>
     <t>Washer-disinfectors — Part 4: Requirements and tests for washer-disinfectors employing chemical disinfection for thermolabile endoscopes (Adopted ISO 15883-4:2018, second edition, 2018-11)</t>
   </si>
   <si>
     <t>CSA ISO 11139:19 (R2024)</t>
   </si>
@@ -1364,603 +1364,603 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>425.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>165.0</v>
+        <v>425.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>100.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>205.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
-      <c r="H6">
+      <c r="G6">
         <v>205.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
-      <c r="G7">
-        <v>20.0</v>
+      <c r="H7">
+        <v>205.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>130.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>225.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
-      <c r="H10">
+      <c r="G10">
         <v>225.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
-      <c r="G11">
-        <v>175.0</v>
+      <c r="H11">
+        <v>225.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>28</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
-      <c r="H12">
-        <v>190.0</v>
+      <c r="G12">
+        <v>175.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>29</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>30</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="H13">
-        <v>250.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="H14">
-        <v>605.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="H15">
-        <v>225.0</v>
+        <v>605.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16">
         <v>2022</v>
       </c>
       <c r="E16" t="s">
         <v>36</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="H16">
-        <v>400.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="H17">
-        <v>136.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>39</v>
       </c>
       <c r="D18">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E18" t="s">
         <v>40</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
-      <c r="G18">
-        <v>310.0</v>
+      <c r="H18">
+        <v>136.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19">
         <v>2024</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
         <v>310.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="D20">
         <v>2024</v>
       </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>250.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D21">
         <v>2024</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>190.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D23">
         <v>2024</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>200.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>47</v>
       </c>
       <c r="D24">
         <v>2024</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>49</v>
       </c>
       <c r="D25">
         <v>2024</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>195.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>51</v>
       </c>
       <c r="D26">
         <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>52</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>55.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>53</v>
       </c>
       <c r="D27">
         <v>2024</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
         <v>55.0</v>
       </c>
     </row>
@@ -1985,304 +1985,304 @@
       </c>
       <c r="G28">
         <v>55.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>57</v>
       </c>
       <c r="D29">
         <v>2024</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>230.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>59</v>
       </c>
       <c r="D30">
         <v>2024</v>
       </c>
       <c r="E30" t="s">
         <v>60</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>210.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>61</v>
       </c>
       <c r="D31">
         <v>2024</v>
       </c>
       <c r="E31" t="s">
         <v>62</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>250.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>63</v>
       </c>
       <c r="D32">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="E32" t="s">
         <v>64</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>187.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>65</v>
       </c>
       <c r="D33">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E33" t="s">
         <v>66</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>20.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>67</v>
       </c>
       <c r="D34">
         <v>2023</v>
       </c>
       <c r="E34" t="s">
         <v>68</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>69</v>
       </c>
       <c r="D35">
         <v>2023</v>
       </c>
       <c r="E35" t="s">
         <v>70</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>147.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>71</v>
       </c>
       <c r="D36">
         <v>2023</v>
       </c>
       <c r="E36" t="s">
         <v>72</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>147.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>73</v>
       </c>
       <c r="D37">
         <v>2023</v>
       </c>
       <c r="E37" t="s">
         <v>74</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>246.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>75</v>
       </c>
       <c r="D38">
         <v>2023</v>
       </c>
       <c r="E38" t="s">
         <v>76</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>150.0</v>
+        <v>246.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>77</v>
       </c>
       <c r="D39">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E39" t="s">
         <v>78</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>93.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>79</v>
       </c>
       <c r="D40">
         <v>2022</v>
       </c>
       <c r="E40" t="s">
         <v>80</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>125.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>81</v>
       </c>
       <c r="D41">
         <v>2022</v>
       </c>
       <c r="E41" t="s">
         <v>82</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
         <v>125.0</v>
       </c>
     </row>
@@ -2307,741 +2307,741 @@
       </c>
       <c r="G42">
         <v>125.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>85</v>
       </c>
       <c r="D43">
         <v>2022</v>
       </c>
       <c r="E43" t="s">
         <v>86</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>93.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>87</v>
       </c>
       <c r="D44">
         <v>2022</v>
       </c>
       <c r="E44" t="s">
         <v>88</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>125.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>89</v>
       </c>
       <c r="D45">
         <v>2022</v>
       </c>
       <c r="E45" t="s">
         <v>90</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
         <v>125.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>91</v>
       </c>
       <c r="D46">
         <v>2022</v>
       </c>
       <c r="E46" t="s">
         <v>92</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>140.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>93</v>
       </c>
       <c r="D47">
         <v>2022</v>
       </c>
       <c r="E47" t="s">
         <v>94</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>115.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>95</v>
       </c>
       <c r="D48">
         <v>2022</v>
       </c>
       <c r="E48" t="s">
         <v>96</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>90.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>97</v>
       </c>
       <c r="D49">
         <v>2022</v>
       </c>
       <c r="E49" t="s">
         <v>98</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>115.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>99</v>
       </c>
       <c r="D50">
         <v>2022</v>
       </c>
       <c r="E50" t="s">
         <v>100</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>95.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>101</v>
       </c>
       <c r="D51">
         <v>2022</v>
       </c>
       <c r="E51" t="s">
         <v>102</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>168.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>103</v>
       </c>
       <c r="D52">
         <v>2022</v>
       </c>
       <c r="E52" t="s">
         <v>104</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>18.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>105</v>
       </c>
       <c r="D53">
         <v>2022</v>
       </c>
       <c r="E53" t="s">
         <v>106</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>90.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>107</v>
       </c>
       <c r="D54">
         <v>2022</v>
       </c>
       <c r="E54" t="s">
         <v>108</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>547.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>109</v>
       </c>
       <c r="D55">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E55" t="s">
         <v>110</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>115.0</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>111</v>
       </c>
       <c r="D56">
         <v>2021</v>
       </c>
       <c r="E56" t="s">
         <v>112</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>219.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>113</v>
       </c>
       <c r="D57">
         <v>2021</v>
       </c>
       <c r="E57" t="s">
         <v>114</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>213.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>115</v>
       </c>
       <c r="D58">
         <v>2021</v>
       </c>
       <c r="E58" t="s">
         <v>116</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>97.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>117</v>
       </c>
       <c r="D59">
         <v>2021</v>
       </c>
       <c r="E59" t="s">
         <v>118</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>159.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>119</v>
       </c>
       <c r="D60">
         <v>2021</v>
       </c>
       <c r="E60" t="s">
         <v>120</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>139.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>121</v>
       </c>
       <c r="D61">
         <v>2021</v>
       </c>
       <c r="E61" t="s">
         <v>122</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>214.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>123</v>
       </c>
       <c r="D62">
         <v>2021</v>
       </c>
       <c r="E62" t="s">
         <v>124</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>119.0</v>
+        <v>214.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>125</v>
       </c>
       <c r="D63">
         <v>2021</v>
       </c>
       <c r="E63" t="s">
         <v>126</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>171.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>127</v>
       </c>
       <c r="D64">
         <v>2021</v>
       </c>
       <c r="E64" t="s">
         <v>128</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>95.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>129</v>
       </c>
       <c r="D65">
         <v>2021</v>
       </c>
       <c r="E65" t="s">
         <v>130</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>240.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>131</v>
       </c>
       <c r="D66">
         <v>2021</v>
       </c>
       <c r="E66" t="s">
         <v>132</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>110.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>133</v>
       </c>
       <c r="D67">
         <v>2021</v>
       </c>
       <c r="E67" t="s">
         <v>134</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>240.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>135</v>
       </c>
       <c r="D68">
         <v>2021</v>
       </c>
       <c r="E68" t="s">
         <v>136</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>69.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>137</v>
       </c>
       <c r="D69">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E69" t="s">
         <v>138</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>82.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>139</v>
       </c>
       <c r="D70">
         <v>2020</v>
       </c>
       <c r="E70" t="s">
         <v>140</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>210.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>141</v>
       </c>
       <c r="D71">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E71" t="s">
         <v>142</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>90.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>143</v>
       </c>
       <c r="D72">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E72" t="s">
         <v>144</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>100.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>145</v>
       </c>
       <c r="D73">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E73" t="s">
         <v>146</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>185.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>147</v>
       </c>
       <c r="D74">
         <v>2020</v>
       </c>
       <c r="E74" t="s">
         <v>148</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
         <v>80.0</v>
       </c>
     </row>
@@ -3296,51 +3296,51 @@
       </c>
       <c r="G85">
         <v>55.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>171</v>
       </c>
       <c r="D86">
         <v>2019</v>
       </c>
       <c r="E86" t="s">
         <v>172</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>215.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>173</v>
       </c>
       <c r="D87">
         <v>2019</v>
       </c>
       <c r="E87" t="s">
         <v>174</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
         <v>105.0</v>
       </c>
     </row>
@@ -3894,51 +3894,51 @@
       </c>
       <c r="G111">
         <v>45.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>223</v>
       </c>
       <c r="D112">
         <v>2017</v>
       </c>
       <c r="E112" t="s">
         <v>224</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>189.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>225</v>
       </c>
       <c r="D113">
         <v>2017</v>
       </c>
       <c r="E113" t="s">
         <v>226</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
         <v>160.0</v>
       </c>
     </row>
@@ -3957,51 +3957,51 @@
       </c>
       <c r="E114" t="s">
         <v>228</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
         <v>135.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>229</v>
       </c>
       <c r="D115">
         <v>2017</v>
       </c>
       <c r="E115" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
         <v>400.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>230</v>
       </c>
       <c r="D116">
         <v>2017</v>
       </c>
       <c r="E116" t="s">
         <v>231</v>
       </c>
       <c r="F116" t="s">
@@ -4055,51 +4055,51 @@
       </c>
       <c r="G118">
         <v>90.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>236</v>
       </c>
       <c r="D119">
         <v>2016</v>
       </c>
       <c r="E119" t="s">
         <v>237</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>190.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>238</v>
       </c>
       <c r="D120">
         <v>2016</v>
       </c>
       <c r="E120" t="s">
         <v>239</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
         <v>69.0</v>
       </c>
     </row>
@@ -4193,51 +4193,51 @@
       </c>
       <c r="G124">
         <v>165.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>248</v>
       </c>
       <c r="D125">
         <v>2016</v>
       </c>
       <c r="E125" t="s">
         <v>249</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>209.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>250</v>
       </c>
       <c r="D126">
         <v>2016</v>
       </c>
       <c r="E126" t="s">
         <v>251</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
         <v>126.0</v>
       </c>
     </row>
@@ -4463,51 +4463,51 @@
       </c>
       <c r="E136" t="s">
         <v>271</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
         <v>232.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>272</v>
       </c>
       <c r="D137">
         <v>2012</v>
       </c>
       <c r="E137" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
         <v>400.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>273</v>
       </c>
       <c r="D138">
         <v>2012</v>
       </c>
       <c r="E138" t="s">
         <v>274</v>
       </c>
       <c r="F138" t="s">
@@ -4940,126 +4940,126 @@
       </c>
       <c r="C157" t="s">
         <v>311</v>
       </c>
       <c r="D157">
         <v>1996</v>
       </c>
       <c r="E157" t="s">
         <v>312</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
         <v>85.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D158">
         <v>2023</v>
       </c>
       <c r="E158" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
         <v>605.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D159">
         <v>2022</v>
       </c>
       <c r="E159" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
         <v>225.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D160">
         <v>2022</v>
       </c>
       <c r="E160" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
         <v>400.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D161">
         <v>2020</v>
       </c>
       <c r="E161" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
         <v>136.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>313</v>
       </c>
       <c r="D162">
         <v>2021</v>
       </c>
       <c r="E162" t="s">
         <v>314</v>
       </c>
       <c r="F162" t="s">