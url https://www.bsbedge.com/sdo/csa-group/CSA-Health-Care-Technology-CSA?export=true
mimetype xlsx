--- v0 (2025-10-21)
+++ v1 (2026-02-07)
@@ -44,59 +44,65 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA Z8003:25</t>
+  </si>
+  <si>
+    <t>Health care facility design studies and post-occupancy evaluation</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>CSA 15189HB:25</t>
   </si>
   <si>
     <t>The ISO 15189:2022 handbook: A practical guide for implementing the ISO 15189:2022 Standard for medical laboratories</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA Z317.12:25</t>
   </si>
   <si>
     <t>Cleaning and disinfecting of health care facilities</t>
   </si>
   <si>
     <t>CSA Z316.5:25</t>
   </si>
   <si>
     <t>Fume hoods and associated exhaust systems</t>
   </si>
   <si>
     <t>CSA Z8002:25</t>
   </si>
   <si>
     <t>Operation and maintenance of health care facilities</t>
   </si>
   <si>
     <t>CSA ISO 11139:19 (R2024)/A1:25</t>
   </si>
   <si>
     <t>Amendment 1:2025 to CSA ISO 11139:19, Sterilization of health care products — Vocabulary of terms used in sterilization and related equipment and process standards (Adopted amendment 1:2024 to ISO 11139:2018)</t>
   </si>
   <si>
     <t>CSA ISO 17665:25</t>
@@ -266,57 +272,57 @@
   <si>
     <t>Tissues for transplantation</t>
   </si>
   <si>
     <t>CAN/CSA-Z900.1:22</t>
   </si>
   <si>
     <t>Cells, tissues, and organs for transplantation: General requirements</t>
   </si>
   <si>
     <t>CAN/CSA-Z11137-1-07 (R2021)/A2:22</t>
   </si>
   <si>
     <t>Amendment 2:2022 to CAN/CSA-Z11137-1-07, Sterilization of health care products - Radiation - Part 1: Requirements for development, validation and routine control of a sterilization process for medical devices (Adopted amendment 2:2018 to ISO 11137-1:2006)</t>
   </si>
   <si>
     <t>CSA Z1635:22</t>
   </si>
   <si>
     <t>Functional requirements and core data set for a Canadian paramedic information system (CPIS)</t>
   </si>
   <si>
     <t>CSA IEC 62366-1:15 (R2020) + A1:21 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical devices — Part 1: Application of usability engineering to medical devices (Adopted IEC 62366-1:2015, edition 1:2015 consolidated with amendment 1:2020) | Dispositifs médicaux — Partie 1 : Application de l’ingénierie de l’aptitude à l’utilisation aux dispositifs médicaux (norme IEC 62366-1:2015 adoptée, édition 1:2015 consolidée par l’amendement 1:2020)</t>
+    <t>Medical devices — Part 1: Application of usability engineering to medical devices (Adopted IEC 62366-1:2015, edition 1:2015 consolidated with amendment 1:2020)</t>
   </si>
   <si>
     <t>CSA IEC 62366-1A:15</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CSA IEC 62366-1:15, Medical devices — Part 1: Application of usability engineering to medical devices (Adopted amendment 1:2020 to IEC 62366-1:2015 | Modification 1:2021 de CSA IEC 62366-1:15, Dispositifs médicaux — Partie 1 : Application de l'ingénierie de l'aptitude à l'utilisation aux dispositifs médicaux (amendement 1:2021 adoptée de la norme IEC 62366-1:2015)</t>
+    <t>Amendment 1:2021 to CSA IEC 62366-1:15, Medical devices — Part 1: Application of usability engineering to medical devices (Adopted amendment 1:2020 to IEC 62366-1:2015</t>
   </si>
   <si>
     <t>CSA ISO/TR 24971:21</t>
   </si>
   <si>
     <t>Medical devices — Guidance on the application of ISO 14971 (Adopted ISO/TR 24971:2020, second edition, 2020-06)</t>
   </si>
   <si>
     <t>CSA ISO 14971:21</t>
   </si>
   <si>
     <t>Medical devices – Application of risk management to medical devices (Adopted ISO 14971:2019, third edition, 2019-12)</t>
   </si>
   <si>
     <t>CSA ISO 8637-2:21</t>
   </si>
   <si>
     <t>Extracorporeal systems for blood purification — Part 2: Extracorporeal blood circuit for haemodialysers, haemodiafilters and haemofilters (Adopted ISO 8637-2:2018, first edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA ISO 8637-1:21</t>
   </si>
   <si>
     <t>Extracorporeal systems for blood purification — Part 1: Haemodialysers, haemodiafilters, haemofilters and haemoconcentrators (Adopted ISO 8637-1:2017, first edition, 2017-11)</t>
   </si>
@@ -377,99 +383,93 @@
   <si>
     <t>CSA ISO 8836:20</t>
   </si>
   <si>
     <t>Suction catheters for use in the respiratory tract (Adopted ISO 8836:2019, fifth edition, 2019-12)</t>
   </si>
   <si>
     <t>CSA ISO/TS 20914:20</t>
   </si>
   <si>
     <t>Medical laboratories — Practice guidance for the estimation of measurement uncertainty (Adopted ISO technical specification 20914:2019, first edition, 2019-07)</t>
   </si>
   <si>
     <t>CSA Z1650:21</t>
   </si>
   <si>
     <t>Paramedic response to the opioid crisis: Education and training across the treatment and care continuum in out-of-hospital and community settings</t>
   </si>
   <si>
     <t>CSA Z316.6:20</t>
   </si>
   <si>
     <t>Sharps injury protection - Requirements and test methods - Sharps containers (Adopted ISO 23907-2:2019, first edition, 2019-11, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z8003:21</t>
-[...4 lines deleted...]
-  <si>
     <t>CSA Z325:20 (R2024)</t>
   </si>
   <si>
     <t>Hip protectors</t>
   </si>
   <si>
-    <t>CSA Z23500-5:20</t>
+    <t>CSA Z23500-5:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies — Part 5: Quality of dialysis fluid for haemodialysis and related therapies (Adopted ISO 23500-5:2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z23500-4:20</t>
+    <t>CSA Z23500-4:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies —Part 4: Concentrates for haemodialysis and related therapies (Adopted ISO 23500-4:2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z23500-3:20</t>
+    <t>CSA Z23500-3:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies — Part 3: Water for haemodialysis and related therapies (Adopted ISO 23500-3:2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z23500-2:20</t>
+    <t>CSA Z23500-2:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies — Part 2: Water treatment equipment for haemodialysis applications and related therapies (Adopted ISO 23500-2:2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA Z23500-1:20</t>
+    <t>CSA Z23500-1:20 (R2024)</t>
   </si>
   <si>
     <t>Preparation and quality management of fluids for haemodialysis and related therapies — Part 1: General requirements (Adopted ISO 23500-1: 2019, first edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA ISO 19223:19 (R2024)</t>
   </si>
   <si>
     <t>Lung ventilators and related equipment — Vocabulary and semantics (Adopted ISO 19223:2019, first edition, 2019-07)</t>
   </si>
   <si>
-    <t>CSA Z630:19</t>
+    <t>CSA Z630:19 (R2024)</t>
   </si>
   <si>
     <t>Barbecue grill brushes</t>
   </si>
   <si>
     <t>CSA ISO 81060-2:19 (R2024)</t>
   </si>
   <si>
     <t>Non-invasive sphygmomanometers - Part 2: Clinical investigation of automated measurement type (Adopted ISO 81060-2:2018, third edition, 2018-11)</t>
   </si>
   <si>
     <t>CSA ISO 20857:19 (R2024)</t>
   </si>
   <si>
     <t>Sterilization of health care products — Dry heat — Requirements for the development, validation and routine control of a sterilization process for medical devices (Adopted ISO 20857:2010, first edition, 2010-08-15</t>
   </si>
   <si>
     <t>CSA ISO 15883-4:19 (R2024)</t>
   </si>
   <si>
     <t>Washer-disinfectors — Part 4: Requirements and tests for washer-disinfectors employing chemical disinfection for thermolabile endoscopes (Adopted ISO 15883-4:2018, second edition, 2018-11)</t>
   </si>
   <si>
     <t>CSA ISO 11139:19 (R2024)</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>Anaesthetic and respiratory equipment — Conical connectors — Part 2: Screw-threaded weight-bearing connectors (Adopted ISO 5356-2:2012, third edition, 2012-11-15)</t>
   </si>
   <si>
     <t>CAN/CSA-ISO 11140-5:18 (R2023)</t>
   </si>
   <si>
     <t>Sterilization of health care products — Chemical indicators — Part 5: Class 2 indicators for Bowie and Dick-type air removal tests (Adopted ISO 11140-5:2007, second edition, 2007-03-15)</t>
   </si>
   <si>
     <t>CAN/CSA-ISO 11140-4:18 (R2023)</t>
   </si>
   <si>
     <t>Sterilization of health care products — Chemical indicators — Part 4: Class 2 indicators as an alternative to the Bowie and Dick-type test for detection of steam penetration (Adopted ISO 11140-4:2007, second edition, 2007-03-15)</t>
   </si>
   <si>
     <t>CAN/CSA-ISO 11140-3:18 (R2023)</t>
   </si>
   <si>
     <t>Sterilization of health care products — Chemical indicators — Part 3: Class 2 indicator systems for use in the Bowie and Dick-type steam penetration test (Adopted ISO 11140-3:2007, second edition, 2007-03-15, including technical corrigendum 1:2007)</t>
   </si>
   <si>
     <t>CSA CEI/IEC 62304:14/A1:18 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CSA CEI/IEC 62304:14, Medical device software - Software life cycle processes (Adopted amendment 1:2015 to CEI/IEC 62304:2006, first edition, 2006-05) | Modification 1:2018 de CSA CEI/IEC 62304:14, Logiciels de dispositifs médicaux - Processus du cycle de vie du logiciel (Amendement 1:2018 adoptée de la norme CEI/IEC 62304:2006)</t>
+    <t>Amendment 1:2018 to CSA CEI/IEC 62304:14, Medical device software - Software life cycle processes (Adopted amendment 1:2015 to CEI/IEC 62304:2006, first edition, 2006-05)</t>
   </si>
   <si>
     <t>CSA Z316.8:18 (R2023)</t>
   </si>
   <si>
     <t>Requirements for the design, development, and validation of laboratory-developed tests used for the screening, diagnosis, and management of clinical conditions</t>
   </si>
   <si>
     <t>CAN/CSA-ISO 11138-1:17 (R2022)</t>
   </si>
   <si>
     <t>Sterilization of health care products — Biological indicators — Part 1: General requirements (Adopted ISO 11138-1:2017, third edition, 2017-03)</t>
   </si>
   <si>
     <t>CSA Z15883-1:09/A1:17 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2017 to CSA Z15883-1:09, Washer-disinfectors - Part 1: General requirements, terms and definitions and tests (Adopted amendment 1:2014 to ISO 15883-1:2006)</t>
   </si>
   <si>
     <t>CAN/CSA-ISO 15883-7:17 (R2022)</t>
   </si>
   <si>
     <t>Washer-disinfectors — Part 7: Requirements and tests for washer-disinfectors employing chemical disinfection for non-invasive, non-critical thermolabile medical devices and healthcare equipment (Adopted ISO 15883-7:2016, first edition, 2016-02-01)</t>
   </si>
@@ -701,93 +701,93 @@
   <si>
     <t>Amendment 1:2016 to CAN/CSA-Z11137-1-07, Sterilization of health care products - Radiation - Part 1: Requirements for development, validation and routine control of a sterilization process for medical devices (Adopted amendment 1:2013 to ISO 11137-1:2006)</t>
   </si>
   <si>
     <t>CSA ISO 11140-1:16 (R2021)</t>
   </si>
   <si>
     <t>Sterilization of health care products - Chemical indicators - Part 1: General requirements (Adopted ISO 11140-1:2014, third edition, 2014-11-01)</t>
   </si>
   <si>
     <t>CSA ISO 11137-2:16 (R2021)</t>
   </si>
   <si>
     <t>Sterilization of health care products - Radiation - Part 2: Establishing the sterilization dose (Adopted ISO 11137-2:2013, third edition, 2013-06-01)</t>
   </si>
   <si>
     <t>CSA Z5359:16 (R2020)</t>
   </si>
   <si>
     <t>Anaesthetic and respiratory equipment — Low-pressure hose assemblies for use with medical gases, medical vacuum, medical support gases, and anaesthetic gas scavenging systems (Adopted ISO 5359:2014, fourth edition, 2014-10-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 62366-1:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical devices — Part 1: Application of usability engineering to medical devices (Adopted IEC 62366-1:2015, first edition, 2015-02) | Dispositifs médicaux — Partie 1 : Application de l’ingénierie de l’aptitude à l’utilisation aux dispositifs médicaux (norme IEC 62366-1:2015 adoptée, première édition, 2015-02)</t>
+    <t>Medical devices — Part 1: Application of usability engineering to medical devices (Adopted IEC 62366-1:2015, first edition, 2015-02)</t>
   </si>
   <si>
     <t>CSA Z17510:15 (R2020)</t>
   </si>
   <si>
     <t>Medical devices — Sleep apnoea breathing therapy — Masks and application accessories (Adopted ISO 17510:2015, first edition, 2015-08-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA ISO 5356-1:15 (R2020)</t>
   </si>
   <si>
     <t>Anaesthetic and respiratory equipment — Conical connectors — Part 1: Cones and sockets (Adopted ISO 5356-1:2015, fourth edition, 2015-03-15)</t>
   </si>
   <si>
     <t>CSA Z11135:15 (R2020)</t>
   </si>
   <si>
     <t>Sterilization of health-care products — Ethylene oxide — Requirements for the development, validation and routine control of a sterilization process for medical devices (Adopted ISO 11135:2014, second edition, 2014-07-15)</t>
   </si>
   <si>
     <t>CSA ISO 15197:15 (R2020)</t>
   </si>
   <si>
     <t>In vitro diagnostic test systems - Requirements for blood-glucose monitoring systems for self-testing in managing diabetes mellitus (Adopted ISO 15197:2013, second edition, 2013-05-15)</t>
   </si>
   <si>
     <t>CSA Z10535.1:15 (R2021)</t>
   </si>
   <si>
     <t>Hoists for the transfer of disabled persons — Requirements and test methods (Adopted ISO 10535:2006, second edition, 2006-12-15, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA ISO 5362:14 (R2024)</t>
   </si>
   <si>
     <t>Anaesthetic reservoir bags (Adopted ISO 5362:2006, fourth edition, 2006-06-01)</t>
   </si>
   <si>
     <t>CSA CEI/IEC 62304:14 (R2024)</t>
   </si>
   <si>
-    <t>Medical device software - Software life cycle processes (Adopted CEI/IEC 62304:2006, first edition, 2006-05) | Logiciels de dispositifs médicaux - Processus du cycle de vie du logiciel (norme CEI/IEC 62304:2006 adoptée, première édition, 2006-05)</t>
+    <t>Medical device software - Software life cycle processes (Adopted CEI/IEC 62304:2006, first edition, 2006-05)</t>
   </si>
   <si>
     <t>Z305.0-13</t>
   </si>
   <si>
     <t>Safety of personnel in perioperative environments</t>
   </si>
   <si>
     <t>CAN/CSA-Z8001-13 (R2023)</t>
   </si>
   <si>
     <t>Commissioning of health care facilities</t>
   </si>
   <si>
     <t>Z7396.1-12</t>
   </si>
   <si>
     <t>CSA Z10524-4:12 (R2022)</t>
   </si>
   <si>
     <t>Pressure regulators for use with medical gases - Part 4: Low-pressure regulators (Adopted ISO 10524-4:2008, first edition, 2008-06-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA Z15002:12 (R2022)</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>Anaesthetic and respiratory equipment - Heat and moisture exchangers (HMEs) for humidifying respired gases in humans - Part 2: HMEs for use with tracheostomized patients having minimum tidal volumes of 250 ml (Adopted ISO 9360-2:2001, first edition, 2001-04-15, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA Z9360-1:07 (R2022)</t>
   </si>
   <si>
     <t>Anaesthetic and respiratory equipment - Heat and moisture exchangers (HMEs) for humidifying respired gases in humans - Part 1: HMEs for use with minimum tidal volumes of 250 ml (Adopted ISO 9360-1:2000, first edition, 2000-03-15, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA Z23328-1:04 (R2024)</t>
   </si>
   <si>
     <t>Breathing system filters for anaesthetic and respiratory use - Part 1: Salt test method to assess filtration performance (Adopted ISO 23328-1:2003, first edition, 2003-08-15)</t>
   </si>
   <si>
     <t>CAN/CSA-Z23328-2-03 (R2023)</t>
   </si>
   <si>
     <t>Breathing system filters for anaesthetic and respiratory use - Part 2: Non-filtration aspects (Adopted ISO 23328-2:2002, first edition, 2002-10-15)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-38-03 (R2007)</t>
   </si>
   <si>
-    <t>Medical Electrical Equipment - Part 2: Particular Requirements for the Safety of Electrically Operated Hospital Beds (Adopted CEI/IEC 601-2-38:1996, first edition, 1996-10, including Amendment 1:1999) | Appareils électromédicaux - Partie 2: Règles particulières de sécurité des lits d'hôpital électriques (norme CEI/IEC 601-2-38:1996 adoptée, première édition, 1996-10, y compris l'Amendement 1:1999)</t>
+    <t>Medical Electrical Equipment - Part 2: Particular Requirements for the Safety of Electrically Operated Hospital Beds (Adopted CEI/IEC 601-2-38:1996, first edition, 1996-10, including Amendment 1:1999)</t>
   </si>
   <si>
     <t>CAN/CSA-Z264.1-02 (R2021)</t>
   </si>
   <si>
     <t>Spacers and holding chambers for use with metered-dose inhalers</t>
   </si>
   <si>
     <t>PLUS 317 (1st ed. pub. 2000)</t>
   </si>
   <si>
     <t>Guidelines for Elementary Assessments of Building Systems in Health Care Projects</t>
   </si>
   <si>
     <t>CSA Z168.5.6:96 (R2021)</t>
   </si>
   <si>
     <t>Expired-air pulmonary resuscitators</t>
   </si>
   <si>
     <t>CSA Z317.10:21</t>
   </si>
   <si>
     <t>Handling of health care waste materials</t>
   </si>
@@ -1292,603 +1292,603 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>425.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>165.0</v>
+        <v>425.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>100.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>205.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
-      <c r="H6">
+      <c r="G6">
         <v>205.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
-      <c r="G7">
-        <v>20.0</v>
+      <c r="H7">
+        <v>205.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>130.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>225.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
-      <c r="H10">
+      <c r="G10">
         <v>225.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
-      <c r="G11">
-        <v>175.0</v>
+      <c r="H11">
+        <v>225.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>28</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
-      <c r="H12">
-        <v>190.0</v>
+      <c r="G12">
+        <v>175.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>29</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>30</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="H13">
-        <v>250.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="H14">
-        <v>605.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="H15">
-        <v>225.0</v>
+        <v>605.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16">
         <v>2022</v>
       </c>
       <c r="E16" t="s">
         <v>36</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="H16">
-        <v>400.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="H17">
-        <v>136.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>39</v>
       </c>
       <c r="D18">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="E18" t="s">
         <v>40</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
-      <c r="G18">
-        <v>187.0</v>
+      <c r="H18">
+        <v>136.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>20.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>43</v>
       </c>
       <c r="D20">
         <v>2023</v>
       </c>
       <c r="E20" t="s">
         <v>44</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>221.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21">
         <v>2023</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>147.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>47</v>
       </c>
       <c r="D22">
         <v>2023</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>147.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>49</v>
       </c>
       <c r="D23">
         <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>246.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>51</v>
       </c>
       <c r="D24">
         <v>2023</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>150.0</v>
+        <v>246.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>53</v>
       </c>
       <c r="D25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>93.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>55</v>
       </c>
       <c r="D26">
         <v>2022</v>
       </c>
       <c r="E26" t="s">
         <v>56</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>125.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>57</v>
       </c>
       <c r="D27">
         <v>2022</v>
       </c>
       <c r="E27" t="s">
         <v>58</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
         <v>125.0</v>
       </c>
     </row>
@@ -1913,741 +1913,741 @@
       </c>
       <c r="G28">
         <v>125.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>61</v>
       </c>
       <c r="D29">
         <v>2022</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>93.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>63</v>
       </c>
       <c r="D30">
         <v>2022</v>
       </c>
       <c r="E30" t="s">
         <v>64</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>125.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>65</v>
       </c>
       <c r="D31">
         <v>2022</v>
       </c>
       <c r="E31" t="s">
         <v>66</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
         <v>125.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>67</v>
       </c>
       <c r="D32">
         <v>2022</v>
       </c>
       <c r="E32" t="s">
         <v>68</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>140.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>69</v>
       </c>
       <c r="D33">
         <v>2022</v>
       </c>
       <c r="E33" t="s">
         <v>70</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>115.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>71</v>
       </c>
       <c r="D34">
         <v>2022</v>
       </c>
       <c r="E34" t="s">
         <v>72</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>90.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>73</v>
       </c>
       <c r="D35">
         <v>2022</v>
       </c>
       <c r="E35" t="s">
         <v>74</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>115.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>75</v>
       </c>
       <c r="D36">
         <v>2022</v>
       </c>
       <c r="E36" t="s">
         <v>76</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>95.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>77</v>
       </c>
       <c r="D37">
         <v>2022</v>
       </c>
       <c r="E37" t="s">
         <v>78</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>168.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>79</v>
       </c>
       <c r="D38">
         <v>2022</v>
       </c>
       <c r="E38" t="s">
         <v>80</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>18.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>81</v>
       </c>
       <c r="D39">
         <v>2022</v>
       </c>
       <c r="E39" t="s">
         <v>82</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>90.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>83</v>
       </c>
       <c r="D40">
         <v>2022</v>
       </c>
       <c r="E40" t="s">
         <v>84</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>547.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>85</v>
       </c>
       <c r="D41">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E41" t="s">
         <v>86</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>115.0</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>87</v>
       </c>
       <c r="D42">
         <v>2021</v>
       </c>
       <c r="E42" t="s">
         <v>88</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>219.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>89</v>
       </c>
       <c r="D43">
         <v>2021</v>
       </c>
       <c r="E43" t="s">
         <v>90</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>213.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>91</v>
       </c>
       <c r="D44">
         <v>2021</v>
       </c>
       <c r="E44" t="s">
         <v>92</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>97.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>93</v>
       </c>
       <c r="D45">
         <v>2021</v>
       </c>
       <c r="E45" t="s">
         <v>94</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>159.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>95</v>
       </c>
       <c r="D46">
         <v>2021</v>
       </c>
       <c r="E46" t="s">
         <v>96</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>139.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>97</v>
       </c>
       <c r="D47">
         <v>2021</v>
       </c>
       <c r="E47" t="s">
         <v>98</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>214.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>99</v>
       </c>
       <c r="D48">
         <v>2021</v>
       </c>
       <c r="E48" t="s">
         <v>100</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>119.0</v>
+        <v>214.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>101</v>
       </c>
       <c r="D49">
         <v>2021</v>
       </c>
       <c r="E49" t="s">
         <v>102</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>171.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>103</v>
       </c>
       <c r="D50">
         <v>2021</v>
       </c>
       <c r="E50" t="s">
         <v>104</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>95.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>105</v>
       </c>
       <c r="D51">
         <v>2021</v>
       </c>
       <c r="E51" t="s">
         <v>106</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>240.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>107</v>
       </c>
       <c r="D52">
         <v>2021</v>
       </c>
       <c r="E52" t="s">
         <v>108</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>110.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>109</v>
       </c>
       <c r="D53">
         <v>2021</v>
       </c>
       <c r="E53" t="s">
         <v>110</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>240.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>111</v>
       </c>
       <c r="D54">
         <v>2021</v>
       </c>
       <c r="E54" t="s">
         <v>112</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>69.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>113</v>
       </c>
       <c r="D55">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E55" t="s">
         <v>114</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>82.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>115</v>
       </c>
       <c r="D56">
         <v>2020</v>
       </c>
       <c r="E56" t="s">
         <v>116</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>210.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>117</v>
       </c>
       <c r="D57">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E57" t="s">
         <v>118</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>90.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>119</v>
       </c>
       <c r="D58">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E58" t="s">
         <v>120</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>100.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>121</v>
       </c>
       <c r="D59">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E59" t="s">
         <v>122</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>185.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>123</v>
       </c>
       <c r="D60">
         <v>2020</v>
       </c>
       <c r="E60" t="s">
         <v>124</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
         <v>80.0</v>
       </c>
     </row>
@@ -2902,51 +2902,51 @@
       </c>
       <c r="G71">
         <v>55.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>147</v>
       </c>
       <c r="D72">
         <v>2019</v>
       </c>
       <c r="E72" t="s">
         <v>148</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>215.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>149</v>
       </c>
       <c r="D73">
         <v>2019</v>
       </c>
       <c r="E73" t="s">
         <v>150</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
         <v>105.0</v>
       </c>
     </row>
@@ -3500,51 +3500,51 @@
       </c>
       <c r="G97">
         <v>45.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>199</v>
       </c>
       <c r="D98">
         <v>2017</v>
       </c>
       <c r="E98" t="s">
         <v>200</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>189.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>201</v>
       </c>
       <c r="D99">
         <v>2017</v>
       </c>
       <c r="E99" t="s">
         <v>202</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
         <v>160.0</v>
       </c>
     </row>
@@ -3563,51 +3563,51 @@
       </c>
       <c r="E100" t="s">
         <v>204</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
         <v>135.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>205</v>
       </c>
       <c r="D101">
         <v>2017</v>
       </c>
       <c r="E101" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
         <v>400.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>206</v>
       </c>
       <c r="D102">
         <v>2017</v>
       </c>
       <c r="E102" t="s">
         <v>207</v>
       </c>
       <c r="F102" t="s">
@@ -3661,51 +3661,51 @@
       </c>
       <c r="G104">
         <v>90.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>212</v>
       </c>
       <c r="D105">
         <v>2016</v>
       </c>
       <c r="E105" t="s">
         <v>213</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>190.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>214</v>
       </c>
       <c r="D106">
         <v>2016</v>
       </c>
       <c r="E106" t="s">
         <v>215</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
         <v>69.0</v>
       </c>
     </row>
@@ -3799,51 +3799,51 @@
       </c>
       <c r="G110">
         <v>165.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>224</v>
       </c>
       <c r="D111">
         <v>2016</v>
       </c>
       <c r="E111" t="s">
         <v>225</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>209.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>226</v>
       </c>
       <c r="D112">
         <v>2016</v>
       </c>
       <c r="E112" t="s">
         <v>227</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
         <v>126.0</v>
       </c>
     </row>
@@ -4069,51 +4069,51 @@
       </c>
       <c r="E122" t="s">
         <v>247</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
         <v>232.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>248</v>
       </c>
       <c r="D123">
         <v>2012</v>
       </c>
       <c r="E123" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
         <v>400.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>249</v>
       </c>
       <c r="D124">
         <v>2012</v>
       </c>
       <c r="E124" t="s">
         <v>250</v>
       </c>
       <c r="F124" t="s">
@@ -4546,126 +4546,126 @@
       </c>
       <c r="C143" t="s">
         <v>287</v>
       </c>
       <c r="D143">
         <v>1996</v>
       </c>
       <c r="E143" t="s">
         <v>288</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
         <v>85.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D144">
         <v>2023</v>
       </c>
       <c r="E144" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
         <v>605.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D145">
         <v>2022</v>
       </c>
       <c r="E145" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
         <v>225.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D146">
         <v>2022</v>
       </c>
       <c r="E146" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
         <v>400.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D147">
         <v>2020</v>
       </c>
       <c r="E147" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
         <v>136.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>289</v>
       </c>
       <c r="D148">
         <v>2021</v>
       </c>
       <c r="E148" t="s">
         <v>290</v>
       </c>
       <c r="F148" t="s">