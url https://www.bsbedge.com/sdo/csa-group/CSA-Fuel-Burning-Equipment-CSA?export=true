--- v0 (2025-10-16)
+++ v1 (2026-01-29)
@@ -350,51 +350,51 @@
   <si>
     <t>CSA ISO 17829:16 (R2021)</t>
   </si>
   <si>
     <t>Solid biofuels — Determination of length and diameter of pellets (Adopted ISO 17829:2015, first edition, 2015-10-15)</t>
   </si>
   <si>
     <t>CSA ISO 17828:16 (R2021)</t>
   </si>
   <si>
     <t>Solid biofuels - Determination of bulk density (Adopted 17828:2015, first edition, 2015-12-15)</t>
   </si>
   <si>
     <t>B255-16 (R2021)</t>
   </si>
   <si>
     <t>Mechanical flue-gas exhausters</t>
   </si>
   <si>
     <t>CSA B837:14 (R2024)</t>
   </si>
   <si>
     <t>Collapsible fabric storage tanks (bladders)</t>
   </si>
   <si>
-    <t>F280-12 (R2021)</t>
+    <t>CSA F280:12 (R2025)</t>
   </si>
   <si>
     <t>Determining the required capacity of residential space heating and cooling appliances</t>
   </si>
   <si>
     <t>B366.1-11 (R2020)</t>
   </si>
   <si>
     <t>Solid-fuel-fired central heating appliances</t>
   </si>
   <si>
     <t>CSA B140.9.4:10 (R2024)</t>
   </si>
   <si>
     <t>Portable, pressurized-type, liquid-petroleum-fuelled lamps and lanterns</t>
   </si>
   <si>
     <t>CSA B140.9.2:10 (R2024)</t>
   </si>
   <si>
     <t>Portable, pressurized-type, liquid-petroleum-fuelled camp stoves</t>
   </si>
   <si>
     <t>CSA B140.10:06 (R2020)</t>
   </si>