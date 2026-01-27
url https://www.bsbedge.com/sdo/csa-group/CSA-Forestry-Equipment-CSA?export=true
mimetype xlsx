--- v0 (2025-10-19)
+++ v1 (2026-01-27)
@@ -65,63 +65,63 @@
   <si>
     <t>CSA</t>
   </si>
   <si>
     <t>CSA TS-005:25</t>
   </si>
   <si>
     <t>Bioeconomy development opportunity (BDO) zone assessment</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>CSA W213:22</t>
   </si>
   <si>
     <t>Lignin — Quantification of hydroxyl groups by 31P NMR</t>
   </si>
   <si>
     <t>CSA W209:21</t>
   </si>
   <si>
     <t>Biomass supply chain risk</t>
   </si>
   <si>
-    <t>CSA W207:20</t>
+    <t>CSA W207:20 (R2024)</t>
   </si>
   <si>
     <t>Kraft lignin — Determination of thermal stability by thermogravimetry</t>
   </si>
   <si>
-    <t>CSA W206:20</t>
+    <t>CSA W206:20 (R2024)</t>
   </si>
   <si>
     <t>Kraft lignin — Glass transition temperature by differential scanning calorimetry</t>
   </si>
   <si>
-    <t>CSA Z5300:19</t>
+    <t>CSA Z5300:19 (R2024)</t>
   </si>
   <si>
     <t>Cellulose filaments (CF) — Preparing handsheets for physical tests</t>
   </si>
   <si>
     <t>CAN/CSA-Z5200-17 (R2022)</t>
   </si>
   <si>
     <t>Cellulose nanomaterials - Blank detail specification</t>
   </si>
   <si>
     <t>CAN/CSA-Z5100-17 (R2022)</t>
   </si>
   <si>
     <t>Cellulose nanomaterials - Test methods for characterization</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>