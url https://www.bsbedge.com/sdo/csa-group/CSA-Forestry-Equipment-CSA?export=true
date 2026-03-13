--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -44,81 +44,81 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA ISO 22207:26</t>
+  </si>
+  <si>
+    <t>Kraft lignin — Determination of thermal stability by thermogravimetry (Adopted ISO 22207:2024, first edition, 2024-09)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>CSA ISO 22206:26</t>
+  </si>
+  <si>
+    <t>Kraft lignin — Glass transition temperature by differential scanning calorimetry (Adopted ISO 22206:2024, first edition, 2024-09)</t>
+  </si>
+  <si>
     <t>CSA TS-005:25</t>
   </si>
   <si>
     <t>Bioeconomy development opportunity (BDO) zone assessment</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA W213:22</t>
   </si>
   <si>
     <t>Lignin — Quantification of hydroxyl groups by 31P NMR</t>
   </si>
   <si>
     <t>CSA W209:21</t>
   </si>
   <si>
     <t>Biomass supply chain risk</t>
-  </si>
-[...10 lines deleted...]
-    <t>Kraft lignin — Glass transition temperature by differential scanning calorimetry</t>
   </si>
   <si>
     <t>CSA Z5300:19 (R2024)</t>
   </si>
   <si>
     <t>Cellulose filaments (CF) — Preparing handsheets for physical tests</t>
   </si>
   <si>
     <t>CAN/CSA-Z5200-17 (R2022)</t>
   </si>
   <si>
     <t>Cellulose nanomaterials - Blank detail specification</t>
   </si>
   <si>
     <t>CAN/CSA-Z5100-17 (R2022)</t>
   </si>
   <si>
     <t>Cellulose nanomaterials - Test methods for characterization</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -485,152 +485,152 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>75.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>50.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>125.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>50.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>50.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2019</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>125.0</v>
       </c>
     </row>