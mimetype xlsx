--- v0 (2025-10-17)
+++ v1 (2026-02-04)
@@ -107,51 +107,51 @@
   <si>
     <t>CSA ISO/IEC 13273-1:15 (R2020)</t>
   </si>
   <si>
     <t>Energy efficiency and renewable energy sources - Common international terminology - Part 1: Energy efficiency (Adopted ISO/IEC 13273-1:2015, first edition, 2015-06-01)</t>
   </si>
   <si>
     <t>CSA ISO/IEC 13273-2:15 (R2020)</t>
   </si>
   <si>
     <t>Energy efficiency and renewable energy sources - Common international terminology - Part 2: Renewable energy sources (Adopted ISO/IEC 13273-2:2015, first edition, 2015-06-01)</t>
   </si>
   <si>
     <t>CSA ISO 16559:15 (R2020)</t>
   </si>
   <si>
     <t>Solid biofuels - Terminology, definitions and descriptions (Adopted ISO 16559:2014, first edition, 2014-07-15)</t>
   </si>
   <si>
     <t>CSA ISO 50015:15 (R2020)</t>
   </si>
   <si>
     <t>Energy management systems - Measurement and verification of energy performance of organizations - General principles and guidance (Adopted ISO 50015:2014, first edition, 2014-12-15)</t>
   </si>
   <si>
-    <t>CSA ISO 50002:15 (R2019)</t>
+    <t>CSA ISO 50002:15 (R2024)</t>
   </si>
   <si>
     <t>Energy audits - Requirements with quidance for use (Adopted ISO 50002:2014, first edition, 2014-07-01)</t>
   </si>
   <si>
     <t>PLUS 50001 (1st ed. pub. 2011)</t>
   </si>
   <si>
     <t>The ISO 50001 essentials - Energy management systems implementation guideline</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>