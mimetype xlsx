--- v0 (2025-11-30)
+++ v1 (2026-01-29)
@@ -59,51 +59,51 @@
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
     <t>CSA P.9.1:23</t>
   </si>
   <si>
     <t>Test method for determining the performance of combined hydronic space and water heating systems (combos)</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>CSA P.8:22</t>
   </si>
   <si>
     <t>Thermal efficiencies of industrial and commercial gas-fired package furnaces</t>
   </si>
   <si>
-    <t>CAN/CSA-P.3-15 (R2020)</t>
+    <t>CSA P.3:15 (R2025)</t>
   </si>
   <si>
     <t>Testing method for measuring energy consumption and determining efficiencies of gas-fired and fuel oil-fired water heaters</t>
   </si>
   <si>
     <t>CSA P.12:14 (R2024)</t>
   </si>
   <si>
     <t>Standard for energy performance compliance, verification, and ratings of fuel-burning appliances and equipment</t>
   </si>
   <si>
     <t>CAN/CSA-P.2-13 (R2022)</t>
   </si>
   <si>
     <t>Testing method for measuring the annual fuel utilization efficiency of residential gas-fired or oil-fired furnaces and boilers</t>
   </si>
   <si>
     <t>CAN/CSA-P.9-11 (R2020)</t>
   </si>
   <si>
     <t>Test method for determining the performance of combined space and water heating systems (combos)</t>
   </si>
   <si>
     <t>P.5-09 (R2023)</t>
   </si>