--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -47,396 +47,396 @@
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
     <t>CSA C61000-3-3:14/A2:22 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2022 to CSA C61000-3-3:14, Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted amendment 2:20217 to IEC 61000-3-3:2013) | Modification 2:2022 à CSA C61000-3-3:14, Compatibilité électromagnétique (CEM) - Partie 3-3: Limites - Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d'alimentation basse tension, pour les matériels ayant un courant assigné ≤ 16 A par phase et non soumis à un raccordement conditionnel (amendement 2:20217 adoptée 1a la norme IEC 61000-3-3:2013)</t>
+    <t>Amendment 2:2022 to CSA C61000-3-3:14, Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted amendment 2:20217 to IEC 61000-3-3:2013)</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-9:22</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-9: Testing and measurement techniques — Impulse magnetic field immunity test (Adopted IEC 61000-4-9:2016, second edition, 2016-07) | Compatibilité électromagnétique (CEM) - Partie 4-9: Techniques d'essai et de mesure - Essai d'immunité au champ magnétique impulsionnel (norme IEC 61000-4-9:2016 adoptée, deuxième édition, 2016-07)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-9: Testing and measurement techniques — Impulse magnetic field immunity test (Adopted IEC 61000-4-9:2016, second edition, 2016-07)</t>
   </si>
   <si>
     <t>CSA IEC CISPR 16-1-4:22</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods — Part 1-4: Radio disturbance and immunity measuring apparatus — Antennas and test sites for radiated disturbance measurements (Adopted IEC CISPR 16-1-4:2019, edition 4:2019 consolidated with amendment 1:2020) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l’immunité aux perturbations radioélectriques — Partie 1-4 : Appareils de mesure des perturbations radioélectriques et de l’immunité aux perturbations radioélectriques — Antennes et emplacements d’essai pour les mesures des perturbations rayonnées (nome IEC CISPR 16-1-4:2019 adoptée, édition 4:2019 consolidée par amendement 1:2020)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods — Part 1-4: Radio disturbance and immunity measuring apparatus — Antennas and test sites for radiated disturbance measurements (Adopted IEC CISPR 16-1-4:2019, edition 4:2019 consolidated with amendment 1:2020)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-11:22</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-11: Testing and measurement techniques — Voltage dips, short interruptions and voltage variations immunity tests for equipment with input current up to 16 A per phase (Adopted IEC 61000-4-11:2020, third edition, 2020-01) | Compatibilité électromagnétique (CEM) — Partie 4-11 : Techniques d’essai et de mesure – Essais d’immunité aux creux de tension, coupures brèves et variations de tension pour les appareils à courant d’entrée inférieur ou égal à 16 A par phase (norme IEC 61000-4-11:2020 adoptée, troisième édition, 2020-01)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-11: Testing and measurement techniques — Voltage dips, short interruptions and voltage variations immunity tests for equipment with input current up to 16 A per phase (Adopted IEC 61000-4-11:2020, third edition, 2020-01)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-30:16 (R2021)/A1:22</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA IEC 61000-4-30:16, Electromagnetic compatibility (EMC) — Part 4-30: Testing and measurement techniques — Power quality measurement methods (Adopted amendement 1:2021 to IEC 61000-4-30:2015) | Modification 1:2022 à CSA IEC 61000-4-30:16, Compatibilité électromagnétique (CEM) — Partie 4-30 : Techniques d’essai et de mesure — Méthodes de mesure de la qualité de l’alimentation (amendement 1:2021 adoptée à la norme IEC 61000-4-30:2015)</t>
+    <t>Amendment 1:2022 to CSA IEC 61000-4-30:16, Electromagnetic compatibility (EMC) — Part 4-30: Testing and measurement techniques — Power quality measurement methods (Adopted amendement 1:2021 to IEC 61000-4-30:2015)</t>
   </si>
   <si>
     <t>CSA CEI/IEC 61000-4-17:02 (R2021)/A2:22</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA CEI/IEC 61000-4-17:02, Electromagnetic compatibility (EMC) — Part 4-17: Testing and measurement techniques — Ripple on d.c. input power port immunity test (Adopted amendment 2:2008 to CEI/IEC 61000-4-17:1999) | Modification 2:2022 à CSA CEI/IEC 61000-4-17:02, Compatibilité électromagnétique (CEM) - Partie 4-17: Techniques d'essai et de mesure - Essai d'immunité à l'ondulation résiduelle sur entrée de puissance à courant continu (amendement 2:2008 adoptée à la norme CEI/IEC 61000-4-17:1999)</t>
+    <t>Amendment 1:2022 to CSA CEI/IEC 61000-4-17:02, Electromagnetic compatibility (EMC) — Part 4-17: Testing and measurement techniques — Ripple on d.c. input power port immunity test (Adopted amendment 2:2008 to CEI/IEC 61000-4-17:1999)</t>
   </si>
   <si>
     <t>CSA C61000-3-3:14 + A1:21 (R2024) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current &lt;= 16 A per phase and not subject to conditional connection (Adopted IEC 61000-3-3:2013, third edition, 2013-05, consolidated with amendment 1:2017, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 3-3: Limites - Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d'alimentation basse tension, pour les matériels ayant un courant assigné &lt;= 16 A par phase et non soumis à un raccordement conditionnel (norme CEI 61000-3-3:2013 adoptée, troisième édition, 2013-05, consolidée par l’amendement 1:2017, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current &lt;= 16 A per phase and not subject to conditional connection (Adopted IEC 61000-3-3:2013, third edition, 2013-05, consolidated with amendment 1:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-3:21</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-3: Testing and measurement techniques — Radiated, radio-frequency, electromagnetic field immunity test (Adopted IEC 61000-4-3:2006, edition 3:2006 consolidated with amendment 1:2007 and amendment 2:2010) | Compatibilité électromagnétique (CEM) — Partie 4-3 : Techniques d’essai et de mesure — Essai d’immunité aux champs électromagnétiques rayonnés aux fréquences radioélectriques (norme IEC 61000-4-3:2006 adoptée, édition 3:2006 consolidée par l’amendement 1:2007 et l’amendement 2:2010)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-3: Testing and measurement techniques — Radiated, radio-frequency, electromagnetic field immunity test (Adopted IEC 61000-4-3:2006, edition 3:2006 consolidated with amendment 1:2007 and amendment 2:2010)</t>
   </si>
   <si>
     <t>CSA CISPR 11:19/A2:21 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CSA CISPR 11:19, Industrial, scientific and medical equipment — Radio-frequency disturbance characteristics — Limits and methods of measurement (Adopted amendment 2:2019 to IEC CISPR 11:2015) | Modification 2:2021 à CSA CISPR 11:19, Appareils industriels, scientifiques et médicaux — Caractéristiques de perturbations radioélectriques — Limites et méthodes de mesure (amendement 2:2019 adoptée à la norme IEC CISPR 11:2015)</t>
+    <t>Amendment 2:2021 to CSA CISPR 11:19, Industrial, scientific and medical equipment — Radio-frequency disturbance characteristics — Limits and methods of measurement (Adopted amendment 2:2019 to IEC CISPR 11:2015)</t>
   </si>
   <si>
     <t>CSA C61000-3-3:14/A1:21 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CSA C61000-3-3:14, Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted amendment 1:2017 to IEC 61000-3-3:2013) | Modification 1:2021 à CSA C61000-3-3:14, Compatibilité électromagnétique (CEM) - Partie 3-3: Limites - Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d'alimentation basse tension, pour les matériels ayant un courant assigné ≤ 16 A par phase et non soumis à un raccordement conditionnel (amendement 1:2017 adoptée à la norme IEC 61000-3-3:2013)</t>
+    <t>Amendment 1:2021 to CSA C61000-3-3:14, Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted amendment 1:2017 to IEC 61000-3-3:2013)</t>
   </si>
   <si>
     <t>CSA C61000-3-11:21</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 3-11: Limits — Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems — Equipment with rated current ≤ 75 A and subject to conditional connection (Adopted IEC 61000-3-11:2017, second edition, 2017-04, with Canadian deviations) | Compatibilité électromagnétique (CEM) — Partie 3-11 : Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d’alimentation basse tension — Équipements ayant un courant assigné ≤ 75 A et soumis à un raccordement conditionnel (norme IEC 61000-3-11:2017 adoptée, deuxième édition, 2017-04, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 3-11: Limits — Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems — Equipment with rated current ≤ 75 A and subject to conditional connection (Adopted IEC 61000-3-11:2017, second edition, 2017-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61000-4-1:19 (R2024)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) — Part 4-1: Testing and measurement techniques — Overview of the IEC 61000-4 series (Adopted IEC TR 61000-4-1:2016, first edition, 2016-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61000-6-1:19 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 6-1: Generic standards - Immunity standard for residential, commercial and light-industrial environments (Adopted IEC 61000-6-1:2016, third edition, 2016-08) | Compatibilité électromagnétique (CEM) — Partie 6-1 : Normes génériques — Norme d’immunité pour les environnements résidentiels, commerciaux et de l'industrie légère (norme IEC 61000-6-1:2016 adoptée, troisième édition, 2016-08)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 6-1: Generic standards - Immunity standard for residential, commercial and light-industrial environments (Adopted IEC 61000-6-1:2016, third edition, 2016-08)</t>
   </si>
   <si>
     <t>CSA IEC CISPR 16-2-1:19 (R2024)</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods — Part 2-1: Methods of measurement of disturbances and immunity — Conducted disturbance measurements (Adopted IEC CISPR 16-2-1:2014, edition 3:2014, consolidated with amendment 1:2017) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l'immunité aux perturbations radioélectriques — Partie 2-1 : Méthodes de mesure des perturbations et de l'immunité — Mesures des perturbations conduites (norme IEC CISPR 16-2-1:2014 adoptée, édition 3:2014, consolidée par amendement 1:2017)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods — Part 2-1: Methods of measurement of disturbances and immunity — Conducted disturbance measurements (Adopted IEC CISPR 16-2-1:2014, edition 3:2014, consolidated with amendment 1:2017)</t>
   </si>
   <si>
     <t>CSA IEC CISPR 16-1-2:19 (R2024)</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 1-2: Radio disturbance and immunity measuring apparatus - Coupling devices for conducted disturbance measurements (Adopted IEC CISPR 16-1-2:2014, edition 2:2014, consolidated with amendment 1:2017) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l'immunité aux perturbations radioélectriques - Partie 1-2 : Appareils de mesure des perturbations radioélectriques et de l'immunité aux perturbations radioélectriques — Dispositifs de couplage pour la mesure des perturbations conduites (norme IEC CISPR 16-1-2:2014 adoptée, édition 2:2014, consolidée par amendement 1:2017)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 1-2: Radio disturbance and immunity measuring apparatus - Coupling devices for conducted disturbance measurements (Adopted IEC CISPR 16-1-2:2014, edition 2:2014, consolidated with amendment 1:2017)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-12:19 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-12: Testing and measurement techniques - Ring wave immunity test (Adopted IEC 61000-4-12:2017, third edition, 2017-07) | Compatibilité électromagnétique (CEM) - Partie 4-12: Techniques d'essai et de mesure - Essai d'immunité à l'onde sinusoïdale amortie (norme IEC 61000-4-12:2017 adoptée, troisième édition, 2017-07)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-12: Testing and measurement techniques - Ring wave immunity test (Adopted IEC 61000-4-12:2017, third edition, 2017-07)</t>
   </si>
   <si>
     <t>CSA CISPR 11:19 (R2024)</t>
   </si>
   <si>
-    <t>Industrial, scientific and medical equipment — Radio-frequency disturbance characteristics — Limits and methods of measurement (Adopted IEC CISPR 11:2015, edition 6:2015 consolidated with amendment 1:2016, with Canadian deviations) | Appareils industriels, scientifiques et médicaux — Caractéristiques de perturbations radioélectriques — Limites et méthodes de mesure (norme IEC CISPR 11:2015 adoptée, édition 6:2015 consolidée par amendement 1:2016, avec exigences propres au Canada)</t>
+    <t>Industrial, scientific and medical equipment — Radio-frequency disturbance characteristics — Limits and methods of measurement (Adopted IEC CISPR 11:2015, edition 6:2015 consolidated with amendment 1:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC CISPR 16-1-1:18 (R2023)</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 1-1: Radio disturbance and immunity measuring apparatus - Measuring apparatus (Adopted IEC CISPR 16-1-1:2015, fourth edition, 2015-09) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l’immunité aux perturbations radioélectriques - Partie 1-1 : Appareils de mesure des perturbations radioélectriques et de l’immunité aux perturbations radioélectriques - Appareils de mesure (norme IEC CISPR 16-1-1:2015 adoptée, quatrième édition, 2015-09)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 1-1: Radio disturbance and immunity measuring apparatus - Measuring apparatus (Adopted IEC CISPR 16-1-1:2015, fourth edition, 2015-09)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-6-2:18 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 6-2: Generic standards - Immunity standard for industrial environments (Adopted IEC 61000-6-2:2016, third edition, 2016-08) | Compatibilité électromagnétique (CEM) - Partie 6-2: Normes génériques - Norme d'immunité pour les environnements industriels (norme IEC 61000-6-2:2016 adoptée, troisème édition, 2016-08)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 6-2: Generic standards - Immunity standard for industrial environments (Adopted IEC 61000-6-2:2016, third edition, 2016-08)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-6-5:18 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 6-5: Generic standards — Immunity for equipment used in power station and substation environment (Adopted IEC 61000-6-5:2015, first edition, 2015-08) | Compatibilité électromagnétique (CEM) — Partie 6-5 : Normes génériques — Immunité pour les équipements utilisés dans les environnements de centrales électriques et de postes (norme IEC 61000-6-5:2015 adoptée, première édition, 2015-08)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 6-5: Generic standards — Immunity for equipment used in power station and substation environment (Adopted IEC 61000-6-5:2015, first edition, 2015-08)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC CISPR 16-2-3:18 (R2023)</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 2-3: Methods of measurement of disturbances and immunity - Radiated disturbance measurements (Adopted IEC CISPR 16-2-3:2016, fourth edition, 2016-09) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l'immunité aux perturbations radioélectriques - Partie 2-3 : Méthodes de mesure des perturbations et de l'immunité - Mesures des perturbations rayonnées (norme IEC CISPR 16-2-3:2016 adoptée, quatrième édition, 2016-09)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 2-3: Methods of measurement of disturbances and immunity - Radiated disturbance measurements (Adopted IEC CISPR 16-2-3:2016, fourth edition, 2016-09)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-16:17 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-16: Testing and measurement techniques — Test for immunity to conducted, common mode disturbances in the frequency range 0 Hz to 150 kHz (Adopted IEC 61000-4-16:2015, second edition, 2015-12) | Compatibilité électromagnétique (CEM) — Partie 4-16 : Techniques d’essai et de mesure — Essai d’immunité aux perturbations conduites en mode commun dans la plage de fréquences de 0 Hz à 150 kHz (norme IEC 61000-4-16:2015 adoptée, deuxième édition, 2015:12)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-16: Testing and measurement techniques — Test for immunity to conducted, common mode disturbances in the frequency range 0 Hz to 150 kHz (Adopted IEC 61000-4-16:2015, second edition, 2015-12)</t>
   </si>
   <si>
     <t>CSA CISPR 32:17 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility of multimedia equipment — Emission requirements (Adopted IEC CISPR 32:2015, second edition, 2015-03, with Canadian deviations) | Compatibilité électromagnétique des équipements multimédia — Exigences d’émission (norme IEC CISPR 32:2015 adoptée, deuxième édition, 2015-03, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility of multimedia equipment — Emission requirements (Adopted IEC CISPR 32:2015, second edition, 2015-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-30:16 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-30: Testing and measurement techniques — Power quality measurement methods (Adopted IEC 61000-4-30:2015, third edition, 2015-02) | Compatibilité électromagnétique (CEM) — Partie 4-30 : Techniques d’essai et de mesure — Méthodes de mesure de la qualité de l’alimentation (norme IEC 61000-4-30:2015 adoptée, troisième édition, 2015-02)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-30: Testing and measurement techniques — Power quality measurement methods (Adopted IEC 61000-4-30:2015, third edition, 2015-02)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-4:16 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-4: Testing and measurement techniques - Electrical fast transient/burst immunity test (Adopted IEC 61000-4-4:2012, third edition, 2012-04) | Compatibilité électromagnétique (CEM) - Partie 4-4: Techniques d'essai et de mesure - Essai d'immunité aux transitoires électriques rapides en salves (norme IEC 61000-4-4:2012 adoptée, troisième édition, 2012-04)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-4: Testing and measurement techniques - Electrical fast transient/burst immunity test (Adopted IEC 61000-4-4:2012, third edition, 2012-04)</t>
   </si>
   <si>
     <t>CSA C61000-3-14:15 (R2024)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) — Part 3-14: Assessment of emission limits for harmonics, interharmonics, voltage fluctuations and unbalance for the connection of disturbing installations to LV power systems (Adopted IEC/TR 61000-3-14:2011, first edition, 2011-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-6:15 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-6: Testing and measurement techniques - Immunity to conducted disturbances, induced by radiofrequency fields (Adopted IEC 61000-4-6:2013, fourth edition, 2013-10) | Compatibilité électromagnétique (CEM) - Partie 4-6 : Techniques d'essai et de mesure - Immunité aux perturbations conduites, induites par les champs radioélectriques (norme IEC 61000-4-6:2013 adoptée, quatrième édition, 2013-10)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-6: Testing and measurement techniques - Immunity to conducted disturbances, induced by radiofrequency fields (Adopted IEC 61000-4-6:2013, fourth edition, 2013-10)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-18:14 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-18: Testing and measurement techniques - Damped oscillatory wave immunity test (Adopted IEC 61000-4-18:2011, edition 1:2006 consolidated with amendment 1:2010) | Compatibilité électromagnétique (CEM) - Partie 4-18 : Techniques d'essai et de mesure - Essai d'immunité à l'onde oscillatoire amortie (norme CEI 61000-4-18:2011 adoptée, édition 1:2006 consolidée par l'amendement 1:2010)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-18: Testing and measurement techniques - Damped oscillatory wave immunity test (Adopted IEC 61000-4-18:2011, edition 1:2006 consolidated with amendment 1:2010)</t>
   </si>
   <si>
     <t>CSA C61000-3-3:14 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted IEC 61000-3-3:2013, third edition, 2013-05, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 3-3: Limites - Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d'alimentation basse tension, pour les matériels ayant un courant assigné ≤ 16 A par phase et non soumis à un raccordement conditionnel (norme IEC 61000-3-3:2013 adoptée, troisième édition, 2013-05, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted IEC 61000-3-3:2013, third edition, 2013-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-7:13 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-7: Testing and measurement techniques - General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto (Adopted IEC 61000-4-7:2002, edition 2:2002 consolidated with amendment 1:2008) | Compatibilité électromagnétique (CEM) - Partie 4-7: Techniques d'essai et de mesure - Guide général relatif aux mesures d'harmoniques et d'interharmoniques, ainsi qu'à l'appareillage de mesure, applicable aux réseaux d'alimentation et aux appareils qui y sont raccordés (norme CEI 61000-4-7:2002 adoptée, édition 2:2002 consolidée par l'amendement 1:2008)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-7: Testing and measurement techniques - General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto (Adopted IEC 61000-4-7:2002, edition 2:2002 consolidated with amendment 1:2008)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-8:12 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-8: Testing and measurement techniques - Power frequency magnetic field immunity test (Adopted IEC 61000-4-8:2009, second edition, 2009-09) | Compatibilité électromagnétique (CEM) - Partie 4-8: Techniques d'essai et de mesure - Essai d'immunité au champ magnétique à la fréquence du réseau (norme CEI 61000-4-8:2009 adoptée, deuxième édition, 2009-09)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-8: Testing and measurement techniques - Power frequency magnetic field immunity test (Adopted IEC 61000-4-8:2009, second edition, 2009-09)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-2:12 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-2: Testing and measurement techniques - Electrostatic discharge immunity test (Adopted IEC 61000-4- 2:2008, second edition, 2008-12) | Compatibilité électromagnétique (CEM) - Partie 4-2: Techniques d'essai et de mesure - Essai d'immunité aux décharges électrostatiques (norme CEI 61000-4-2:2008 adoptée, deuxième édition, 2008-12)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-2: Testing and measurement techniques - Electrostatic discharge immunity test (Adopted IEC 61000-4- 2:2008, second edition, 2008-12)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-15:12 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-15: Testing and measurement techniques - Flickermeter - Functional and design specifications (Adopted IEC 61000-4-15:2010, edition 2.0, 2010-08) | Compatibilité électromagnétique (CEM) - Partie 4-15 : Techniques d'essai et de mesure - Flickermètre - Spécifications fonctionnelles et de conception (norme IEC 61000-4-15:2010 adoptée, édition 2.0, 2010-08)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-15: Testing and measurement techniques - Flickermeter - Functional and design specifications (Adopted IEC 61000-4-15:2010, edition 2.0, 2010-08)</t>
   </si>
   <si>
     <t>CSA IEC/TS 61000-3-5:12 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 3-5: Limits - Limitation of voltage fluctuations and flicker in low-voltage power supply systems for equipment with rated current greater than 75 A (Adopted IEC/TS 61000-3- 5:2009, edition 2.0, 2009-07) | Compatibilité électromagnétique (CEM) - Partie 3-5 : Limites - Limitation des fluctuations de tension et du flicker dans les réseaux basse tension pour les équipements ayant un courant appelé supérieur à 75 A (norme IEC/TS 61000-3-5:2009 adoptée, édition 2.0, 2009-07)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 3-5: Limits - Limitation of voltage fluctuations and flicker in low-voltage power supply systems for equipment with rated current greater than 75 A (Adopted IEC/TS 61000-3- 5:2009, edition 2.0, 2009-07)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-27:01/A1:11 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2011 to CSA IEC 61000-4-27:01, Electromagnetic compatibility (EMC) - Part 4-27: Testing and measurement techniques - Unbalance, immunity test for equipment with input current not exceeding 16 A per phase (Adopted amendment 1:2009 to CEI/IEC 61000-4-27:2000) | Modification 1:2011 à CSA IEC 61000-4-27:01, Compatibilité électromagnétique (CEM) - Partie 4-27: Techniques d'essai et de mesure - Essai d'immunité aux déséquilibres pour des matériels avec un courant appelé n'excédant pas 16 A par phase (amendement 1:2009 à la norme CEI/IEC 61000-4-27:2000 adoptée)</t>
+    <t>Amendment 1:2011 to CSA IEC 61000-4-27:01, Electromagnetic compatibility (EMC) - Part 4-27: Testing and measurement techniques - Unbalance, immunity test for equipment with input current not exceeding 16 A per phase (Adopted amendment 1:2009 to CEI/IEC 61000-4-27:2000)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-14-01/A2:10 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 2:2010 to CAN/CSA-CEI/IEC 61000-4-14-01, Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted Amendment 2:2009 to CEI/IEC 61000-4-14:1999) | Modification 2:2010 de CAN/CSA-CEI/IEC 61000-4-14-01, Compatibilité électromagnétique (CEM) - Partie 4-14: Techniques d'essai et de mesure - Essai d'immunité aux fluctuations de tension (Amendement 2:2009 de CEI/IEC 61000-4-14:1999 adoptée)</t>
+    <t>Amendment 2:2010 to CAN/CSA-CEI/IEC 61000-4-14-01, Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted Amendment 2:2009 to CEI/IEC 61000-4-14:1999)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-28B-01 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 2:2010 to CAN/CSA-CEI/IEC 61000-4-28-01, Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted Amendment 2:2010 to CEI/IEC 61000-4-28:1999) | Modification 2:2010 de CAN/CSA-CEI/IEC 61000-4-28-01, Compatibilité électromagnétique (CEM) - Partie 4-28: Techniques d'essai et de mesure - Essai d'immunité à la variation de la fréquence d'alimentation (Amendement 2:2010 de CEI/IEC 61000-4-28:1999 adoptée)</t>
+    <t>Amendment 2:2010 to CAN/CSA-CEI/IEC 61000-4-28-01, Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted Amendment 2:2010 to CEI/IEC 61000-4-28:1999)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-34:06/A1:10 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2010 to CSA IEC 61000-4-34:06, Electromagnetic compatibility (EMC) - Part 4-34: Testing and measurement techniques - Voltage dips, short interruptions and voltage variations immunity tests for equipment with mains current more than 16 A per phase (Adopted amendment 1:2009 to CEI/IEC 61000-4-34:2005 | Modification 1:2010 à CSA IEC 61000-4-34:06, Compatibilité électromagnétique (CEM) - Partie 4-34: Techniques d'essai et de mesure - Essais d'immunité aux creux de tension, coupures brèves et variations de tension pour matériel ayant un courant d'alimentation de plus de 16 A par phase (amendement 1:2009 à la CEI/IEC 61000-4-34:2005 adoptée)</t>
+    <t>Amendment 1:2010 to CSA IEC 61000-4-34:06, Electromagnetic compatibility (EMC) - Part 4-34: Testing and measurement techniques - Voltage dips, short interruptions and voltage variations immunity tests for equipment with mains current more than 16 A per phase (Adopted amendment 1:2009 to CEI/IEC 61000-4-34:2005</t>
   </si>
   <si>
     <t>CAN/CSA-CISPR 12-10 (R2023)</t>
   </si>
   <si>
-    <t>Vehicles, boats and internal combustion engines - Radio disturbance characteristics - Limits and methods of measurement for the protection of off-board receivers (Adopted IEC CISPR 12:2007 + A1:2009, edition 6.1, 2009-03, with Canadian deviations) | Véhicules, bateaux et moteurs à combustion interne - Caractéristiques de perturbation radioélectrique - Limites et méthodes de mesure pour la protection des récepteurs extérieurs (norme IEC CISPR 12:2007 + A1:2009 adoptée, édition 6.1, 2009-03, avec exigences propres au Canada)</t>
+    <t>Vehicles, boats and internal combustion engines - Radio disturbance characteristics - Limits and methods of measurement for the protection of off-board receivers (Adopted IEC CISPR 12:2007 + A1:2009, edition 6.1, 2009-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-3-6:09 (R2023)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) - Part 3-6: Limits - Assessment of emission limits for the connection of distorting installations to MV, HV and EHV power systems (Adopted IEC/TR 61000-3-6:2008, second edition, 2008-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-3-7:09 (R2022)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) - Part 3-7: Limits - Assessment of emission limits for the connection of fluctuating installations to MV, HV and EHV power systems (Adopted IEC/TR 61000-3-7:2008, second edition, 2008-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-3-13-09 (R2022)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) - Part 3-13: Limits - Assessment of emission limits for the connection of unbalanced installations to MV, HV and EHV power systems (Adopted IEC/TR 61000-3-13:2008, first edition, 2008-02)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-5:08 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-5: Testing and measurement techniques - Surge immunity test (Adopted IEC 61000-4-5:2005, second edition, 2005-11) | Compatibilité électromagnétique (CEM) - Partie 4-5: Techniques d'essai et de mesure - Essai d'immunité aux ondes de choc (norme IEC 61000-4-5:2005 adoptée, deuxième édition, 2005-11)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-5: Testing and measurement techniques - Surge immunity test (Adopted IEC 61000-4-5:2005, second edition, 2005-11)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-34:06 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-34: Testing and measurement techniques - Voltage dips, short interruptions and voltage variations immunity tests for equipment with input current more than 16 A per phase (Adopted CEI/IEC 61000-4-34:2005, first edition, 2005-10) | Compatibilité électromagnétique (CEM) - Partie 4-34: Techniques d'essai et de mesure - Essais d'immunité aux creux de tension coupures brèves et variations de tension pour matériel ayant un courant appelé de plus de 16 A par phase (norme CEI/IEC 61000-4-34:2005 adoptée, première édition, 2005-10)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-34: Testing and measurement techniques - Voltage dips, short interruptions and voltage variations immunity tests for equipment with input current more than 16 A per phase (Adopted CEI/IEC 61000-4-34:2005, first edition, 2005-10)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-2-2:04 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2-2: Environment - Compatibility levels for low-frequency conducted disturbances and signalling in public low-voltage power supply systems (Adopted CEI/IEC 61000-2-2:2002, second edition, 2002-03, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 2-2: Environnement - Niveaux de compatibilité pour les perturbations conduites à basse fréquence et la transmission des signaux sur les réseaux publics d'alimentation basse tension (norme CEI/IEC 61000-2-2:2002 adoptée, deuxième édition, 2002-03, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2-2: Environment - Compatibility levels for low-frequency conducted disturbances and signalling in public low-voltage power supply systems (Adopted CEI/IEC 61000-2-2:2002, second edition, 2002-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-2-12:04 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2-12: Environment - Compatibility levels for low-frequency conducted disturbances and signalling in public medium-voltage power supply systems (Adopted CEI/IEC 61000-2-12:2003, first edition, 2003-04, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 2-12: Environnement - Niveaux de compatibilité pour les perturbations conduites à basse fréquence et la transmission des signaux sur les réseaux publics d'alimentation moyenne tension (norme CEI/IEC 61000-2-12:2003 adoptée, première édition, 2003-04, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2-12: Environment - Compatibility levels for low-frequency conducted disturbances and signalling in public medium-voltage power supply systems (Adopted CEI/IEC 61000-2-12:2003, first edition, 2003-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-2-7:04 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2: Environment - Section 7: Low frequency magnetic fields in various environments (Adopted CEI/IEC 61000-2-7:1998, first edition, 1998-01, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 2: Environnement - Section 7: Champs magnétiques basse fréquence en environnements divers (norme CEI/IEC 61000-2-7:1998 adoptée, première édition, 1998-01, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2: Environment - Section 7: Low frequency magnetic fields in various environments (Adopted CEI/IEC 61000-2-7:1998, first edition, 1998-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-2-4:04 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2-4: Environment - Compatibility levels in industrial plants for low-frequency conducted disturbances (Adopted CEI/IEC 61000-2-4:2002, second edition, 2002-06) | Compatibilité électromagnétique (CEM) - Partie 2-4: Environnement - Niveaux de compatibilité dans les installations industrielles pour les perturbations conduites à basse fréquence (norme CEI/IEC 61000-2-4:2002 adoptée, deuxième édition, 2002-06)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2-4: Environment - Compatibility levels in industrial plants for low-frequency conducted disturbances (Adopted CEI/IEC 61000-2-4:2002, second edition, 2002-06)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-2-8:04 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2-8: Environment - Voltage dips and short interruptions on public electric power supply systems with statistical measurement results (Adopted CEI/IEC 61000-2-8:2002, first edition, 2002-11) | Compatibilité électromagnétique (CEM) - Partie 2-8: Environnement - Creux de tension et coupures brèves sur les réseaux d'électricité publics incluant des résultats de mesures statistiques (norme CEI/IEC 61000-2-8:2002 adoptee, première édition, 2002-11)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2-8: Environment - Voltage dips and short interruptions on public electric power supply systems with statistical measurement results (Adopted CEI/IEC 61000-2-8:2002, first edition, 2002-11)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-2-6:04 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2: Environment - Section 6: Assessment of the emission levels in the power supply of industrial plants as regards low-frequency conducted disturbances (Adopted CEI/IEC 1000-2-6:1995, first edition, 1995-09) | Compatibilité électromagnétique (CEM) - Partie 2: Environnement - Section 6: Évaluation des niveaux d'émission dans l'alimentation des centrales industrielles tenant compte des perturbations conduites à basse fréquence (norme CEI/IEC 1000-2-6:1995 adoptée, première édition, 1995-09)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2: Environment - Section 6: Assessment of the emission levels in the power supply of industrial plants as regards low-frequency conducted disturbances (Adopted CEI/IEC 1000-2-6:1995, first edition, 1995-09)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-14-01/A1:03 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2003 to CAN/CSA-CEI/IEC 61000-4-14-01, Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted Amendment 1:2001 to CEI/IEC 61000-4-14:1999) | Modification 1:2003 de CAN/CSA-CEI/IEC 61000-4-14-01, Compatibilité électromagnétique (CEM) - Partie 4-14: Techniques d'essai et de mesure - Essai d'immunité aux fluctuations de tension (Amendement 1:2001 de CEI/IEC 61000-4-14:1999 adoptée)</t>
+    <t>Amendment 1:2003 to CAN/CSA-CEI/IEC 61000-4-14-01, Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted Amendment 1:2001 to CEI/IEC 61000-4-14:1999)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-28-01/A1:03 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2003 to CAN/CSA-CEI/IEC 61000-4-28-01, Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted Amendment 1:2001 to CEI/IEC 61000-4-28:1999) | Modification 1:2003 de CAN/CSA-CEI/IEC 61000-4-28-01, Compatibilité électromagnétique (CEM) - Partie 4-28: Techniques d'essai et de mesure - Essai d'immunité à la variation de la fréquence d'alimentation (Amendement 1:2001 de CEI/IEC 61000-4-28:1999 adoptée)</t>
+    <t>Amendment 1:2003 to CAN/CSA-CEI/IEC 61000-4-28-01, Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted Amendment 1:2001 to CEI/IEC 61000-4-28:1999)</t>
   </si>
   <si>
     <t>CSA CEI/IEC 61000-4-17:02 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-17: Testing and measurement techniques — Ripple on d.c. input power port immunity test (Adopted CEI/IEC 61000-4-17:1999, first edition, 1999-06, including amendment 1:2001) | Compatibilité électromagnétique (CEM) - Partie 4-17: Techniques d'essai et de mesure - Essai d'immunité à l'ondulation résiduelle sur entrée de puissance à courant continu (norme CEI/IEC 61000-4-17:1999 adoptée, première édition, 1999-06, y compris l'amendement 1:2001)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-17: Testing and measurement techniques — Ripple on d.c. input power port immunity test (Adopted CEI/IEC 61000-4-17:1999, first edition, 1999-06, including amendment 1:2001)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-28-01 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted CEI/IEC 61000-4-28:1999, first edition, 1999-11) | Compatibilité électromagnétique (CEM) - Partie 4-28: Techniques d'essai et de mesure - Essai d'immunité à la variation de la fréquence d'alimentation (norme CEI/IEC 61000-4-28:1999 adoptée, première édition, 1999-11)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted CEI/IEC 61000-4-28:1999, first edition, 1999-11)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-27:01 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-27: Testing and measurement techniques - Unbalance, immunity test (Adopted CEI/IEC 61000-4-27:2000, first edition, 2000-08) | Compatibilité électromagnétique (CEM) - Partie 4-27: Techniques d'essai et de mesure - Essai d'immunité aux déséquilibres (norme CEI/IEC 61000-4-27:2000 adoptée, première édition, 2000-08)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-27: Testing and measurement techniques - Unbalance, immunity test (Adopted CEI/IEC 61000-4-27:2000, first edition, 2000-08)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-14-01 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted CEI/IEC 61000-4-14:1999, first edition, 1999-02) | Compatibilité électromagnétique (CEM) - Partie 4-14: Techniques d'essai et de mesure - Essai d'immunité aux fluctuations de tension (norme CEI/IEC 61000-4-14:1999 adoptée, première édition, 1999-02)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted CEI/IEC 61000-4-14:1999, first edition, 1999-02)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 1000-1-1-97 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic Compatibility (EMC) - Part 1: General - Section 1: Application and Interpretation of Fundamental Definitions and Terms (Adopted CEI/IEC 1000-1-1:1992, first edition, 1992-04) | Compatibilité électromagnétique (CEM) - Partie 1: Généralités - Section 1: Application et interprétation de définitions et termes fondamentaux (norme CEI/IEC 1000-1-1:1992 adoptée, première édition, 1992-04)</t>
+    <t>Electromagnetic Compatibility (EMC) - Part 1: General - Section 1: Application and Interpretation of Fundamental Definitions and Terms (Adopted CEI/IEC 1000-1-1:1992, first edition, 1992-04)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 1000-2-1-97 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic Compatibility (EMC) - Part 2: Environment - Section 1: Description of the environment - Electromagnetic environment for low-frequency conducted disturbances and signalling in public power supply systems (Adopted CEI/IEC 1000-2-1:1990, first edition, 1990-05) | Compatibilité électromagnétique (CEM) - Partie 2: Environnement - Section 1: Description de l'environnement - Environnement électromagnétique pour les perturbations conduites basse fréquence et la transmission de signaux sur les réseaux publics d'alimentation (norme CEI/IEC 1000-2-1:1990 adoptée, première édition, 1990-05)</t>
+    <t>Electromagnetic Compatibility (EMC) - Part 2: Environment - Section 1: Description of the environment - Electromagnetic environment for low-frequency conducted disturbances and signalling in public power supply systems (Adopted CEI/IEC 1000-2-1:1990, first edition, 1990-05)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>