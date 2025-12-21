--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -92,51 +92,51 @@
   <si>
     <t>National technical specification for terminology for the decentralized energy industry in Canada</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 11:22</t>
   </si>
   <si>
     <t>Maintenance of electric and communication utility equipment and systems</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 9:20</t>
   </si>
   <si>
     <t>Interconnection of distributed energy resources and electricity supply systems</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 60826:19 (R2023)</t>
   </si>
   <si>
     <t>Overhead transmission lines - Design criteria (Adopted IEC 60826:2017, fourth edition, 2017-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 61936-1:18 (R2023)</t>
   </si>
   <si>
-    <t>Power installations exceeding 1 kV a.c. - Part 1: Common rules (Adopted IEC 61936-1:2010, edition 2:2010 consolidated with amendment 1:2014, with Canadian deviations) | Installations électriques en courant alternatif de puissance supérieure à 1 kV - Partie 1: Règles communes (norme IEC 61936-1:2010 adoptée, édition'2:2010 consolidée par l'amendement 1:2014, avec exigences propres au Canada)</t>
+    <t>Power installations exceeding 1 kV a.c. - Part 1: Common rules (Adopted IEC 61936-1:2010, edition 2:2010 consolidated with amendment 1:2014, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 6:13 (R2022)</t>
   </si>
   <si>
     <t>Principles and practices of electrical coordination between pipelines and electric supply lines</t>
   </si>
   <si>
     <t>C22.3 NO. 4-1974 (R2020)</t>
   </si>
   <si>
     <t>Control of Electrochemical Corrosion of Underground Metallic Structures</t>
   </si>
   <si>
     <t>CAN/CSA-C22.3 NO. 3-98 (R2022)</t>
   </si>
   <si>
     <t>Electrical coordination</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 5.1:93 (R2022)</t>
   </si>
   <si>
     <t>Recommended practices for electrical protection - Electric contact between overhead supply and communication lines</t>
   </si>