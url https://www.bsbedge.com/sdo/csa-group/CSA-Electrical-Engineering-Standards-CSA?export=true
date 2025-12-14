--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -47,252 +47,252 @@
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
     <t>CSA E61558-2-5:25</t>
   </si>
   <si>
-    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-5: Particular requirements and test for transformer for shavers, power supply units for shavers and shaver supply units (Adopted IEC 61558-2-5:2024, third edition, 2024-08, with Canadian deviations) | Sécurité des transformateurs, bobines d’inductance, blocs d’alimentation et des combinaisons de ces éléments — Partie 2-5 : Règles particulières et essais pour les transformateurs pour rasoirs, blocs d’alimentation incorporant un transformateur pour rasoirs et blocs d’alimentation pour rasoirs (norme IEC 61558-2-5:2024 adoptée, troisième édition, 2024-08, avec exigences propres au Canada)</t>
+    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-5: Particular requirements and test for transformer for shavers, power supply units for shavers and shaver supply units (Adopted IEC 61558-2-5:2024, third edition, 2024-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>CSA C227.3:25</t>
   </si>
   <si>
     <t>Low-profile, single-phase, pad-mounted distribution transformers with separable insulated high-voltage connectors</t>
   </si>
   <si>
     <t>CSA E60730-1:25</t>
   </si>
   <si>
-    <t>Automatic electrical controls – Part 1: General requirements (Adopted IEC 60730-1:2022, sixth edition, 2022-09, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 1 : Exigences générales (norme IEC 60730-1:2022 adoptée, sixième édition, 2022-09, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls – Part 1: General requirements (Adopted IEC 60730-1:2022, sixth edition, 2022-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61558-2-2:25</t>
   </si>
   <si>
-    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-2: Particular requirements and tests for control transformers and power supply units incorporating control transformers (Adopted IEC 61558-2-2:2022, third edition, 2022-10) | Sécurité des transformateurs, bobines d’inductance, blocs d’alimentation et combinaisons de ces éléments — Partie 2-2: Exigences particulières et essais pour les transformateurs de commande et les blocs d’alimentation qui incorporent des transformateurs de commande (norme IEC 61558-2-2:2022 adoptée, troisième édition, 2022-10)</t>
+    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-2: Particular requirements and tests for control transformers and power supply units incorporating control transformers (Adopted IEC 61558-2-2:2022, third edition, 2022-10)</t>
   </si>
   <si>
     <t>CSA E60730-2-8:25</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-8: Particular requirements for electrically operated water valves, including mechanical requirements (Adopted IEC 60730-2-8:2018, edition 3:2018 consolidated with amendment 1:2021, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-8 : Exigences particulières pour les électrovannes hydrauliques (norme IEC 60730-2-8:2018 adoptée, édition 3:2018 consolidée par l’amendement 1:2021, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-8: Particular requirements for electrically operated water valves, including mechanical requirements (Adopted IEC 60730-2-8:2018, edition 3:2018 consolidated with amendment 1:2021, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E61347-2-3:23</t>
   </si>
   <si>
-    <t>Lamp control gear — Part 2-3: Particular requirements for a.c. and/or d.c. supplied electronic control gear for fluorescent lamps (Adopted IEC 61347-2-3:2011, edition 2:2011 consolidated with amendment 1:2016, with Canadian deviations) | Appareillages de lampes — Partie 2-3 : Exigences particulières pour les appareillages électroniques alimentés en courant alternatif et/ou en courant continu pour lampes fluorescentes (norme IEC 61347-2-3:2011 adoptée, édition 2:2011 consolidée par l’amendement 1:2016, avec exigences propres au Canada)</t>
+    <t>Lamp control gear — Part 2-3: Particular requirements for a.c. and/or d.c. supplied electronic control gear for fluorescent lamps (Adopted IEC 61347-2-3:2011, edition 2:2011 consolidated with amendment 1:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-65:11 (R2021)/A2:23</t>
   </si>
   <si>
-    <t>Amendment 2:2023 to CSA E60335-2-65:11, Household and similar electrical appliances - Safety - Part 2-65: Particular requirements for air-cleaning appliances (Adopted amendment 2:2015 to IEC 60335-2-65:2002) | Modification 2:2023 à CSA E60335-2-65:11, Appareils électrodomestiques et analogues - Sécurité- Partie 2-65: Règles particulières pour les épurateurs d'air (amendement 2:2015 adoptée à la norme IEC 60335-2-65:2002)</t>
+    <t>Amendment 2:2023 to CSA E60335-2-65:11, Household and similar electrical appliances - Safety - Part 2-65: Particular requirements for air-cleaning appliances (Adopted amendment 2:2015 to IEC 60335-2-65:2002)</t>
   </si>
   <si>
     <t>CSA E60335-2-4:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-4: Particular requirements for spin extractors (Adopted IEC 60335-2-4:2021, seventh edition, 2021-03, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-4 : Exigences particulières pour les essoreuses centrifuges (norme IEC 60335-2-4:2023, septiième édition, 2021-03, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-4: Particular requirements for spin extractors (Adopted IEC 60335-2-4:2021, seventh edition, 2021-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60598-1:23</t>
   </si>
   <si>
-    <t>Luminaires — Part 1: General requirements and tests (Adopted IEC 60598-1:2020, ninth edition, 2020-08, with Canadian deviations | Luminaires — Partie 1 : Exigences générales et essais (norme IEC 60598-1:2020 adoptée, neuvième édition, 2020-08, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 1: General requirements and tests (Adopted IEC 60598-1:2020, ninth edition, 2020-08, with Canadian deviations</t>
   </si>
   <si>
     <t>CSA E60598-2-3:23</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-3: Particular requirements — Luminaires for road and street lighting (Adopted IEC 60598-2-3:2002, edition 3:2002, consolidated with amendment 1:2011, with Canadian deviations) | Luminaires — Partie 2-3 : Règles particulières — Luminaires d’éclairage public (norme IEC 60598-2-3 :2002 adoptée, édition 3:2002 consolidée par l’amendement 1:2011, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-3: Particular requirements — Luminaires for road and street lighting (Adopted IEC 60598-2-3:2002, edition 3:2002, consolidated with amendment 1:2011, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60598-2-5:23</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-5: Particular requirements — Floodlights (Adopted IEC 60598-2-5:2015, third edition, 2015-08, with Canadian deviations) | Luminaires — Partie 2-5 : Exigences particulières — Projecteurs (norme IEC 60598-2-5:2015 adoptée, troisième édition, 2015-08, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-5: Particular requirements — Floodlights (Adopted IEC 60598-2-5:2015, third edition, 2015-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-54:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-54: Particular requirements for surface-cleaning appliances employing liquids or steam (Adopted IEC 60335-2-54:2008, edition 4:2008 consolidated with amendment 1:2015 and amendment 2:2019, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-54 : Règles particulières concernant les appareils de nettoyage de surfaces utilisant des liquides ou de la vapeur (norme IEC 60335-2-54 : 2008 adoptée, édition 4:2008 consolidée par l’amendement 1:2015 et l’amendement 2:2019, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-54: Particular requirements for surface-cleaning appliances employing liquids or steam (Adopted IEC 60335-2-54:2008, edition 4:2008 consolidated with amendment 1:2015 and amendment 2:2019, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-43:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-43: Particular requirements for clothes dryers and towel rails (Adopted IEC 60335-2-43:2017, fourth edition, 2017-10, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-43 : Exigences particulières pour les appareils de séchage du linge et les sèche-serviettes (norme IEC 60335-2-43:2017 adoptée, quatrième édition, 2017-10, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-43: Particular requirements for clothes dryers and towel rails (Adopted IEC 60335-2-43:2017, fourth edition, 2017-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-25:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances- Safety - Part 2-25: Particular requirements for microwave ovens, including combination microwave ovens (Adopted IEC 60335-2-25:2020, seventh edition, 2020-01, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-25 : Exigences particulières pour les fours à micro-ondes, y compris les fours à microondes combinés (norme IEC 60335-2-25:2020 adoptée, septième édition, 2020-01, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances- Safety - Part 2-25: Particular requirements for microwave ovens, including combination microwave ovens (Adopted IEC 60335-2-25:2020, seventh edition, 2020-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-51:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-51: Particular requirements for stationary circulation pumps for heating and service water installations (Adopted IEC IEC 60335-2-51:2019, fourth edition, 2019-04, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-51 : Exigences particulières pour les pompes de circulation fixes pour installations de chauffage et de distribution d’eau (norme IEC 60335-2-51:2019 adoptée, quatrième édition, 2019-04, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-51: Particular requirements for stationary circulation pumps for heating and service water installations (Adopted IEC IEC 60335-2-51:2019, fourth edition, 2019-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-5:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-5: Particular requirements for dishwashers (Adopted IEC 60335-2-5:2012, edition 6:2012 consolidated with amendment 1:2018, with Canadian deviations | Appareils électrodomestiques et analogues – Sécurité — Partie 2-5 : Exigences particulières pour les lave-vaisselle (norme IEC 60335-2-5:2012 adoptée, édition 6:2012 consolidée par l’amendement 1:2018, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-5: Particular requirements for dishwashers (Adopted IEC 60335-2-5:2012, edition 6:2012 consolidated with amendment 1:2018, with Canadian deviations</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13 + A1:21 + A2:21 (R2022) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC/CEI 60335-2-30:2009, edition 5:2009 consolidated with amendment 1:2016 and amendment 2:2021, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-30 : Exigences particulières pour les appareils de chauffage des locaux (norme CEI/IEC 60335-2-30:2009 adoptée, édition 5:2009 consolidée par l’amendement 1:2016 et l’amendement 2:2021, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC/CEI 60335-2-30:2009, edition 5:2009 consolidated with amendment 1:2016 and amendment 2:2021, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13/A2:21 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CAN/CSA-E60335-30:13, Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted amendment 2:2021 to IEC 60335-2-30:2009) | Modification 2:2021 à CAN/CSA-E60335-2-30:13, Appareils électrodomestiques et analogues - Sécurité - Partie 2-30 : Exigences particulières pour les appareils de chauffage des locaux (amendement 2:2021 adoptée à la norme IEC 60335-2-30:2009)</t>
+    <t>Amendment 2:2021 to CAN/CSA-E60335-30:13, Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted amendment 2:2021 to IEC 60335-2-30:2009)</t>
   </si>
   <si>
     <t>CSA C310:21</t>
   </si>
   <si>
     <t>Distribution class polymeric cutouts</t>
   </si>
   <si>
     <t>CSA E61951-2:21</t>
   </si>
   <si>
-    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Secondary sealed cells and batteries for portable applications — Part 2: Nickel-metal hydride (Adopted IEC 61951-2:2017, fourth edition, 2017-03, with Canadian deviations) | Accumulateurs alcalins et autres accumulateurs à électrolyte non acide — Accumulateurs étanches pour applications portables — Partie 2 : Nickel-métal hydrure (norme IEC 61951-2:2017 adoptée, quatrième édition, 2017-03, avec exigences propres au Canada)</t>
+    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Secondary sealed cells and batteries for portable applications — Part 2: Nickel-metal hydride (Adopted IEC 61951-2:2017, fourth edition, 2017-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E61951-1:21</t>
   </si>
   <si>
-    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Secondary sealed cells and batteries for portable applications — Part 1: Nickel-cadmium (Adopted IEC 61951:2017, fourth edition, 2017-03, with Canadian deviations) | Accumulateurs alcalins et autres accumulateurs à électrolyte non acide — Accumulateurs étanches pour applications portables — Partie 1 : Nickel-cadmium (norme IEC 61951-1:2017 adoptée, quatrième édition, 2017-03), avec exigences propres au Canada)</t>
+    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Secondary sealed cells and batteries for portable applications — Part 1: Nickel-cadmium (Adopted IEC 61951:2017, fourth edition, 2017-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C60871-2:22</t>
   </si>
   <si>
-    <t>Shunt capacitors for a.c. power systems having a rated voltage above 1 000 V — Part 2: Endurance testing (Adopted IEC TS 60871-2:2014, third edition, 2014-11, with Canadian deviations) | Condensateurs shunt pour réseaux à courant alternatif de tension assignée supérieure à 1 000 V — Partie 2 : Essais d’endurance (norme IEC TS 60871-2:2014 adoptée, troisième édition, 2014-11, avec exigences propres au Canada)</t>
+    <t>Shunt capacitors for a.c. power systems having a rated voltage above 1 000 V — Part 2: Endurance testing (Adopted IEC TS 60871-2:2014, third edition, 2014-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C60871-1:22</t>
   </si>
   <si>
-    <t>Shunt capacitors for a.c. power systems having a rated voltage above 1 000 V - Part 1: General (Adopted IEC 60871-1:2014, fourth edition, 2014-05, with Canadian deviations) | Condensateurs shunt pour réseaux à courant alternatif de tension assignée supérieure à 1 000 V - Partie 1: Généralités (norme IEC 60871-1:2014 adoptée, quatrième édition, 2014-05, avec exigences propres au Canada)</t>
+    <t>Shunt capacitors for a.c. power systems having a rated voltage above 1 000 V - Part 1: General (Adopted IEC 60871-1:2014, fourth edition, 2014-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C83:22</t>
   </si>
   <si>
     <t>Communication and power line hardware</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13/A1:21 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CAN/CSA-E60335-30:13, Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted amendment 1:2016 to IEC 60335-2-30:2009) | Modification 1:2021 à CAN/CSA-E60335-2-30:13, Appareils électrodomestiques et analogues - Sécurité - Partie 2-30 : Exigences particulières pour les appareils de chauffage des locaux (amendement 1:2016 adoptée à la norme IEC 60335-2-30:2009)</t>
+    <t>Amendment 1:2021 to CAN/CSA-E60335-30:13, Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted amendment 1:2016 to IEC 60335-2-30:2009)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-6:18/A1:20 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2020 to CAN/CSA-E60335-2-6:18, Household and similar electrical appliances — Safety — Part 2-6: Particular requirements for stationary cooking ranges, hobs, ovens and similar appliances (Adopted amendment 1:2018 to IEC 60335-2-6:2014) | Modification 1:2020 à CAN/CSA-E60335-2-6:18, Appareils électrodomestiques et analogues — Sécurité — Partie 2-6 : Exigences particulières pour les cuisinières, les tables de cuisson, les fours et les appareils fixes analogues (amendement 1:2018 adoptée à la norme IEC 60335-2-6:2014)</t>
+    <t>Amendment 1:2020 to CAN/CSA-E60335-2-6:18, Household and similar electrical appliances — Safety — Part 2-6: Particular requirements for stationary cooking ranges, hobs, ovens and similar appliances (Adopted amendment 1:2018 to IEC 60335-2-6:2014)</t>
   </si>
   <si>
     <t>CSA C227.4:21</t>
   </si>
   <si>
     <t>Three-phase, pad-mounted distribution transformers with separable insulated high-voltage connectors</t>
   </si>
   <si>
     <t>CSA E60335-2-64:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-64: Particular requirements for commercial electric kitchen machines (Adopted IEC 60335-2-64:2002, edition 3:2002, consolidated with amendment 1:2007 and amendment 2:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-64 : Règles particulières pour les machines de cuisine électriques à usage commercial (norme IEC 60335-2-64:2002 adoptée, édition 3:2002, consolidée par l’amendement 1:2007 et l’amendement 2:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-64: Particular requirements for commercial electric kitchen machines (Adopted IEC 60335-2-64:2002, edition 3:2002, consolidated with amendment 1:2007 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60730-2-14:20</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-14: Particular requirements for electric actuators (Adopted IEC 60730-2-14:2017, edition 2:2017 consolidated with amendment 1:2019, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-14 : Exigences particulières pour les actionneurs électriques (norme IEC 60730-2-14:2017 adoptée, édition 2:2017 consolidée par l’amendement 1:2019, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-14: Particular requirements for electric actuators (Adopted IEC 60730-2-14:2017, edition 2:2017 consolidated with amendment 1:2019, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-29:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-29: Particular requirements for battery chargers (Binational standard with UL 60335-2-29)</t>
   </si>
   <si>
     <t>CSA C61869-9:20</t>
   </si>
   <si>
-    <t>Instrument transformers — Part 9: Digital interface for instrument transformers (Adopted IEC 61869-9:2016, first edition, 2016-04, with Canadian deviations) | Transformateurs de mesure — Partie 9 : Interface numérique des transformateurs de mesure (norme IEC 61869-9:2016 adoptée, avec exigences propres au Canada)</t>
+    <t>Instrument transformers — Part 9: Digital interface for instrument transformers (Adopted IEC 61869-9:2016, first edition, 2016-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-10:20</t>
   </si>
   <si>
-    <t>Instrument transformers — Part 10: Additional requirements for low-power passive current transformers (Adopted IEC 61869-10:2017, first edition, 2017-12, with Canadian deviations) | Transformateurs de mesure — Partie 10 : Exigences supplémentaires concernant les transformateurs de courant passifs de faible puissance (norme IEC 61869-10:2017 adoptée, première édition, 2017-12, avec exigences propres au Canada)</t>
+    <t>Instrument transformers — Part 10: Additional requirements for low-power passive current transformers (Adopted IEC 61869-10:2017, first edition, 2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-11:20</t>
   </si>
   <si>
-    <t>Instrument transformers — Part 11: Additional requirements for low-power passive voltage transformers (Adopted IEC 61869-11:2017, first edition, 2017-12, with Canadian deviations) | Transformateurs de mesure — Partie 11 : Exigences supplémentaires pour les transformateurs de tension passifs de faible puissance (norme IEC 61869-11:2017 adoptée, (première édition, 2017-12, avec exigences propres au Canada)</t>
+    <t>Instrument transformers — Part 11: Additional requirements for low-power passive voltage transformers (Adopted IEC 61869-11:2017, first edition, 2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60730-2-3:20</t>
   </si>
   <si>
-    <t>Automatic electrical controls for household and similar use — Part 2-3: Particular requirements for thermal protectors for ballasts for tubular fluorescent lamps (Adopted IEC 60730-2-3:2006, second edition, 2006-10, with Canadian deviations) | Dispositifs de commande électrique automatiques à usage domestique et analogue — Partie 2-3 : Règles particulières pour les protecteurs thermiques des ballasts pour lampes tubulaires à fluorescence (norme IEC 60730-2-3:2006 adoptée, deuxième édition, 2006-10, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls for household and similar use — Part 2-3: Particular requirements for thermal protectors for ballasts for tubular fluorescent lamps (Adopted IEC 60730-2-3:2006, second edition, 2006-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C235:19</t>
   </si>
   <si>
     <t>Preferred voltage levels for AC systems up to 50 000 V</t>
   </si>
   <si>
     <t>CSA C68.5:20</t>
   </si>
   <si>
     <t>Primary shielded and concentric neutral cable for distribution utilities</t>
   </si>
   <si>
     <t>CSA C68.10:20</t>
   </si>
   <si>
     <t>Shielded power cable for commercial and industrial applications, 5-46 kV</t>
   </si>
   <si>
     <t>CSA E60730-2-12:19 (R2024)</t>
   </si>
   <si>
     <t>Automatic electrical controls - Part 2-12: Particular requirements for electrically operated door locks (Adopted IEC 60730-2-12:2015, third edition, 2015-04, with Canadian deviations)</t>
   </si>
@@ -302,51 +302,51 @@
   <si>
     <t>Power transformer and reactor bushings</t>
   </si>
   <si>
     <t>CSA C156.2:18 (R2023)</t>
   </si>
   <si>
     <t>Composite station post insulators</t>
   </si>
   <si>
     <t>CSA C156.1:18 (R2023)</t>
   </si>
   <si>
     <t>Ceramic and glass station post insulators</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-9:18 (R2023)</t>
   </si>
   <si>
     <t>Automatic electrical controls — Part 2-9: Particular requirements for temperature sensing controls (Adopted IEC 60730-2-9:2018, edition 4:2015 consolidated with amendment 1:2018, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-6:18 (R2023)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-6: Particular requirements for stationary cooking ranges, hobs, ovens and similar appliances (Adopted IEC 60335-2-6:2014, sixth edition, 2014-02, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-6 : Exigences particulières pour les cuisinières, les tables de cuisson, les fours et les appareils fixes analogues (norme IEC 60335-2-6:2014 adoptée, sixième édition, 2014-02, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-6: Particular requirements for stationary cooking ranges, hobs, ovens and similar appliances (Adopted IEC 60335-2-6:2014, sixth edition, 2014-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-7:18 (R2022)</t>
   </si>
   <si>
     <t>Automatic electrical controls — Part 2-7: Particular requirements for timers and time switches (Adopted IEC 60730-2-7:2015, third edition , 2015-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C9:17 (R2022)</t>
   </si>
   <si>
     <t>Dry-type transformers</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-6:17 (R2022)</t>
   </si>
   <si>
     <t>Automatic electrical controls — Part 2-6: Particular requirements for automatic electrical pressure sensing controls including mechanical requirements (Adopted IEC 60730-2-6:2015, third edition, 2015-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C88:16 (R2021)</t>
   </si>
   <si>
     <t>Power transformers and reactors</t>
   </si>
@@ -368,189 +368,189 @@
   <si>
     <t>Line post composite insulators for overhead distribution lines ≤ 75 kV</t>
   </si>
   <si>
     <t>CSA C411.5:16 (R2021)</t>
   </si>
   <si>
     <t>Dead-end/suspension composite insulators for overhead lines ≤ 75 kV</t>
   </si>
   <si>
     <t>CSA C411.4:16 (R2021)</t>
   </si>
   <si>
     <t>Composite suspension insulators for overhead lines &gt; 75 kV</t>
   </si>
   <si>
     <t>CSA C411.1:16 (R2021)</t>
   </si>
   <si>
     <t>AC suspension insulators</t>
   </si>
   <si>
     <t>CSA E60335-2-10:15 (R2020)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-10: Particular requirements for floor treatment machines and wet scrubbing machines (Adopted IEC 60335-2-10:2002, edition 5:2002 consolidated with amendment 1:2008, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-10 : Règles particulières pour les appareils de traitement des sols et les machines à brosser les sols mouillés (norme IEC 60335-2-10:2002, édition 5:2002 consolidée par l'amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-10: Particular requirements for floor treatment machines and wet scrubbing machines (Adopted IEC 60335-2-10:2002, edition 5:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60825-1:15 (R2020)</t>
   </si>
   <si>
-    <t>Safety of laser products — Part 1: Equipment classification and requirements (Adopted IEC 60825-1:2014, third edition, 2014-05, with Canadian deviations) | Sécurité des appareils à laser — Partie 1 : Classification des matériels et exigences (norme IEC 60825-1:2014 adoptée, troisième édition, 2014-05, avec exigences propres au Canada)</t>
+    <t>Safety of laser products — Part 1: Equipment classification and requirements (Adopted IEC 60825-1:2014, third edition, 2014-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-5:15 (R2019)</t>
   </si>
   <si>
-    <t>Instrument transformers — Part 5: Additional requirements for capacitor voltage transformers (Adopted IEC 61869-5:2011, first edition, 2011-07) | Transformateurs de mesure — Partie 5 : Exigences supplémentaires concernant les transformateurs condensateurs de tension (norme IEC 61869-5:2011 adoptée, première édition, 2011-07, avec exigences propres au Canada)</t>
+    <t>Instrument transformers — Part 5: Additional requirements for capacitor voltage transformers (Adopted IEC 61869-5:2011, first edition, 2011-07)</t>
   </si>
   <si>
     <t>CSA G12:14 (R2019)</t>
   </si>
   <si>
     <t>Zinc-coated steel wire strand</t>
   </si>
   <si>
     <t>CSA E60384-1:14 (R2023)</t>
   </si>
   <si>
-    <t>Fixed capacitors for use in electronic equipment - Part 1: Generic specification (Adopted IEC 60384-1:2008, fourth edition, 2008-07, with Canadian deviations) | Condensateurs fixes utilisés dans les équipements électroniques - Partie 1: Spécification générique (norme CEI 60384-1:2008 adoptée, quatrième édition, 2008-07, avec exigences propres au Canada)</t>
+    <t>Fixed capacitors for use in electronic equipment - Part 1: Generic specification (Adopted IEC 60384-1:2008, fourth edition, 2008-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60384-14:14 (R2023)</t>
   </si>
   <si>
-    <t>Fixed capacitors for use in electronic equipment - Part 14: Sectional specification - Fixed capacitors for electromagnetic interference suppression and connection to the supply mains (Adopted IEC 60384-14-1:2013, fourth edition, 2013-06, with Canadian deviations) | Condensateurs fixes utilisés dans les équipements électroniques - Partie 14: Spécification intermédiaire - Condensateurs fixes d'antiparasitage et raccordement à l'alimentation (norme CEI 60384-14-1:2013 adoptée, quatrième édition, 2013-06, avec exigences propres au Canada)</t>
+    <t>Fixed capacitors for use in electronic equipment - Part 14: Sectional specification - Fixed capacitors for electromagnetic interference suppression and connection to the supply mains (Adopted IEC 60384-14-1:2013, fourth edition, 2013-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-4:14 (R2019)</t>
   </si>
   <si>
-    <t>Instrument transformers - Part 4: Additional requirements for combined transformers (Adopted IEC 61869-4:2013, edition 1.0:2013, with Canadian deviations) | Transformateurs de mesure - Partie 4: Exigences supplémentaires concernant les transformateurs combinés (norme CEI 61869-4:2013 adoptée, édition 1.0:2013, avec exigences propres au Canada)</t>
+    <t>Instrument transformers - Part 4: Additional requirements for combined transformers (Adopted IEC 61869-4:2013, edition 1.0:2013, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-3:14 (R2019)</t>
   </si>
   <si>
-    <t>Instrument transformers - Part 3: Additional requirements for inductive voltage transformers (Adopted IEC 61869-3:2011, edition 1.0:2011, with Canadian deviations) | Transformateurs de mesure - Partie 3 : Exigences supplémentaires concernant les transformateurs inductifs de tension (norme CEI 61869-3:2011 adoptée, édition 1.0:2011, avec exigences propres au Canada)</t>
+    <t>Instrument transformers - Part 3: Additional requirements for inductive voltage transformers (Adopted IEC 61869-3:2011, edition 1.0:2011, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-2:14 (R2019)</t>
   </si>
   <si>
-    <t>Instrument transformers - Part 2: Additional requirements for current transformers (Adopted IEC 61869-2:2012, edition 1.0:2012, with Canadian deviations) | Transformateurs de mesure - Partie 2 : Exigences supplémentaires concernant les transformateurs de courant (norme CEI 61869-2:2012 adoptée, édition 1.0:2012, avec exigences propres au Canada)</t>
+    <t>Instrument transformers - Part 2: Additional requirements for current transformers (Adopted IEC 61869-2:2012, edition 1.0:2012, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-1:14 (R2019)</t>
   </si>
   <si>
-    <t>Instrument transformers - Part 1: General requirements (Adopted IEC 61869-1:2007, edition 1.0:2007, with Canadian deviations) | Transformateurs de mesure - Partie 1 : Exigences générales (norme CEI 61869-1:2007 adoptée, édition 1.0:2007, avec exigences propres au Canada)</t>
+    <t>Instrument transformers - Part 1: General requirements (Adopted IEC 61869-1:2007, edition 1.0:2007, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C50:14 (R2023)</t>
   </si>
   <si>
     <t>Mineral insulating oil, electrical, for transformers and switches</t>
   </si>
   <si>
     <t>CSA E61959:14 (R2019)</t>
   </si>
   <si>
-    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes - Mechanical tests for sealed portable secondary cells and batteries (Adopted IEC 61959:2004, first edition, 2004-01, with Canadian deviations) | Accumulateurs alcalins et autres accumulateurs à électrolyte non acide - Essais mécaniques pour accumulateurs portables étanches (norme CEI 61959:2004 adoptée, première édition, 2004-01, avec exigences propres au Canada)</t>
+    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes - Mechanical tests for sealed portable secondary cells and batteries (Adopted IEC 61959:2004, first edition, 2004-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-11:13 (R2024)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-11: Particular requirements for tumble dryers (Adopted IEC 60335-2-11:2008 + A1:2012, edition 7:2008 consolidated with amendment 1:2012, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-11: Règles particulières pour les sèche-linge à tambour. (norme CEI 60335- 2-11:2008 + A1:2012 adoptée, édition 7:2008 consolidée par l'amendement 1:2012, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-11: Particular requirements for tumble dryers (Adopted IEC 60335-2-11:2008 + A1:2012, edition 7:2008 consolidated with amendment 1:2012, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-7:13 (R2024)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-7: Particular requirements for washing machines (Adopted IEC 60335-2-7:2008 + A1:2011, edition 7:2008 consolidated with amendment 1:2011, with Canadian deviations ) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-7 : Règles particulières pour les machines à laver le linge (norme CEI 60335-2-7:2008 + A1:2011 adoptée, édition 7:2008 consolidée par l'amendement 1:2011, avec exigencies propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-7: Particular requirements for washing machines (Adopted IEC 60335-2-7:2008 + A1:2011, edition 7:2008 consolidated with amendment 1:2011, with Canadian deviations )</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13 (R2022)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC 60335-2- 30:2009, fifth edition, 2009-11, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-30 : Exigences particulières pour les appareils de chauffage des locaux (norme IEC 60335-2-30:2009 adoptée, cinquième édition, 2009-11, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC 60335-2- 30:2009, fifth edition, 2009-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-3:13 (R2022)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-3: Particular requirements for electric irons (Adopted IEC 60335-2-3:2002, edition 5:2002 consolidated with amendment 1:2004 and amendment 2:2008, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-3: Règles particulières pour les fers à repasser électriques (norme CEI 60335:2002 adoptée, edition 5:2002 consolidée par amendement 1:2004 et amendement 2:2008, avec exigencies propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-3: Particular requirements for electric irons (Adopted IEC 60335-2-3:2002, edition 5:2002 consolidated with amendment 1:2004 and amendment 2:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-10:13 (R2023)</t>
   </si>
   <si>
-    <t>Automatic electrical controls for household and similar use - Part 2-10: Particular requirements for motor-starting relays (Adopted IEC 60730-2- 10:2006, second edition, 2006-10, with Canadian deviations) | Dispositifs de commande électrique automatiques à usage domestique et analogue - Partie 2-10: Règles particulières pour les relais électriques de démarrage de moteur (norme CEI 60730-2-10-2006 adoptée, deuxième édition, 2006-10, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls for household and similar use - Part 2-10: Particular requirements for motor-starting relays (Adopted IEC 60730-2- 10:2006, second edition, 2006-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-26:13 (R2022)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-26: Particular requirements for clocks (Adopted IEC 60335-2-26:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-26 : Règles particulière pour les horloges (norme CEI 60335-2-26:2002 adoptée, édition 4:2002 consolidée par amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-26: Particular requirements for clocks (Adopted IEC 60335-2-26:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E61558-1:12 (R2022)</t>
   </si>
   <si>
-    <t>Safety of power transformers, power supplies, reactors and similar products - Part 1: General requirements and tests (Adopted IEC 61558- 1:1997 + A1:1998, edition 2.1, 2009-04 with Canadian deviations) | Sécurité des transformateurs, alimentations, bobines d'inductance et produits analogues - Partie 1: Exigences générales et essais (norme CEI 61558-1:1997 + A1:1998 adoptée, édition 2.1, 2009-04 avec exigences propres au Canada)</t>
+    <t>Safety of power transformers, power supplies, reactors and similar products - Part 1: General requirements and tests (Adopted IEC 61558- 1:1997 + A1:1998, edition 2.1, 2009-04 with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62471:12 (R2022)</t>
   </si>
   <si>
-    <t>Photobiological safety of lamps and lamp systems (Adopted IEC 62471:2006, first edition, 2006-07, with Canadian deviations) | Sécurité photobiologique des lampes et des appareils utilisant des lampes (norme CEI 62471:2006 adoptée, première édition, 2006-07, avec exigences propres au Canada)</t>
+    <t>Photobiological safety of lamps and lamp systems (Adopted IEC 62471:2006, first edition, 2006-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-65:11 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-65: Particular requirements for air-cleaning appliances (Adopted IEC 60335- 2-65:2002, edition 2:2002 consolidated with amendment 1:2008, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité- Partie 2-65: Règles particulières pour les épurateurs d'air (norme IEC 60335-2-65:2002 adoptée, édition 2:2002 consolidée par l'amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-65: Particular requirements for air-cleaning appliances (Adopted IEC 60335- 2-65:2002, edition 2:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-61:11 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-61: Particular requirements for thermal storage room heaters (Adopted IEC 60335-2-61:2002 + A1:2005 + A2:2008, edition 2:2002 consolidated with amendment 1:2005 and amendment 2:2008, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité- Partie 2-61 : Règles particulières pour les appareils de chauffage àaccumulation (norme IEC 60335-2-61:2002 + A1:2005 + A2:2008 adoptée, édition 2:2002 consolidée par l'amendement 1:2005 et l'amendement 2:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-61: Particular requirements for thermal storage room heaters (Adopted IEC 60335-2-61:2002 + A1:2005 + A2:2008, edition 2:2002 consolidated with amendment 1:2005 and amendment 2:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C68.7:11 (R2020)</t>
   </si>
   <si>
     <t>Underground secondary and service-entrance cable for electrical distribution utilities</t>
   </si>
   <si>
     <t>CAN/CSA-C61089-11 (R2020)</t>
   </si>
   <si>
-    <t>Round wire concentric lay overhead electrical stranded conductors (Adopted CEI/IEC 1089:1991, first edition, 1991-05, with Canadian deviations) | Conducteurs pour lignes aériennes à brins circulaires, câblés en couches concentriques (norme CEI/IEC 1089:1991 adoptée, première édition, 1991-05, avec exigences propres au Canada)</t>
+    <t>Round wire concentric lay overhead electrical stranded conductors (Adopted CEI/IEC 1089:1991, first edition, 1991-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C68.8:11 (R2020)</t>
   </si>
   <si>
     <t>Overhead aluminum secondary and service-entrance cables and conductors for electrical distribution utilities</t>
   </si>
   <si>
     <t>CSA C49.5:10 (R2024)</t>
   </si>
   <si>
     <t>Compact round aluminum stranded conductors (compact round ASC)</t>
   </si>
   <si>
     <t>CSA C49.2:10 (R2023)</t>
   </si>
   <si>
     <t>Compact round aluminum conductors steel reinforced (ACSR)</t>
   </si>
   <si>
     <t>CSA C49.3:10 (R2023)</t>
   </si>
   <si>
     <t>Aluminum 1350 wire, annealed and intermediate tempers, for electrical purposes</t>
   </si>
@@ -560,147 +560,147 @@
   <si>
     <t>Covered overhead distribution line wire</t>
   </si>
   <si>
     <t>CSA C49.8:09 (R2023)</t>
   </si>
   <si>
     <t>Bare overhead aluminum conductors for distribution applications</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-79:09 (R2023)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-79: Particular requirements for high pressure cleaners and steam cleaners (Adopted IEC 60335-2-79:2002 + A1:2004 + A2:2007, edition 2.2, 2007-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C199:08 (R2022)</t>
   </si>
   <si>
     <t>Three-phase network distribution transformers</t>
   </si>
   <si>
     <t>CSA E60335-2-70:06 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-70: Particular requirements for milking machines (Adopted CEI/IEC 60335-2-70:2004, second edition, 2002-03, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-70 : Règles particulières pour les machines à traire (norme CEI/IEC 60335-2-70:2004 adoptée, deuxième édition, 2002-03, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-70: Particular requirements for milking machines (Adopted CEI/IEC 60335-2-70:2004, second edition, 2002-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-2:06 (R2020)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-2: Particular requirements for vacuum cleaners and water-suction cleaning appliances (Adopted IEC 60335-2-2:2002 + A1:2004, edition 5.1, 2004-11, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-2: Règles particulières pour les aspirateurs et les appareils de nettoyage à aspiration d'eau (norme IEC 60335-2-2:2002 + A1:2004 adoptée, édition 5.1, 2004-11, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-2: Particular requirements for vacuum cleaners and water-suction cleaning appliances (Adopted IEC 60335-2-2:2002 + A1:2004, edition 5.1, 2004-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-14:05 (R2023)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-14: Particular requirements for kitchen machines (Adopted CEI/IEC 60335-2-14:2005, fourth edition, 2002-10, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-14: Règles particulières pour les machines de cuisine (norme CEI/IEC 60335-2-14:2005 adoptée, quatrième édition, 2002-10, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-14: Particular requirements for kitchen machines (Adopted CEI/IEC 60335-2-14:2005, fourth edition, 2002-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C62155:06 (R2020)</t>
   </si>
   <si>
-    <t>Hollow pressurized and unpressurized ceramic and glass insulators for use in electrical equipment with rated voltages greater than 1 000 V (Adopted CEI/IEC 62155:2003, first edition, 2003-05, with Canadian deviations) | Isolateurs creux avec ou sans pression interne, en matière céramique ou en verre, pour utilisation dans des appareillages prévus pour des tensions nominales supérieures à 1000 V (norme CEI/IEC 62155:2003 adoptée, première édition, 2003-05, avec exigences propres au Canada)</t>
+    <t>Hollow pressurized and unpressurized ceramic and glass insulators for use in electrical equipment with rated voltages greater than 1 000 V (Adopted CEI/IEC 62155:2003, first edition, 2003-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C301.1:06 (R2022)</t>
   </si>
   <si>
     <t>Single-phase submersible distribution transformers</t>
   </si>
   <si>
     <t>CSA C301.2:06 (R2022)</t>
   </si>
   <si>
     <t>Three-phase submersible distribution transformers</t>
   </si>
   <si>
     <t>CAN/CSA-E61965:04 (R2023)</t>
   </si>
   <si>
     <t>Mechanical safety of cathode ray tubes (Adopted IEC 61965:2003, second edition, 2003-07)</t>
   </si>
   <si>
     <t>CAN/CSA-C60104:03 (R2020)</t>
   </si>
   <si>
-    <t>Aluminium-magnesium-silicon alloy wire for overhead line conductors (Adopted CEI/IEC 60104:1987, second edition, 1987-12, with Canadian deviations) | Fils en alliage d'aluminium-magnésium-silicium pour conducteurs de lignes aériennes (norme CEI/IEC 60104:1987 adoptée, deuxième édition, 1987-12, avec exigences propres au Canada)</t>
+    <t>Aluminium-magnesium-silicon alloy wire for overhead line conductors (Adopted CEI/IEC 60104:1987, second edition, 1987-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C60889:03 (R2020)</t>
   </si>
   <si>
-    <t>Hard-drawn aluminum wire for overhead line conductors (Adopted CEI/IEC 889:1987, first edition, 1987-11, with Canadian deviations) | Fil d'aluminium écroui dur pour conducteurs de lignes aériennes (norme CEI/IEC 889:1987 adoptée, première édition, 1987-11, avec exigences propres au Canada)</t>
+    <t>Hard-drawn aluminum wire for overhead line conductors (Adopted CEI/IEC 889:1987, first edition, 1987-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C60888:03 (R2020)</t>
   </si>
   <si>
-    <t>Zinc-coated steel wires for stranded conductors (Adopted CEI/IEC 888:1987, first edition, 1987-12, with Canadian deviations) | Fils en acier zinqué pour conducteurs câblés (norme CEI/IEC 888:1987 adoptée, première édition, 1987-12, avec exigences propres au Canada)</t>
+    <t>Zinc-coated steel wires for stranded conductors (Adopted CEI/IEC 888:1987, first edition, 1987-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61232:03 (R2020)</t>
   </si>
   <si>
-    <t>Aluminium-clad steel wires for electrical purposes (Adopted CEI/IEC 1232:1993, first edition, 1993-06) | Fils d'acier revêtus d'aluminium pour usages électriques (norme CEI/IEC 1232:1993 adoptée, première édition, 1993-06)</t>
+    <t>Aluminium-clad steel wires for electrical purposes (Adopted CEI/IEC 1232:1993, first edition, 1993-06)</t>
   </si>
   <si>
     <t>CSA C68.1:92 (R2024)</t>
   </si>
   <si>
     <t>Specifications for impregnated paper-insulated metallic-sheathed cable, solid type (Adopted AEIC CS1-90, with modifications)</t>
   </si>
   <si>
     <t>CAN/CSA-C156.3-M86 (R2013)</t>
   </si>
   <si>
     <t>Test Methods for Station Post Insulators</t>
   </si>
   <si>
     <t>CSA C71-1:99 (R2020)</t>
   </si>
   <si>
-    <t>Insulation co-ordination - Part 1: Definitions, principles and rules (Adopted IEC 71-1:1993, seventh edition, 1993-12, with Canadian deviations) | Coordination de l'isolement - Partie 1: Définitions, principes et règles (norme IEC 71-1:1993 adoptée, septième édition, 1993-12, avec exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Insulators for overhead lines with a nominal voltage above 1000 V - Ceramic or glass insulator units for d.c. systems - Definitions, test methods and acceptance criteria (Adopted CEI/IEC 1325:1995, first edition, 1995-03, with Canadian deviations) | Isolateurs pour lignes aériennes de tension nominale supérieure à 1 000 V - Éléments d'isolateurs en céramique ou en verre pour systèmes à courant continu - Définitions, méthodes d'essai et critères d'acceptation (norme CEI/IEC 1325:1995 adoptée, première édition, 1995-03, avec exigences propres au Canada)</t>
+    <t>Insulation co-ordination - Part 1: Definitions, principles and rules (Adopted IEC 71-1:1993, seventh edition, 1993-12, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C1325:99 (R2025)</t>
+  </si>
+  <si>
+    <t>Insulators for overhead lines with a nominal voltage above 1000 V - Ceramic or glass insulator units for d.c. systems - Definitions, test methods and acceptance criteria (Adopted CEI/IEC 1325:1995, first edition, 1995-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C50089:99 (R2021)</t>
   </si>
   <si>
     <t>Cast resin partitions for metal-enclosed gas-filled high-voltage switchgear and controlgear (Adopted CENELEC 50089:1992, including amendment A1:1994, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C71-2:98 (R2021)</t>
   </si>
   <si>
-    <t>Insulation Co-Ordination - Part 2: Application Guide (Adopted CEI/IEC 71-2:1996, third edition, 1996-12, with Canadian deviations) | Coordination de l'isolement - Partie 2: Guide d'application (norme CEI/IEC 71-2:1006 adoptée, troisième édition, 1996-12, avec exigences propres au Canada)</t>
+    <t>Insulation Co-Ordination - Part 2: Application Guide (Adopted CEI/IEC 71-2:1996, third edition, 1996-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C116:18 (R2023)</t>
   </si>
   <si>
     <t>Fibre-reinforced polymer composite crossarms</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">