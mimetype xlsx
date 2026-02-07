--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -44,59 +44,65 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C22.2 NO. 60335-2-3:25</t>
+  </si>
+  <si>
+    <t>Household and similar electrical appliances - Safety - Part 2-3: Particular requirements for electric irons (Adopted IEC 60335-2-3:2022, seventh edition, 2022-10, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>CSA E61558-2-5:25</t>
   </si>
   <si>
     <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-5: Particular requirements and test for transformer for shavers, power supply units for shavers and shaver supply units (Adopted IEC 61558-2-5:2024, third edition, 2024-08, with Canadian deviations)</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA C227.3:25</t>
   </si>
   <si>
     <t>Low-profile, single-phase, pad-mounted distribution transformers with separable insulated high-voltage connectors</t>
   </si>
   <si>
     <t>CSA E60730-1:25</t>
   </si>
   <si>
     <t>Automatic electrical controls – Part 1: General requirements (Adopted IEC 60730-1:2022, sixth edition, 2022-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61558-2-2:25</t>
   </si>
   <si>
     <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-2: Particular requirements and tests for control transformers and power supply units incorporating control transformers (Adopted IEC 61558-2-2:2022, third edition, 2022-10)</t>
   </si>
   <si>
     <t>CSA E60730-2-8:25</t>
   </si>
   <si>
     <t>Automatic electrical controls — Part 2-8: Particular requirements for electrically operated water valves, including mechanical requirements (Adopted IEC 60730-2-8:2018, edition 3:2018 consolidated with amendment 1:2021, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E61347-2-3:23</t>
@@ -377,134 +383,128 @@
   <si>
     <t>CSA C411.4:16 (R2021)</t>
   </si>
   <si>
     <t>Composite suspension insulators for overhead lines &gt; 75 kV</t>
   </si>
   <si>
     <t>CSA C411.1:16 (R2021)</t>
   </si>
   <si>
     <t>AC suspension insulators</t>
   </si>
   <si>
     <t>CSA E60335-2-10:15 (R2020)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-10: Particular requirements for floor treatment machines and wet scrubbing machines (Adopted IEC 60335-2-10:2002, edition 5:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60825-1:15 (R2020)</t>
   </si>
   <si>
     <t>Safety of laser products — Part 1: Equipment classification and requirements (Adopted IEC 60825-1:2014, third edition, 2014-05, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C61869-5:15 (R2019)</t>
+    <t>CSA C61869-5:15 (R2024)</t>
   </si>
   <si>
     <t>Instrument transformers — Part 5: Additional requirements for capacitor voltage transformers (Adopted IEC 61869-5:2011, first edition, 2011-07)</t>
   </si>
   <si>
-    <t>CSA G12:14 (R2019)</t>
+    <t>CSA G12:14 (R2024)</t>
   </si>
   <si>
     <t>Zinc-coated steel wire strand</t>
   </si>
   <si>
     <t>CSA E60384-1:14 (R2023)</t>
   </si>
   <si>
     <t>Fixed capacitors for use in electronic equipment - Part 1: Generic specification (Adopted IEC 60384-1:2008, fourth edition, 2008-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60384-14:14 (R2023)</t>
   </si>
   <si>
     <t>Fixed capacitors for use in electronic equipment - Part 14: Sectional specification - Fixed capacitors for electromagnetic interference suppression and connection to the supply mains (Adopted IEC 60384-14-1:2013, fourth edition, 2013-06, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C61869-4:14 (R2019)</t>
+    <t>CSA C61869-4:14 (R2024)</t>
   </si>
   <si>
     <t>Instrument transformers - Part 4: Additional requirements for combined transformers (Adopted IEC 61869-4:2013, edition 1.0:2013, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C61869-3:14 (R2019)</t>
+    <t>CSA C61869-3:14 (R2024)</t>
   </si>
   <si>
     <t>Instrument transformers - Part 3: Additional requirements for inductive voltage transformers (Adopted IEC 61869-3:2011, edition 1.0:2011, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C61869-2:14 (R2019)</t>
+    <t>CSA C61869-2:14 (R2024)</t>
   </si>
   <si>
     <t>Instrument transformers - Part 2: Additional requirements for current transformers (Adopted IEC 61869-2:2012, edition 1.0:2012, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C61869-1:14 (R2019)</t>
+    <t>CSA C61869-1:14 (R2024)</t>
   </si>
   <si>
     <t>Instrument transformers - Part 1: General requirements (Adopted IEC 61869-1:2007, edition 1.0:2007, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C50:14 (R2023)</t>
   </si>
   <si>
     <t>Mineral insulating oil, electrical, for transformers and switches</t>
   </si>
   <si>
     <t>CSA E61959:14 (R2019)</t>
   </si>
   <si>
     <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes - Mechanical tests for sealed portable secondary cells and batteries (Adopted IEC 61959:2004, first edition, 2004-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-11:13 (R2024)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-11: Particular requirements for tumble dryers (Adopted IEC 60335-2-11:2008 + A1:2012, edition 7:2008 consolidated with amendment 1:2012, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-7:13 (R2024)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-7: Particular requirements for washing machines (Adopted IEC 60335-2-7:2008 + A1:2011, edition 7:2008 consolidated with amendment 1:2011, with Canadian deviations )</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13 (R2022)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC 60335-2- 30:2009, fifth edition, 2009-11, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CAN/CSA-E60335-2-3:13 (R2022)</t>
-[...4 lines deleted...]
-  <si>
     <t>CAN/CSA-E60730-2-10:13 (R2023)</t>
   </si>
   <si>
     <t>Automatic electrical controls for household and similar use - Part 2-10: Particular requirements for motor-starting relays (Adopted IEC 60730-2- 10:2006, second edition, 2006-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-26:13 (R2022)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-26: Particular requirements for clocks (Adopted IEC 60335-2-26:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E61558-1:12 (R2022)</t>
   </si>
   <si>
     <t>Safety of power transformers, power supplies, reactors and similar products - Part 1: General requirements and tests (Adopted IEC 61558- 1:1997 + A1:1998, edition 2.1, 2009-04 with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62471:12 (R2022)</t>
   </si>
   <si>
     <t>Photobiological safety of lamps and lamp systems (Adopted IEC 62471:2006, first edition, 2006-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-65:11 (R2021)</t>
@@ -641,51 +641,51 @@
   <si>
     <t>CSA C61232:03 (R2020)</t>
   </si>
   <si>
     <t>Aluminium-clad steel wires for electrical purposes (Adopted CEI/IEC 1232:1993, first edition, 1993-06)</t>
   </si>
   <si>
     <t>CSA C68.1:92 (R2024)</t>
   </si>
   <si>
     <t>Specifications for impregnated paper-insulated metallic-sheathed cable, solid type (Adopted AEIC CS1-90, with modifications)</t>
   </si>
   <si>
     <t>CAN/CSA-C156.3-M86 (R2013)</t>
   </si>
   <si>
     <t>Test Methods for Station Post Insulators</t>
   </si>
   <si>
     <t>CSA C71-1:99 (R2020)</t>
   </si>
   <si>
     <t>Insulation co-ordination - Part 1: Definitions, principles and rules (Adopted IEC 71-1:1993, seventh edition, 1993-12, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C1325:99 (R2025)</t>
+    <t>CSA C1325:99 (R2020)</t>
   </si>
   <si>
     <t>Insulators for overhead lines with a nominal voltage above 1000 V - Ceramic or glass insulator units for d.c. systems - Definitions, test methods and acceptance criteria (Adopted CEI/IEC 1325:1995, first edition, 1995-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C50089:99 (R2021)</t>
   </si>
   <si>
     <t>Cast resin partitions for metal-enclosed gas-filled high-voltage switchgear and controlgear (Adopted CENELEC 50089:1992, including amendment A1:1994, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C71-2:98 (R2021)</t>
   </si>
   <si>
     <t>Insulation Co-Ordination - Part 2: Application Guide (Adopted CEI/IEC 71-2:1996, third edition, 1996-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C116:18 (R2023)</t>
   </si>
   <si>
     <t>Fibre-reinforced polymer composite crossarms</t>
   </si>
 </sst>
 </file>
 
@@ -1064,1201 +1064,1201 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>190.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>200.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>720.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>190.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>430.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>394.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2023</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>30.0</v>
+        <v>394.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2023</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>170.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2023</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>616.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2023</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>114.0</v>
+        <v>616.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2023</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>111.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2023</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>220.0</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2023</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>169.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>323.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2023</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>110.0</v>
+        <v>323.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2023</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>220.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>323.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>22.0</v>
+        <v>323.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2021</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>275.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2021</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>335.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2021</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
         <v>335.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>56.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2022</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>389.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2022</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>170.0</v>
+        <v>389.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>55.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>29.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>150.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>430.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2020</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>305.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2020</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>213.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2020</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>345.0</v>
+        <v>213.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>2020</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>300.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>2020</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>2020</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>105.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>120.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>238.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>2020</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>230.0</v>
+        <v>238.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>178.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>95.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
         <v>2018</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
         <v>95.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>2018</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>100.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
         <v>2018</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>600.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
         <v>2018</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>299.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
         <v>2018</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>168.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>120.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
         <v>2017</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>225.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
         <v>225.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
         <v>2016</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>135.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
         <v>2016</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>171.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
         <v>2016</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
         <v>171.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
         <v>2016</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>187.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
         <v>2016</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
         <v>187.0</v>
       </c>
     </row>
@@ -2274,405 +2274,405 @@
       </c>
       <c r="D54">
         <v>2016</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
         <v>187.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>68.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
         <v>2015</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>310.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
         <v>2015</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>250.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>86.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
         <v>2014</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>360.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
         <v>2014</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>350.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
         <v>2014</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>130.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
         <v>2014</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>170.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
         <v>2014</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>280.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
         <v>2014</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>280.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
         <v>2014</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>120.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
         <v>2014</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>35.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>278.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
         <v>2013</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>268.0</v>
+        <v>278.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
         <v>2013</v>
       </c>
       <c r="E69" t="s">
         <v>146</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>196.0</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>147</v>
       </c>
       <c r="D70">
         <v>2013</v>
       </c>
       <c r="E70" t="s">
         <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>129.0</v>
+        <v>196.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
         <v>2013</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>72.0</v>
       </c>
     </row>