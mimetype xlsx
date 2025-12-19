--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,125 +12,173 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1798">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1807">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C22.2 NO. 248.9:25</t>
+  </si>
+  <si>
+    <t>Low-voltage fuses - Part 9: Class K fuses (Trinational standard with UL 248-9 and NMX-J-009/248/9-ANCE-2025)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 60335-1:25</t>
+  </si>
+  <si>
+    <t>Household and similar electrical appliances - Safety - Part 1: General requirements (Bi-national standard with UL 60335-1)</t>
+  </si>
+  <si>
+    <t>CSA SPE-1000:25</t>
+  </si>
+  <si>
+    <t>Model Code for the field evaluation of electrical equipment</t>
+  </si>
+  <si>
+    <t>CSA C22.2 No. 337:25</t>
+  </si>
+  <si>
+    <t>In-ground outlet boxes (Trinational standard with UL 2996 and NMX-J-869-ANCE)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 62841-2-19:25</t>
+  </si>
+  <si>
+    <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-19: Particular requirements for hand-held jointers (Binational standard with UL 62841-2-19)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 206:25</t>
+  </si>
+  <si>
+    <t>Lighting poles</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 62841-3-3:25</t>
+  </si>
+  <si>
+    <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-3: Particular requirements for transportable planers and thicknessers (Binational standard with UL 62841-3-3)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 62841-2-18:25</t>
+  </si>
+  <si>
+    <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery - Safety - Part 2-18: Particular requirements for hand-held strapping tools (Binational standard with UL 62841-2-18)</t>
+  </si>
+  <si>
     <t>CSA C22.3 NO. 8:25</t>
   </si>
   <si>
     <t>Railway electrification</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 60601-2-37:25</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-37: Particular requirements for the basic safety and essential performance of ultrasonic medical diagnostic and monitoring equipment (Adopted IEC 60601-2-37:2024, third, edition, 2024-07, with Canadian deviations) | Appareils électromédicaux - Partie 2-37: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de diagnostic et de surveillance médicaux à ultrasons (norme IEC 60601-2-37:2024 adoptée, troisième édition, 2024-07, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-37: Particular requirements for the basic safety and essential performance of ultrasonic medical diagnostic and monitoring equipment (Adopted IEC 60601-2-37:2024, third, edition, 2024-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-44:25</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-44: Particular requirements for ironers (Adopted IEC 60335-2-44:2021, fourth edition, 2021-11, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-44 : Règles particulières pour les machines à repasser (norme IEC 60335-2-44:2021 adoptée, quatrième édition, 2021-11, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-44: Particular requirements for ironers (Adopted IEC 60335-2-44:2021, fourth edition, 2021-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-31:25</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-31: Particular requirements for range hoods and other cooking fume extractors (Adopted IEC 60335-2-31:2024, sixth edition, 2024-02, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-31: Règles particulières pour les hottes de cuisine et autres extracteurs de fumées cuisson (norme IEC 60335-2-31:2024 adoptée, sixième edition, 2024-02, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-31: Particular requirements for range hoods and other cooking fume extractors (Adopted IEC 60335-2-31:2024, sixth edition, 2024-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 197:25</t>
   </si>
   <si>
     <t>PVC insulating tape</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 42.1:25</t>
   </si>
   <si>
     <t>Cover plates for flush-mounted wiring devices (Bi-national standard, with UL 514D)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60691:25</t>
   </si>
   <si>
-    <t>Thermal-links - Requirements and application guide (Adopted IEC 60691:2023, fifth edition, 2023-03, with Canadian deviations) | Protecteurs thermiques - Exigences et guide d'application (norme IEC 60691:2023 adoptée, cinquième edition, 2023-03, avec exigencies propres au Canada)</t>
+    <t>Thermal-links - Requirements and application guide (Adopted IEC 60691:2023, fifth edition, 2023-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.21:25</t>
   </si>
   <si>
     <t>Low-voltage fuses — Part 21: Fuses for the protection of batteries and battery systems (Tri-National standard, with UL 248-21 and NMX-J-009/248/21-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-20:25</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery - Safety - Part 2-20: Particular requirements for hand-held band saws (Binational standard with IEC 62841-2-20)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-23:25</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-23: Particular requirements for hand-held die grinders and small rotary tools (Binational standard with IEC 62841-2-23)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 27:25</t>
   </si>
   <si>
     <t>Busways (Tri-national standard, with UL 857 and NMX-J-148-ANCE)</t>
   </si>
@@ -170,135 +218,135 @@
   <si>
     <t>Fuseholders - Part 15: Class T (Trinational standard with UL 4248-15 and NMX-J-009/4248/15-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-13:25</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-13: Particular requirements for deep fat fryers, frying pans and similar appliances (Adopted IEC 60335-2-13:2021, seventh edition, 2021-12, with Canadian deviations) / Appareils électrodomestiques et analogues — Sécurité — Partie 2-13 : Exigences particulières pour les friteuses, les poêles à frire et appareils analogues (norme IEC 60335-2-13:2021, adoptée, septième édition, 2021-12, avec exigences propres au Canada)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 82:25</t>
   </si>
   <si>
     <t>Tubular support members and associated fittings for domestic and commercial service masts</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.11:25</t>
   </si>
   <si>
     <t>Fuseholders - Part 11: Type C (Edison Base) and Type S Plug Fuse (Trinational standard with UL 4248-11 and NMX-J-009/4248/11-ANCE)</t>
   </si>
   <si>
     <t>CSA E61558-2-5:25</t>
   </si>
   <si>
-    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-5: Particular requirements and test for transformer for shavers, power supply units for shavers and shaver supply units (Adopted IEC 61558-2-5:2024, third edition, 2024-08, with Canadian deviations) | Sécurité des transformateurs, bobines d’inductance, blocs d’alimentation et des combinaisons de ces éléments — Partie 2-5 : Règles particulières et essais pour les transformateurs pour rasoirs, blocs d’alimentation incorporant un transformateur pour rasoirs et blocs d’alimentation pour rasoirs (norme IEC 61558-2-5:2024 adoptée, troisième édition, 2024-08, avec exigences propres au Canada)</t>
+    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-5: Particular requirements and test for transformer for shavers, power supply units for shavers and shaver supply units (Adopted IEC 61558-2-5:2024, third edition, 2024-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 295:25</t>
   </si>
   <si>
     <t>Neutral grounding resistor assemblies</t>
   </si>
   <si>
     <t>CSA C227.3:25</t>
   </si>
   <si>
     <t>Low-profile, single-phase, pad-mounted distribution transformers with separable insulated high-voltage connectors</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-26:23/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 80601-2-26:23, Medical electrical equipment — Part 2-26: Particular requirements for the basic safety and essential performance of electroencephalographs (Adopted IEC 80601-2-26:2019, first edition, 2019-05, with Canadian deviations) | Modification 1:2025 à CSA C22.2 NO. 80601-2-26:23, Appareils électromédicaux — Partie 2-26 : Exigences particulières pour la sécurité de base et les performances essentielles des électroencéphalographes (norme IEC 80601-2-26:2019 adoptée, première édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 80601-2-26:23, Medical electrical equipment — Part 2-26: Particular requirements for the basic safety and essential performance of electroencephalographs (Adopted IEC 80601-2-26:2019, first edition, 2019-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-35:22/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-35:22, Medical electrical equipment — Part 2-35: Particular requirements for the basic safety and essential performance of heating devices using blankets, pads or mattresses and intended for heating in medical use (Adopted IEC 60601-2-35:2020, second edition, 2020-09, with Canadian deviations) | Modification 1:2025 à CSA C22.2 NO. 60601-2-35:22, Appareils électromédicaux — Partie 2-35 : Exigences particulières pour la sécurité de base et les performances essentielles des dispositifs de réchauffage utilisant des couvertures, des coussins ou des matelas et destinés au réchauffage des patients en usage médical (norme IEC 60601-2-35:2020 adoptée, deuxième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-35:22, Medical electrical equipment — Part 2-35: Particular requirements for the basic safety and essential performance of heating devices using blankets, pads or mattresses and intended for heating in medical use (Adopted IEC 60601-2-35:2020, second edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-030:25</t>
   </si>
   <si>
     <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-030: Particular requirements for equipment having testing or measuring circuits (Binational standard with UL 61010-2-030)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62368-1:25</t>
   </si>
   <si>
     <t>Audio/video, information and communication technology equipment - Part 1: Safety requirements (Binational standard with UL 62368-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 124:25</t>
   </si>
   <si>
     <t>Mineral-insulated cable</t>
   </si>
   <si>
     <t>CSA E60730-1:25</t>
   </si>
   <si>
-    <t>Automatic electrical controls – Part 1: General requirements (Adopted IEC 60730-1:2022, sixth edition, 2022-09, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 1 : Exigences générales (norme IEC 60730-1:2022 adoptée, sixième édition, 2022-09, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls – Part 1: General requirements (Adopted IEC 60730-1:2022, sixth edition, 2022-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61800-5-1:25</t>
   </si>
   <si>
     <t>Adjustable speed electrical power drive systems – Part 5-1: Safety requirements — Electrical, thermal and energy (Adopted IEC 61800-5-1:2022, third edition, 2022-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 354:25</t>
   </si>
   <si>
     <t>Solid-state circuit breakers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 210:25</t>
   </si>
   <si>
     <t>Appliance wiring material products</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 7:25</t>
   </si>
   <si>
     <t>Underground systems</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 1:25</t>
   </si>
   <si>
     <t>Overhead systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-52:25</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-52: Particular requirements for oral hygiene appliances (Adopted IEC 60335-2-52:2021, fourth edition, 2021, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-52 : Exigences particulières pour les appareils d’hygiène buccale (norme IEC 60335-2-52:2021 adoptée, quatrième édition, 2021-11, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-52: Particular requirements for oral hygiene appliances (Adopted IEC 60335-2-52:2021, fourth edition, 2021, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 187:25</t>
   </si>
   <si>
     <t>Electrostatic air cleaners</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62275:25</t>
   </si>
   <si>
     <t>Cable management systems - Cable ties for electrical installations (Trinational standard with NMX-J-623-ANCE-2025 and UL 62275)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 245:25</t>
   </si>
   <si>
     <t>Marine shipboard cable</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 227.3:25</t>
   </si>
   <si>
     <t>Mechanical protection tubing (MPT) and fittings (Trinational standard with NMX-J-855-ANCE and UL 1696)</t>
   </si>
@@ -314,141 +362,141 @@
   <si>
     <t>Type TECK 90 cable</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-8:25</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-8: Particular requirements for shavers, hair clippers and similar appliances (Binational standard with UL 60335-2-8)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 218.1:25</t>
   </si>
   <si>
     <t>Spas, hot tubs, cold tubs, and associated equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-34:25</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-34: Particular requirements for motor-compressors (Binational standard with UL 60335-2-34)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-19:23/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-19:23, Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted amendment 1:2023 to IEC 60601-2-19:2020) | Modification 1:2025 à CSA C22.2 NO. 60601-2-19:23, Appareils électromédicaux - Partie 2-19: Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs pour nouveau-nés (amendement 1:2023 adoptée à la norme IEC 60601-2-19:2020)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-19:23, Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted amendment 1:2023 to IEC 60601-2-19:2020)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-20:23/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-20:23, Medical electrical equipment - Part 2-20: Particular requirements for the basic safety and essential performance of infant transport incubators (Adopted amendment 1:2023 to IEC 60601-2-20:2020) | Modification 1:2025 à CSA C22.2 NO. 60601-2-20:23, Appareils électromédicaux — Partie 2-20 : Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs de transport pour nouveau-nés (amendement 1:2023 adoptée à la norme IEC 60601-2-20:2020)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-20:23, Medical electrical equipment - Part 2-20: Particular requirements for the basic safety and essential performance of infant transport incubators (Adopted amendment 1:2023 to IEC 60601-2-20:2020)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-21:23/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-21:23, Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted amendment 1:2023 to IEC 60601-2-21:2020) | Modification 1:2025 à CSA C22.2 NO. 60601-2-21:23, Appareils électromédicaux — Partie 2-21 : Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs radiants pour nouveau-nés (amendement 1:2023 adoptée à la norme IEC 60601-2-21:2020)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-21:23, Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted amendment 1:2023 to IEC 60601-2-21:2020)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-78:25</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-78: Particular requirements for outdoor barbecues (Adopted IEC 60335-2-78:2021, third edition, 2021-11) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-78 : Exigences particulières pour les barbecues pour extérieur (norme IEC 60335-2-78:2021 adoptée, troisième édition, 2021-11)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-78: Particular requirements for outdoor barbecues (Adopted IEC 60335-2-78:2021, third edition, 2021-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 65:25</t>
   </si>
   <si>
     <t>Wire connectors (Trinational standard with NMX-J-543-ANCE-2025 and UL 486A-486B)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 5:25</t>
   </si>
   <si>
     <t>Molded-case circuit breakers, molded-case switches and circuit-breaker enclosures (Trinational standard with NMX-J-266-ANCE-2025 and UL 489)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-4:16 (R2021)/A2:25</t>
   </si>
   <si>
     <t>Amendment 2:2025 to CAN/CSA-C22.2 NO. 62841-3-4:16, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-4: Particular requirements for transportable bench grinders (Bi-national standard with UL 62841-3-4)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 48:25</t>
   </si>
   <si>
     <t>Nonmetallic sheathed cable</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 37:25</t>
   </si>
   <si>
     <t>Decorative lighting products</t>
   </si>
   <si>
     <t>CSA IEC 61558-2-2:25</t>
   </si>
   <si>
-    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-2: Particular requirements and tests for control transformers and power supply units incorporating control transformers (Adopted IEC 61558-2-2:2022, third edition, 2022-10) | Sécurité des transformateurs, bobines d’inductance, blocs d’alimentation et combinaisons de ces éléments — Partie 2-2: Exigences particulières et essais pour les transformateurs de commande et les blocs d’alimentation qui incorporent des transformateurs de commande (norme IEC 61558-2-2:2022 adoptée, troisième édition, 2022-10)</t>
+    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-2: Particular requirements and tests for control transformers and power supply units incorporating control transformers (Adopted IEC 61558-2-2:2022, third edition, 2022-10)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-034:25</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-034: Particular requirements for measurement equipment for insulation resistance and test equipment for electric strength (Adopted IEC 61010-2-034:2023, second edition, 2023-07, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-034 : Exigences particulières applicables aux appareils de mesure de la résistance d’isolement et aux appareils d’essai de rigidité diélectrique (norme IEC 61010-2-034:2023 adoptée, deuxième édition, 2023-07, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-034: Particular requirements for measurement equipment for insulation resistance and test equipment for electric strength (Adopted IEC 61010-2-034:2023, second edition, 2023-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-033:25</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-033: Particular requirements for hand-held multimeters for domestic and professional use, capable of measuring mains voltage (Adopted IEC 61010-2-33:2023, third edition, 2023-09, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-033 : Exigences particulières pour les multimètres portatifs pour usage domestique et professionnel, capables de mesurer la tension reseau (norme IEC 61010-2-033:2023 adoptée, troisième édition, 2023-09, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-033: Particular requirements for hand-held multimeters for domestic and professional use, capable of measuring mains voltage (Adopted IEC 61010-2-33:2023, third edition, 2023-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-032:25</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-032: Particular requirements for hand-held and hand-manipulated current sensors for electrical test and measurement (Adopted IEC 61010-2-032:2023, fifth edition, 2023-09, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-032 : Exigences particulières pour les capteurs de courant, portatifs et manipulés manuellement, pour essai électrique et mesurage (norme IEC 61010-2-032:2023 adoptée, cinquième édition, 2023-09, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-032: Particular requirements for hand-held and hand-manipulated current sensors for electrical test and measurement (Adopted IEC 61010-2-032:2023, fifth edition, 2023-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60598-2-18:25</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-18: Particular requirements — Luminaires for swimming pools and similar applications (Adopted IEC 60598-2-18:2022, third edition, 2022-08, with Canadian deviations) | Luminaires — Partie 2-18 : Exigences particulières — Luminaires pour piscines et usages analogues (norme IEC 60598-2-18:2022 adoptée, troisième édition, 2022-08, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-18: Particular requirements — Luminaires for swimming pools and similar applications (Adopted IEC 60598-2-18:2022, third edition, 2022-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60730-2-8:25</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-8: Particular requirements for electrically operated water valves, including mechanical requirements (Adopted IEC 60730-2-8:2018, edition 3:2018 consolidated with amendment 1:2021, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-8 : Exigences particulières pour les électrovannes hydrauliques (norme IEC 60730-2-8:2018 adoptée, édition 3:2018 consolidée par l’amendement 1:2021, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-8: Particular requirements for electrically operated water valves, including mechanical requirements (Adopted IEC 60730-2-8:2018, edition 3:2018 consolidated with amendment 1:2021, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60598-2-13:25</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-13: Particular requirements — Ground recessed luminaires (Adopted IEC 60598-2-13:2006, edition 1:2006 consolidated with amendment 1:2011 and amendment 2:2016, with Canadian deviations) | Luminaires — Partie 2-13 : Règles particulières — Luminaires encastrés dans le sol (norme IEC 60598-2-13:2006 adoptée, édition 1:2006 consolidée par l’amendement 1:2011 et l’amendement 2:2016, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-13: Particular requirements — Ground recessed luminaires (Adopted IEC 60598-2-13:2006, edition 1:2006 consolidated with amendment 1:2011 and amendment 2:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 180:25</t>
   </si>
   <si>
     <t>Series isolating transformers for airport lighting</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 111:25</t>
   </si>
   <si>
     <t>General-use snap switches (Trinational standard with NMX-J-005-ANCE-2025 and UL 20)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 19085-1:25</t>
   </si>
   <si>
     <t>Woodworking machines — Safety — Part 1: Common requirements (Adopted ISO 19085-1:2021, second edition, 2021-03, with North American deviations)</t>
   </si>
   <si>
     <t>Canadian Electrical Trade Study Guide</t>
   </si>
   <si>
     <t>CSA C22.1HB:24</t>
   </si>
@@ -470,51 +518,51 @@
   <si>
     <t>Electrical inspection code for existing residential occupancies</t>
   </si>
   <si>
     <t>CSA C22.1:24 Code &amp; Handbook Package</t>
   </si>
   <si>
     <t>Consists of CSA C22.1:24, Canadian Electrical Code, Part I (26th Edition), Safety Standard for Electrical Installations; CSA C22.1HB:24, Canadian Electrical Code Handbook - An Explanation of the Rules of the Canadian Electrical Code, Part I and the 2024 Electrical Quick Reference Guide</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-7:24</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-7: Particular requirements for hand-held spray guns (Binational standard with UL 62841-2-7)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-6:22/A1:24</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62841-2-6:22, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-6: Particular requirements for hand-held hammers (Binational standard with UL 62841-2-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-59:21/A1:24</t>
   </si>
   <si>
-    <t>Amendment 1:2024 to CSA C22.2 NO. 80601-2-59:21, Medical electrical equipment - Part 2-59: Particular requirements for the basic safety and essential performance of screening thermographs for human febrile temperature screening (Adopted amendment 1:2023 to IEC 80601-2-59:2017) | Modification 1:2024 à CSA C22.2 NO. 80601-2-59:21, Appareils électromédicaux — Partie 2-59 : Exigences particulières pour la sécurité de base et les performances essentielles des imageurs thermiques pour le dépistage des humains fébriles (amendement 1:2023 adoptée à la norme IEC 80601-2-59:2017)</t>
+    <t>Amendment 1:2024 to CSA C22.2 NO. 80601-2-59:21, Medical electrical equipment - Part 2-59: Particular requirements for the basic safety and essential performance of screening thermographs for human febrile temperature screening (Adopted amendment 1:2023 to IEC 80601-2-59:2017)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62133-2:20/A1:24</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62133-2:20, Secondary cells and batteries containing alkaline or other non-acid electrolytes — Safety requirements for portable sealed secondary cells, and for batteries made from them, for use in portable applications — Part 2: Lithium systems (Binational standard with UL 62133-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-031:24</t>
   </si>
   <si>
     <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 031: Safety requirements for hand-held and hand-manipulated probe assemblies for electrical test and measurement (Binational standard with UL 61010-031)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-2:19/A1:24 (R2024)</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62841-4-2:19, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-2: Particular requirements for hedge trimmers (Binational standard with UL 62841-4-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-12:19/A1:24 (R2024)</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62841-3-12:19, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-12: Particular requirements for transportable threading machines (Binational standard with UL 62841-3-12)</t>
   </si>
@@ -548,609 +596,606 @@
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-5: Particular requirements for grass shears (Binational standard with UL 62841-4-5)</t>
   </si>
   <si>
     <t>CSA IEC 61558-2-6:25</t>
   </si>
   <si>
     <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-6: Particular requirements and tests for safety isolating transformers and power supply units incorporating safety isolating transformers for general applications (Adopted IEC 61558-2-6:2021, third edition, 2021-05)</t>
   </si>
   <si>
     <t>CSA IEC 61558-2-4:25</t>
   </si>
   <si>
     <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-4: Particular requirements and tests for isolating transformers and power supply units incorporating isolating transformers for general applications (Adopted IEC 61558-2-4:2021, third edition, 2021-05)</t>
   </si>
   <si>
     <t>CSA IEC 61558-2-1:25</t>
   </si>
   <si>
     <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-1: Particular requirements and tests for separating transformers and power supply units incorporating separating transformers for general applications (Adopted IEC 61558-2-1:2021, third edition, 2021-04)</t>
   </si>
   <si>
     <t>CSA E61558-2-13:25</t>
   </si>
   <si>
-    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-13: Particular requirements and tests for auto-transformers and power supply units incorporating auto-transformers for general applications (Adopted IEC 61558-2-13:2022, third edition, 2022-10, with Canadian deviations) | Sécurité des transformateurs, bobines d’inductance, blocs d’alimentation et combinaisons de ces éléments — Partie 2-13 : Exigences particulières et essais pour les autotransformateurs et les blocs d’alimentation qui incorporent des autotransformateurs pour applications d’ordre général (norme IEC 61558-2-13:2022 adoptée, troisième édition, 2022-10, avec exigences propres au Canada)</t>
+    <t>Safety of transformers, reactors, power supply units and combinations thereof — Part 2-13: Particular requirements and tests for auto-transformers and power supply units incorporating auto-transformers for general applications (Adopted IEC 61558-2-13:2022, third edition, 2022-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 130:25</t>
   </si>
   <si>
     <t>Requirements for electrical resistance trace heating and heating device sets</t>
   </si>
   <si>
     <t>CSA C2.2:25</t>
   </si>
   <si>
     <t>Pole-mounted, single-phase distribution transformers for electric utilities</t>
   </si>
   <si>
     <t>CSA C50069:24</t>
   </si>
   <si>
     <t>High-voltage switchgear and controlgear — Gas-filled welded composite enclosures of cast and wrought aluminium alloys (Adopted CENELEC EN 50069:2018, 2018-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C50068:24</t>
   </si>
   <si>
     <t>High-voltage switchgear and controlgear — Gas-filled wrought steel enclosures (Adopted CENELEC EN 50068:2018, 2018-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C50064:24</t>
   </si>
   <si>
     <t>High-voltage switchgear and controlgear — Gas-filled wrought aluminium and aluminium alloy enclosures (Adopted CENELEC EN 50064:2018, 2018-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C50052:24</t>
   </si>
   <si>
     <t>High-voltage switchgear and controlgear — Gas-filled cast aluminium alloy enclosures (Adopted CENELEC EN 50052:2016, 2016-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61347-2-9:24</t>
   </si>
   <si>
-    <t>Lamp controlgear — Part 2-9: Particular requirements for electromagnetic controlgear for discharge lamps (excluding fluorescent lamps) (Adopted IEC 61347-2-9:2012, second edition, 2012-10, with Canadian deviations) | Appareillages de lampes — Partie 2-9 : Exigences particulières pour les appareillages électromagnétiques pour lampes à décharge (à l’exclusion des lampes fluorescentes), norme IEC 61347-2-9:2012 adoptée, deuxième édition, 2012-10, avec exigences propres au Canada)</t>
+    <t>Lamp controlgear — Part 2-9: Particular requirements for electromagnetic controlgear for discharge lamps (excluding fluorescent lamps) (Adopted IEC 61347-2-9:2012, second edition, 2012-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-118:24</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances – Safety – Part 2-118: Particular requirements for professional ice-cream makers (Adopted IEC 60335-2-118:2020, first edition, 2020-03, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-118 : Exigences particulières pour les fabriques de crème glacée à usage professionnel (norme IEC 60335-2-118:2020 adoptée, première édition, 2020-03, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances – Safety – Part 2-118: Particular requirements for professional ice-cream makers (Adopted IEC 60335-2-118:2020, first edition, 2020-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-115:24</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-115: Particular requirements for skin beauty care appliances (Adopted IEC 60335-2-115:2021, first edition, 2021-03, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité Partie 2-115 : Exigences particulières pour les appareils destinés aux soins esthétiques de la peau (norme IEC 60335-2-115:2021 adoptée, première édition, 2021-03, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-115: Particular requirements for skin beauty care appliances (Adopted IEC 60335-2-115:2021, first edition, 2021-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 291:24</t>
   </si>
   <si>
     <t>Bare and covered ferrules (Binational standard with UL 486F)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 18.1:24</t>
   </si>
   <si>
     <t>Metallic outlet boxes (Trinational standard with NMX-J-023/1-ANCE-2024 and UL 514A)</t>
   </si>
   <si>
     <t>CSA E60730-2-15:24</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-15: Particular requirements for automatic electrical air flow, water flow and water level sensing controls (Adopted IEC 60730-2-15:2017, third edition, 2017-08 with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-15 : Exigences particulières pour les dispositifs de commande électrique automatiques détecteurs de débit d’air, de débit d’eau et de niveau d’eau (norme IEC 60730-2-15:2017 adoptée, troisième édition, 2017-08 avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-15: Particular requirements for automatic electrical air flow, water flow and water level sensing controls (Adopted IEC 60730-2-15:2017, third edition, 2017-08 with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.570:24</t>
   </si>
   <si>
     <t>Track lighting</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 169:24</t>
   </si>
   <si>
     <t>Electric clothes washing machines and extractors (Binational standard with UL 2157)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-84:24</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-84: Particular requirements for the basic safety and essential performance of ventilators for the emergency medical services environment (Adopted ISO 80601-2-84:2023, second edition, 2023-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-46:24</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-46: Particular requirements for the basic safety and essential performance of operating tables (Adopted IEC 60601-2-46:2023, fourth edition, 2023-05, with Canadian deviations) | Appareils électromédicaux - Partie 2-46: Exigences particulières pour la sécurité de base et les performances essentielles des tables d'opération (norme IEC 60601-2-46:2023 adoptée, quatrième édition, 2023-05, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-46: Particular requirements for the basic safety and essential performance of operating tables (Adopted IEC 60601-2-46:2023, fourth edition, 2023-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-78:19/A1:24 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2024 to CSA C22.2 NO. 80601-2-78:19, Medical electrical equipment — Part 2-78: Particular requirements for basic safety and essential performance of medical robots for rehabilitation, assessment, compensation or alleviation (Adopted amendment 1:2024 to IEC 80601-2-78:2019 | Modification 1:2024 à CSA C22.2 NO. 80601-2-78:19, Appareils électromédicaux — Partie 2-78 : Exigences particulières pour la sécurité de base et les performances essentielles des robots médicaux dédiés à la rééducation, l'évaluation, la compensation ou l'atténuation (amendement 1:2024 adoptée à la norme IEC 80601-2-78:2019)</t>
+    <t>Amendment 1:2024 to CSA C22.2 NO. 80601-2-78:19, Medical electrical equipment — Part 2-78: Particular requirements for basic safety and essential performance of medical robots for rehabilitation, assessment, compensation or alleviation (Adopted amendment 1:2024 to IEC 80601-2-78:2019</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-77:19/A1:24 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2024 to CSA C22.2 NO. 80601-2-77:19 (R2024), Medical electrical equipment — Part 2-77: Particular requirements for the basic safety and essential performance of robotically assisted surgical equipment (Adopted amendment 1:2023 to IEC 80601-2-77:2019) | Modification 1:2024 à CSA C22.2 NO. 80601-2-77:19 (C2024), Appareils électromédicaux — Partie 2-77 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils chirurgicaux robotiquement assistés (amendement 1:2023 adoptée à la norme IEC 80601-2-77:2019)</t>
+    <t>Amendment 1:2024 to CSA C22.2 NO. 80601-2-77:19 (R2024), Medical electrical equipment — Part 2-77: Particular requirements for the basic safety and essential performance of robotically assisted surgical equipment (Adopted amendment 1:2023 to IEC 80601-2-77:2019)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-12:24</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-12: Particular requirements for basic safety and essential performance of critical care ventilators (Adopted ISO 80601-2-12:2023, third edition, 2023-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-54:24</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-54: Particular requirements for the basic safety and essential performance of X-ray equipment for radiography and radioscopy (Adopted IEC 60601-2-54:2022, second edition, 2022-09, with Canadian deviations) | Appareils électromédicaux - Partie 2-54 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement X utilisés pour la radiographie et la radioscopie (norme IEC 60601-2-54:2022 adoptée, deuxième édition, 2022-0, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-54: Particular requirements for the basic safety and essential performance of X-ray equipment for radiography and radioscopy (Adopted IEC 60601-2-54:2022, second edition, 2022-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 355:24</t>
   </si>
   <si>
     <t>Sealed twist-on connecting devices (Trinational standard with UL 486G and ANCE NMX-J-745-2024)</t>
   </si>
   <si>
     <t>CSA C2.1:24</t>
   </si>
   <si>
     <t>Single-phase and three-phase liquid-filled distribution transformers</t>
   </si>
   <si>
     <t>CSA C61000-4-13:24</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-13: Testing and measurement techniques — Harmonics and interharmonics including mains signalling at a.c. power port, low frequency immunity tests (Adopted IEC 61000-4-13:2002, edition 1:2002 consolidated with amendment 1:2009 and amendment 2:2015, with Canadian deviations) | Compatibilité électromagnétique (CEM) — Partie 4-13 : Techniques d’essai et de mesure — Essais d’immunité basse fréquence aux harmoniques et inter-harmoniques incluant les signaux transmis sur le réseau électrique alternatif (norme IEC 61000-4-13:2002 adoptée, édition 1:2002 consolidée par l’amendement 1:2009 et l’amendement 2:2015, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-13: Testing and measurement techniques — Harmonics and interharmonics including mains signalling at a.c. power port, low frequency immunity tests (Adopted IEC 61000-4-13:2002, edition 1:2002 consolidated with amendment 1:2009 and amendment 2:2015, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-75:24</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-75: Particular requirements for the basic safety and essential performance of photodynamic therapy and photodynamic diagnosis equipment (Adopted IEC 60601-2-75:2017, edition 1:2017 consolidated with Amendment 1:2023, with Canadian deviations | Appareils électromédicaux — Partie 2-75 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie photodynamique et de diagnostic photodynamique (norme IEC 60601-2-75:2017 adoptée, édition 1:2017 consolidée par l’amendement 1:2023, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-75: Particular requirements for the basic safety and essential performance of photodynamic therapy and photodynamic diagnosis equipment (Adopted IEC 60601-2-75:2017, edition 1:2017 consolidated with Amendment 1:2023, with Canadian deviations</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-33:24</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 33: Equipment protection by special protection "s" (Adopted IEC 60079-33:2012, first edition, 2012-09, with Canadian deviations) | Atmosphères explosives — Partie 33 : Protection du matériel par protection spéciale "s" (norme IEC 60079-33:2012 adoptée, première édition, 2012-09, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 33: Equipment protection by special protection "s" (Adopted IEC 60079-33:2012, first edition, 2012-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.4:24</t>
   </si>
   <si>
     <t>Fuseholders - Part 4: Class CC (Trinational standard with UL 4248-4 and NMX-J-009/4248/4-ANCE-2024)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 352:24</t>
   </si>
   <si>
     <t>Crimp tools</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 1993:24</t>
   </si>
   <si>
     <t>Self-ballasted lamps and lamp adapters (Trinational standard with NMX-J-578/1-ANCE-2024 and UL 1993)</t>
   </si>
   <si>
     <t>CSA E60598-2-2:24</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-2: Particular requirements — Recessed luminaires and recessed air-handling luminaires (Adopted IEC 60598-2-2:2023, fourth edition, 2023-01, with Canadian deviations) | Luminaires — Partie 2-2 : Exigences particulières — Luminaires encastrés et luminaires à circulation d’air encastrés (norme IEC 60598-2-2:2023 adoptée, quatrième édition, 2023-01, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-2: Particular requirements — Recessed luminaires and recessed air-handling luminaires (Adopted IEC 60598-2-2:2023, fourth edition, 2023-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C351:24</t>
   </si>
   <si>
     <t>Power over Ethernet (PoE) technology systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-83:23/A1:24</t>
   </si>
   <si>
-    <t>Amendment 1:2024 to CSA C22.2 NO. 60601-2-83:24, Medical electrical equipment — Part 2-83: Particular requirements for the basic safety and essential performance of home light therapy equipment (Adopted amendment 1:2022 to IEC 60601-2-83:2019) | Modification 1:2024 à CSA C22.2 NO. 60601-2-83:24, Appareils électromédicaux — Partie 2-83 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de luminothérapie à domicile (amendement 1:2022 adoptée à la norme IEC 60601-2-83:2019)</t>
+    <t>Amendment 1:2024 to CSA C22.2 NO. 60601-2-83:24, Medical electrical equipment — Part 2-83: Particular requirements for the basic safety and essential performance of home light therapy equipment (Adopted amendment 1:2022 to IEC 60601-2-83:2019)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 141:24</t>
   </si>
   <si>
     <t>Emergency lighting equipment</t>
   </si>
   <si>
     <t>CSA E60335-2-70:06 (R2021)/A2:24</t>
   </si>
   <si>
-    <t>Amendment 2:2024 to CSA E60335-2-70:06, Household and similar electrical appliances — Safety — Part 2-70: Particular requirements for milking machines (Adopted amendment 2:2013 to CEI/IEC 60335-2-70:2004) | Modification 2:2024 à CSA E60335-2-70:06, Appareils électrodomestiques et analogues — Sécurité — Partie 2-70 : Règles particulières pour les machines à traire (amendement 2:2024 à la norme CEI/IEC 60335-2-70:2004)</t>
+    <t>Amendment 2:2024 to CSA E60335-2-70:06, Household and similar electrical appliances — Safety — Part 2-70: Particular requirements for milking machines (Adopted amendment 2:2013 to CEI/IEC 60335-2-70:2004)</t>
   </si>
   <si>
     <t>CSA E60335-2-70:06 (R2021)/A1:24</t>
   </si>
   <si>
-    <t>Amendment 1:2024 to CSA E60335-2-70:06, Household and similar electrical appliances — Safety — Part 2-70: Particular requirements for milking machines (Adopted amendment 1:2007 to CEI/IEC 60335-2-70:2004) | Modification 1:2024 à CSA E60335-2-70:06, Appareils électrodomestiques et analogues — Sécurité — Partie 2-70 : Règles particulières pour les machines à traire (amendement 1:2024 à la norme CEI/IEC 60335-2-70:2004)</t>
+    <t>Amendment 1:2024 to CSA E60335-2-70:06, Household and similar electrical appliances — Safety — Part 2-70: Particular requirements for milking machines (Adopted amendment 1:2007 to CEI/IEC 60335-2-70:2004)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-5:16 (R2021)/A1:24</t>
   </si>
   <si>
-    <t>Amendment 1:2024 to CSA C22.2 NO. 60079-5:16, Explosive atmospheres - Part 5: Equipment protection by powder filling "q" (Adopted amendment 1:2022 to IEC 60079-5:2015) | Modification 1:2024 à CSA C22.2 NO. 60079-5:16, Atmosphères explosives - Partie 5 : Protection du matériel par remplissage pulvérulent «q» (amendement 1:2022 adoptée à la norme IEC 60079-5:2015)</t>
+    <t>Amendment 1:2024 to CSA C22.2 NO. 60079-5:16, Explosive atmospheres - Part 5: Equipment protection by powder filling "q" (Adopted amendment 1:2022 to IEC 60079-5:2015)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60730-2-11:24</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-11: Particular requirements for energy regulators (Adopted IEC 60730-2-11:2019, with Canadian deviations | Dispositifs de commande électrique automatiques — Partie 2-11 : Exigences particulières pour les régulateurs d’énergie (norme IEC 60730-2-11:2019 adoptée, troisième édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-11: Particular requirements for energy regulators (Adopted IEC 60730-2-11:2019, with Canadian deviations</t>
   </si>
   <si>
     <t>CSA CISPR 32:17 (R2022)/A1:24</t>
   </si>
   <si>
-    <t>Amendment 1:2024 to CSA CISPR 32:17, Electromagnetic compatibility of multimedia equipment — Emission requirements (Adopted amendment 1:2019 to IEC CISPR 32:2015) | Modification 1:2024 à CSA CISPR 32:17, Compatibilité électromagnétique des équipements multimédia — Exigences d’émission (amendement 1:2019 adoptée à la norme IEC CISPR 32:2015)</t>
+    <t>Amendment 1:2024 to CSA CISPR 32:17, Electromagnetic compatibility of multimedia equipment — Emission requirements (Adopted amendment 1:2019 to IEC CISPR 32:2015)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 94.1:24</t>
   </si>
   <si>
     <t>Enclosures for electrical equipment, non-environmental considerations (Trinational standard with NMX-J-235/1-ANCE-2024 and UL 50)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-6:14 (R2023)/A2:24</t>
   </si>
   <si>
-    <t>Amendment 2:2024 to CAN/CSA-C22.2 NO. 60601-2-6:14, Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted amendment 2:2022 to IEC 60601-2-6:2012) | Modification 2:2024 à CAN/CSA-C22.2 NO. 60601-2-6:14, Appareils électromédicaux - Partie 2-6 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à micro-ondes (amendement 1:2016 adoptée à la norme CEI 60601-2-6:2012)</t>
+    <t>Amendment 2:2024 to CAN/CSA-C22.2 NO. 60601-2-6:14, Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted amendment 2:2022 to IEC 60601-2-6:2012)</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-9:18 (R2023)/A2:24</t>
   </si>
   <si>
     <t>Amendment 2:2024 to CAN/CSA-E60730-2-9:18, Automatic electrical controls — Part 2-9: Particular requirements for temperature sensing controls (Adopted amendment 2:2020 to IEC 60730-2-9:2018)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-43:24</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-43: Particular requirements for the basic safety and essential performance of X-ray equipment for interventional procedures (Adopted IEC 60601-2-43:2022, third edition, 2022-12, with Canadian deviations) | Appareils électromédicaux - Partie 2-43 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement X lors d'interventions (norme IEC 60601-2-43:2022 adoptée, troisième édition, 2022-12, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-43: Particular requirements for the basic safety and essential performance of X-ray equipment for interventional procedures (Adopted IEC 60601-2-43:2022, third edition, 2022-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-3:14 (R2023)/A2:24</t>
   </si>
   <si>
-    <t>Amendment 2:2024 to CAN/CSA-C22.2 NO. 60601-2-3:14, Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted amendment 2:2022 to IEC 60601-2-3:2012) | Modification 2:2018 à CAN/CSA-C22.2 NO. 60601-2-3:14, Appareils électromédicaux - Partie 2-3: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à ondes courtes (Amendement 2:2016 adoptée à la norme IEC 60601-2-3:2012)</t>
+    <t>Amendment 2:2024 to CAN/CSA-C22.2 NO. 60601-2-3:14, Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted amendment 2:2022 to IEC 60601-2-3:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 127:24</t>
   </si>
   <si>
     <t>Equipment wires, lead wires, and decorative cords</t>
   </si>
   <si>
     <t>CSA E61347-1:24</t>
   </si>
   <si>
-    <t>Lamp controlgear - Part 1: General and safety requirements (Adopted IEC 61347-1:2015, edition 3:2015 consolidated with amendment 1:2017, with Canadian deviations) | Appareillages de lampes - Partie 1 : Exigences générales et exigences de sécurité (norme IEC 61347-1:2015 adoptée, édition 3:2015 consolidée par l’amendement 1:2017), avec exigences propres au Canada)</t>
+    <t>Lamp controlgear - Part 1: General and safety requirements (Adopted IEC 61347-1:2015, edition 3:2015 consolidated with amendment 1:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-65:15 (R2020)/A2:23</t>
   </si>
   <si>
-    <t>Amendment 2:2023 to CSA C22.2 NO. 60601-2-65:15, Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted amendment 2:2021 to IEC 60601-2-65:2012) | Modification 2:2023 à CSA C22.2 NO. 60601-2-65:15, Appareils électromédicaux – Partie 2-65 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement x dentaires intra-oraux (amendement 2:2021 adoptée à la norme IEC 60601-2-65:2012)</t>
+    <t>Amendment 2:2023 to CSA C22.2 NO. 60601-2-65:15, Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted amendment 2:2021 to IEC 60601-2-65:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-63:15 (R2020)/A2:23</t>
   </si>
   <si>
-    <t>Amendment 2:2023 to CSA C22.2 NO. 60601-2-63:15, Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted amendment 2:2021 to IEC 60601-2-63:2012) | Modification 2:20239 à CSA C22.2 NO. 60601-2-63:15, Appareils électromédicaux – Partie 2-63 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement X dentaires extra-oraux (amendement 2:2021 adoptée à la norme IEC 60601-2-63:2012)</t>
+    <t>Amendment 2:2023 to CSA C22.2 NO. 60601-2-63:15, Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted amendment 2:2021 to IEC 60601-2-63:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-2:19/A1:23 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2023 to CSA C22.2 NO. 60601-2-2:19, Medical electrical equipment - Part 2-2: Particular requirements for the basic safety and essential performance of high frequency surgical equipment and high frequency surgical accessories (Adopted amendment 1:2023 to IEC 60601-2-2:2017) | Modification 1:2023 à CSA C22.2 NO. 60601-2-2:19, Appareils électromédicaux - Partie 2-2: Exigences particulières pour la sécurité de base et les performances essentielles des appareils d'électrochirurgie à courant haute fréquence et des accessoires d'électrochirurgie à courant haute fréquence (amendement 1:2023 adoptée à la norme IEC 60601-2-2:2017)</t>
+    <t>Amendment 1:2023 to CSA C22.2 NO. 60601-2-2:19, Medical electrical equipment - Part 2-2: Particular requirements for the basic safety and essential performance of high frequency surgical equipment and high frequency surgical accessories (Adopted amendment 1:2023 to IEC 60601-2-2:2017)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.8:24</t>
   </si>
   <si>
     <t>Fuseholders - Part 8: Class J (Trinational standard with NMX-J-009/4248/8-ANCE-2024 and UL 4248-8)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-45:11 (R2021)/A2:23</t>
   </si>
   <si>
-    <t>Amendment 2:2023 to CAN/CSA-C22.2 NO. 60601-2-45:11, Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted amendment 2:2022 to IEC 60601-2-45:2011) | Modification 2:2023 à CAN/CSA-C22.2 NO. 60601-2-45:11, Appareils électromédicaux - Partie 2-45 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de mammographie à rayonnement X et des appareils mammographiques stéréotaxiques (amendement 2:2022 adoptée à la norme IEC 60601-2-45:2011)</t>
+    <t>Amendment 2:2023 to CAN/CSA-C22.2 NO. 60601-2-45:11, Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted amendment 2:2022 to IEC 60601-2-45:2011)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.4:23</t>
   </si>
   <si>
     <t>Portable luminaires</t>
   </si>
   <si>
     <t>CSA E60335-2-41:24</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-41: Particular requirements for pumps (Adopted IEC 60335-2-41:2012, fourth edition,2012-12, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-41: Exigences particulières pour les pompes (norme IEC 60335-2-41:2012 adoptée, quatrième édition, 2012-12, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-41: Particular requirements for pumps (Adopted IEC 60335-2-41:2012, fourth edition,2012-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.6:24</t>
   </si>
   <si>
     <t>Fuseholders - Part 6: Class H (Trinational standard with NMX-J-009/4248/6-ANCE-2024 and UL 4248-6)</t>
   </si>
   <si>
     <t>CSA E61347-2-3:23</t>
   </si>
   <si>
-    <t>Lamp control gear — Part 2-3: Particular requirements for a.c. and/or d.c. supplied electronic control gear for fluorescent lamps (Adopted IEC 61347-2-3:2011, edition 2:2011 consolidated with amendment 1:2016, with Canadian deviations) | Appareillages de lampes — Partie 2-3 : Exigences particulières pour les appareillages électroniques alimentés en courant alternatif et/ou en courant continu pour lampes fluorescentes (norme IEC 61347-2-3:2011 adoptée, édition 2:2011 consolidée par l’amendement 1:2016, avec exigences propres au Canada)</t>
+    <t>Lamp control gear — Part 2-3: Particular requirements for a.c. and/or d.c. supplied electronic control gear for fluorescent lamps (Adopted IEC 61347-2-3:2011, edition 2:2011 consolidated with amendment 1:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60974-5:23</t>
   </si>
   <si>
-    <t>Arc welding equipment — Part 5: Wire feeders (Adopted IEC 60974-5:2019, fourth edition, 2019-01, with Canadian deviations) | Matériel de soudage à l'arc — Partie 5: Dévidoirs (norme IEC 60974-5:2019 adoptée, quatrième édition, 2019-01, avec exigences propres au Canada)</t>
+    <t>Arc welding equipment — Part 5: Wire feeders (Adopted IEC 60974-5:2019, fourth edition, 2019-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-10:14/A2:23 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 2:2023 to CAN/CSA-C22.2 NO. 60601-2-10:14, Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted amendment 1:2023 to IEC 60601-2-10:2012) | Modification 2:2023 à CAN/CSA-C22.2 NO. 60601-2-10:14, Appareils électromédicaux - Partie 2-10 : Exigences particulières pour la sécurité de base et les performances essentielles des stimulateurs de nerfs et de muscles (amendement 1:2016 adoptée à la norme CEI 60601-2-10:2012)</t>
+    <t>Amendment 2:2023 to CAN/CSA-C22.2 NO. 60601-2-10:14, Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted amendment 1:2023 to IEC 60601-2-10:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 198.2:23</t>
   </si>
   <si>
     <t>Sealed wire connector systems (Trinational standard with UL 486D and NMX-J-519-ANCE-2023)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 96:23</t>
   </si>
   <si>
     <t>Portable power cables</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 348:23</t>
   </si>
   <si>
     <t>Electric vehicle power export equipment (EVPE) (Binational standard with UL 9741)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 301:23</t>
   </si>
   <si>
     <t>Industrial electrical machinery</t>
   </si>
   <si>
     <t>CSA E60335-2-65:11 (R2021)/A2:23</t>
   </si>
   <si>
-    <t>Amendment 2:2023 to CSA E60335-2-65:11, Household and similar electrical appliances - Safety - Part 2-65: Particular requirements for air-cleaning appliances (Adopted amendment 2:2015 to IEC 60335-2-65:2002) | Modification 2:2023 à CSA E60335-2-65:11, Appareils électrodomestiques et analogues - Sécurité- Partie 2-65: Règles particulières pour les épurateurs d'air (amendement 2:2015 adoptée à la norme IEC 60335-2-65:2002)</t>
+    <t>Amendment 2:2023 to CSA E60335-2-65:11, Household and similar electrical appliances - Safety - Part 2-65: Particular requirements for air-cleaning appliances (Adopted amendment 2:2015 to IEC 60335-2-65:2002)</t>
   </si>
   <si>
     <t>CSA E60335-2-4:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-4: Particular requirements for spin extractors (Adopted IEC 60335-2-4:2021, seventh edition, 2021-03, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-4 : Exigences particulières pour les essoreuses centrifuges (norme IEC 60335-2-4:2023, septiième édition, 2021-03, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-4: Particular requirements for spin extractors (Adopted IEC 60335-2-4:2021, seventh edition, 2021-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-71:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-71: Particular requirements for electrical heating appliances for breeding and rearing animals (Adopted IEC 60335-2-71:2018, third edition, 2018-01, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-71 : Exigences particulières pour les appareils de chauffage électrique destinés à la reproduction et à l’élevage des animaux (norme IEC 60335-2-71:2018 adoptée, troisième édition, 2018-01, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-71: Particular requirements for electrical heating appliances for breeding and rearing animals (Adopted IEC 60335-2-71:2018, third edition, 2018-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 182.6:23</t>
   </si>
   <si>
     <t>Pin and sleeve configurations (Trinational standard with UL 1686 and NMX-J-864-ANCE-2023)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 31:23</t>
   </si>
   <si>
     <t>Switchgear assemblies</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.7:23</t>
   </si>
   <si>
     <t>Extra-low-voltage landscape lighting systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-1:16 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 1: General requirements (Bi-national standard with UL 60335-1)</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 60601-2-19:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted IEC 60601-2-19:2020, third edition, 2020-09, with Canadian deviations) | Appareils électromédicaux - Partie 2-19: Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs pour nouveau-nés (norme IEC 60601-2-19:2020 adoptée, troisième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted IEC 60601-2-19:2020, third edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60598-1:23</t>
   </si>
   <si>
-    <t>Luminaires — Part 1: General requirements and tests (Adopted IEC 60598-1:2020, ninth edition, 2020-08, with Canadian deviations | Luminaires — Partie 1 : Exigences générales et essais (norme IEC 60598-1:2020 adoptée, neuvième édition, 2020-08, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 1: General requirements and tests (Adopted IEC 60598-1:2020, ninth edition, 2020-08, with Canadian deviations</t>
   </si>
   <si>
     <t>CSA E60598-2-1:23</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-1: Particular requirements — Fixed general purpose luminaires (Adopted IEC 60598-2-1:2020, second edition, 2020-01, with Canadian deviations) | Luminaires — Partie 2-1 : Exigences particulières — Luminaires fixes à usage général (norme IEC 60598-2-1:2020 adoptée, deuxième édition, 2020-01, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-1: Particular requirements — Fixed general purpose luminaires (Adopted IEC 60598-2-1:2020, second edition, 2020-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60598-2-3:23</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-3: Particular requirements — Luminaires for road and street lighting (Adopted IEC 60598-2-3:2002, edition 3:2002, consolidated with amendment 1:2011, with Canadian deviations) | Luminaires — Partie 2-3 : Règles particulières — Luminaires d’éclairage public (norme IEC 60598-2-3 :2002 adoptée, édition 3:2002 consolidée par l’amendement 1:2011, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-3: Particular requirements — Luminaires for road and street lighting (Adopted IEC 60598-2-3:2002, edition 3:2002, consolidated with amendment 1:2011, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-21:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted IEC 60601-2-21:2020, third edition, 2020-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-21 : Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs radiants pour nouveau-nés (norme IEC 60601-2-21:2020 adoptée, troisième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted IEC 60601-2-21:2020, third edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-50:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-50: Particular requirements for the basic safety and essential performance of infant phototherapy equipment (Adopted IEC 60601-2-50:2020, third edition, 2020-09) | Appareils électromédicaux — Partie 2-50 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de photothérapie pour nouveau-nés (norme IEC 60601-2-50:2020 adoptée, troisième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-50: Particular requirements for the basic safety and essential performance of infant phototherapy equipment (Adopted IEC 60601-2-50:2020, third edition, 2020-09)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-33:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-33: Particular requirements for the basic safety and essential performance of magnetic resonance equipment for medical diagnosis (Adopted IEC 60601-2-33:2022, fourth edition, 2022-08) | Appareils électromédicaux — Partie 2-33 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à résonance magnétique utilisés pour le diagnostic médical (norme IEC 60601-2-33:2022 adoptée, quatrième édition, 2022-08, avec exigences propres au Canada),</t>
+    <t>Medical electrical equipment - Part 2-33: Particular requirements for the basic safety and essential performance of magnetic resonance equipment for medical diagnosis (Adopted IEC 60601-2-33:2022, fourth edition, 2022-08)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-22:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-22: Particular requirements for basic safety and essential performance of surgical, cosmetic, therapeutic and diagnostic laser equipment (Adopted IEC 60601-2-22:2019, fourth edition, 2019-11, with Canadian deviations) | Appareils électromédicaux — Partie 2-22 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils chirurgicaux, esthétiques, thérapeutiques et de diagnostic à laser (norme IEC 60601-2-22:2019 adoptée, quatrième édition, 2019-11, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-22: Particular requirements for basic safety and essential performance of surgical, cosmetic, therapeutic and diagnostic laser equipment (Adopted IEC 60601-2-22:2019, fourth edition, 2019-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60598-2-5:23</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-5: Particular requirements — Floodlights (Adopted IEC 60598-2-5:2015, third edition, 2015-08, with Canadian deviations) | Luminaires — Partie 2-5 : Exigences particulières — Projecteurs (norme IEC 60598-2-5:2015 adoptée, troisième édition, 2015-08, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-5: Particular requirements — Floodlights (Adopted IEC 60598-2-5:2015, third edition, 2015-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-20:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-20: Particular requirements for the basic safety and essential performance of infant transport incubators (Adopted IEC 60601-2-20:2020, third edition, 2020-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-20 : Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs de transport pour nouveau-nés (norme IEC 60601-2-20:2020 adoptée, troisième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-20: Particular requirements for the basic safety and essential performance of infant transport incubators (Adopted IEC 60601-2-20:2020, third edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-1:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-1: Particular requirements for the basic safety and essential performance of electron accelerators in the Range 1 MeV to 50 MeV (Adopted IEC 60601-2-1:2020, fourth edition, 2020-10, with Canadian deviations) | Appareils électromédicaux - Partie 2-1 : Exigences particulières pour la sécurité de base et les performances essentielles des accélérateurs d'électrons dans la gamme de 1 MeV à 50 MeV (norme IEC 60601-2-1:2020 adoptée, quatrième édition, 2020-10, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-1: Particular requirements for the basic safety and essential performance of electron accelerators in the Range 1 MeV to 50 MeV (Adopted IEC 60601-2-1:2020, fourth edition, 2020-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-41:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-41: Particular requirements for the basic safety and essential performance of surgical luminaires and luminaires for diagnosis (Adopted IEC 60601-2-41:2021, third edition, 2021-09, with Canadian devbiations) | Appareils électromédicaux — Partie 2-41 : Exigences particulières pour la sécurité de base et les performances essentielles des éclairages chirurgicaux et des éclairages de diagnostic (norme IEC 60601-2-41:2021 adoptée, troisième édition, 2021-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-41: Particular requirements for the basic safety and essential performance of surgical luminaires and luminaires for diagnosis (Adopted IEC 60601-2-41:2021, third edition, 2021-09, with Canadian devbiations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-76:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-76: Particular requirements for the basic safety and essential performance of low energy ionized gas haemostasis equipment (Adopted IEC 60601-2-76:2018, first edition, 2018-04, with Canadian deviations) | Appareils électromédicaux — Partie 2-76 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils d’hémostase à gaz ionisé à faible pouvoir calorifique (norme IEC 60601-2-76:2018 adoptée, première édition, 2018-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-76: Particular requirements for the basic safety and essential performance of low energy ionized gas haemostasis equipment (Adopted IEC 60601-2-76:2018, first edition, 2018-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60730-2-22:23</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-22: Particular requirements for thermal motor protectors (Adopted IEC 60730-2-22:2014, first edition, 2014-05, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-22 : Exigences particulières pour les protecteurs thermiques (norme IEC 60730-2-22:2014 adoptée, première édition, 2014-05, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-22: Particular requirements for thermal motor protectors (Adopted IEC 60730-2-22:2014, first edition, 2014-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 330:23</t>
   </si>
   <si>
     <t>Photovoltaic rapid shutdown systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 158:23</t>
   </si>
   <si>
     <t>Terminal blocks</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-5:23</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-5: Particular requirements for transportable band saws (Binational standard with UL 62841-3-5)</t>
   </si>
   <si>
     <t>CSA E60335-2-54:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-54: Particular requirements for surface-cleaning appliances employing liquids or steam (Adopted IEC 60335-2-54:2008, edition 4:2008 consolidated with amendment 1:2015 and amendment 2:2019, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-54 : Règles particulières concernant les appareils de nettoyage de surfaces utilisant des liquides ou de la vapeur (norme IEC 60335-2-54 : 2008 adoptée, édition 4:2008 consolidée par l’amendement 1:2015 et l’amendement 2:2019, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-54: Particular requirements for surface-cleaning appliances employing liquids or steam (Adopted IEC 60335-2-54:2008, edition 4:2008 consolidated with amendment 1:2015 and amendment 2:2019, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-43:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-43: Particular requirements for clothes dryers and towel rails (Adopted IEC 60335-2-43:2017, fourth edition, 2017-10, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-43 : Exigences particulières pour les appareils de séchage du linge et les sèche-serviettes (norme IEC 60335-2-43:2017 adoptée, quatrième édition, 2017-10, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-43: Particular requirements for clothes dryers and towel rails (Adopted IEC 60335-2-43:2017, fourth edition, 2017-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-25:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances- Safety - Part 2-25: Particular requirements for microwave ovens, including combination microwave ovens (Adopted IEC 60335-2-25:2020, seventh edition, 2020-01, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-25 : Exigences particulières pour les fours à micro-ondes, y compris les fours à microondes combinés (norme IEC 60335-2-25:2020 adoptée, septième édition, 2020-01, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances- Safety - Part 2-25: Particular requirements for microwave ovens, including combination microwave ovens (Adopted IEC 60335-2-25:2020, seventh edition, 2020-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-51:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-51: Particular requirements for stationary circulation pumps for heating and service water installations (Adopted IEC IEC 60335-2-51:2019, fourth edition, 2019-04, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-51 : Exigences particulières pour les pompes de circulation fixes pour installations de chauffage et de distribution d’eau (norme IEC 60335-2-51:2019 adoptée, quatrième édition, 2019-04, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-51: Particular requirements for stationary circulation pumps for heating and service water installations (Adopted IEC IEC 60335-2-51:2019, fourth edition, 2019-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-5:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-5: Particular requirements for dishwashers (Adopted IEC 60335-2-5:2012, edition 6:2012 consolidated with amendment 1:2018, with Canadian deviations | Appareils électrodomestiques et analogues – Sécurité — Partie 2-5 : Exigences particulières pour les lave-vaisselle (norme IEC 60335-2-5:2012 adoptée, édition 6:2012 consolidée par l’amendement 1:2018, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-5: Particular requirements for dishwashers (Adopted IEC 60335-2-5:2012, edition 6:2012 consolidated with amendment 1:2018, with Canadian deviations</t>
   </si>
   <si>
     <t>CSA TS-117:23</t>
   </si>
   <si>
     <t>National technical specification for terminology for the decentralized energy industry in Canada</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-26:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-26: Particular requirements for the basic safety and essential performance of electroencephalographs (Adopted IEC 80601-2-26:2019, first edition, 2019-05, with Canadian deviations) | Appareils électromédicaux — Partie 2-26 : Exigences particulières pour la sécurité de base et les performances essentielles des électroencéphalographes (norme IEC 80601-2-26:2019 adoptée, première édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-26: Particular requirements for the basic safety and essential performance of electroencephalographs (Adopted IEC 80601-2-26:2019, first edition, 2019-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-39:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-39: Particular requirements for basic safety and essential performance of peritoneal dialysis equipment (Adopted IEC 60601-2-39:2018,third edition, 20187-04, with Canadian deviations) | Appareils électromédicaux - Partie 2-39: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de dialyse péritonéale (norme IEC 60601-2-39:20187 adoptée, troisième édition, 2018-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-39: Particular requirements for basic safety and essential performance of peritoneal dialysis equipment (Adopted IEC 60601-2-39:2018,third edition, 20187-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-83:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-83: Particular requirements for the basic safety and essential performance of home light therapy equipment (Adopted IEC 60601-2-83:2019, first edition, 2019-05, with Canadian deviations) | Appareils électromédicaux — Partie 2-83 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de luminothérapie à domicile (norme IEC 60601-2-83:2019 adoptée, première édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-83: Particular requirements for the basic safety and essential performance of home light therapy equipment (Adopted IEC 60601-2-83:2019, first edition, 2019-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-60:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-60: Particular requirements for the basic safety and essential performance of dental equipment (Adopted IEC 80601-2-60:2019, second edition, 2019-06, with Canadian deviations) | Appareils électromédicaux - Partie 2-60 : Exigences particulières pour la sécurité de base et les performances essentielles des équipements dentaires (norme IEC 80601-2-60:2019 adoptée, deuxième édition, 2019-06, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-60: Particular requirements for the basic safety and essential performance of dental equipment (Adopted IEC 80601-2-60:2019, second edition, 2019-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-1:18/A1:23 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2023 to CAN/CSA C22.2 NO. 62841-2-1:18, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-1: Particular requirements for hand-held drills and impact drills (Binational standard with UL 62841-2-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-70:23</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-70: Particular requirements for the basic safety and essential performance of sleep apnoea breathing therapy equipment (Adopted ISO 80601-2-70:2020, second edition, 2020-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-69:23</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-69: Particular requirements for the basic safety and essential performance of oxygen concentrator equipment (Adopted ISO 80601-2-69:2020, second edition, 2020-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-67:23</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-67: Particular requirements for basic safety and essential performance of oxygen conserving equipment (Adopted ISO 80601-2-67:2020, second edition, 20204-10, with Canadian deviations)</t>
   </si>
@@ -1166,1239 +1211,1233 @@
   <si>
     <t>Medical electrical equipment — Part 2-90: Particular requirements for basic safety and essential performance of respiratory high-flow therapy equipment (Adopted ISO 80601-2-90:2021, first edition, 2021-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-87:23</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-87: Particular requirements for basic safety and essential performance of high-frequency ventilators (Adopted ISO 80601-2-87:2021, first edition, 2021-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-74:23</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-74: Particular requirements for basic safety and essential performance of respiratory humidifying equipment (Adopted ISO 80601-2-74:2021, second edition, 2021-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 286:23</t>
   </si>
   <si>
     <t>Industrial control panels and assemblies</t>
   </si>
   <si>
     <t>CSA C61000-3-3:14/A2:22 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2022 to CSA C61000-3-3:14, Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted amendment 2:20217 to IEC 61000-3-3:2013) | Modification 2:2022 à CSA C61000-3-3:14, Compatibilité électromagnétique (CEM) - Partie 3-3: Limites - Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d'alimentation basse tension, pour les matériels ayant un courant assigné ≤ 16 A par phase et non soumis à un raccordement conditionnel (amendement 2:20217 adoptée 1a la norme IEC 61000-3-3:2013)</t>
+    <t>Amendment 2:2022 to CSA C61000-3-3:14, Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted amendment 2:20217 to IEC 61000-3-3:2013)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-107:20 +A2:22 (CONSOLIDATED)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-107: Particular requirements for robotic battery powered electrical lawnmowers (Binational standard with ANSI/OPEI 60335-2-107-2020)</t>
   </si>
   <si>
     <t>CSA C80079-37:22</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 37: Non-electrical equipment for explosive atmospheres — Non electrical type of protection constructional safety "c", control of ignition source "b", liquid immersion "k" (Adopted ISO 80079-37:2016, first edition, 2016-02, with Canadian deviations) | Atmosphères explosives — Partie 37 : Appareils non électriques destinés à être utilisés en atmosphères explosives — Mode de protection non électrique par sécurité de construction « c », par contrôle de la source d’inflammation « b », par immersion dans un liquide « k » (norme ISO 80079-37:2016 adoptée, première édition, 2016-02, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 37: Non-electrical equipment for explosive atmospheres — Non electrical type of protection constructional safety "c", control of ignition source "b", liquid immersion "k" (Adopted ISO 80079-37:2016, first edition, 2016-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C80079-36:22</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 36: Non-electrical equipment for explosive atmospheres — Basic method and requirements (Adopted ISO 80079-36:2016, first edition, 2016-02, with Canadian deviations) | Atmosphères explosives — Partie 36 : Appareils non électriques destinés à être utilisés en atmosphères explosives — Méthodologie et exigences (norme ISO 80079-36:2016 adoptée, première édition, 2016-02, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 36: Non-electrical equipment for explosive atmospheres — Basic method and requirements (Adopted ISO 80079-36:2016, first edition, 2016-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-9:22</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-9: Testing and measurement techniques — Impulse magnetic field immunity test (Adopted IEC 61000-4-9:2016, second edition, 2016-07) | Compatibilité électromagnétique (CEM) - Partie 4-9: Techniques d'essai et de mesure - Essai d'immunité au champ magnétique impulsionnel (norme IEC 61000-4-9:2016 adoptée, deuxième édition, 2016-07)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-9: Testing and measurement techniques — Impulse magnetic field immunity test (Adopted IEC 61000-4-9:2016, second edition, 2016-07)</t>
   </si>
   <si>
     <t>CSA IEC CISPR 16-1-4:22</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods — Part 1-4: Radio disturbance and immunity measuring apparatus — Antennas and test sites for radiated disturbance measurements (Adopted IEC CISPR 16-1-4:2019, edition 4:2019 consolidated with amendment 1:2020) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l’immunité aux perturbations radioélectriques — Partie 1-4 : Appareils de mesure des perturbations radioélectriques et de l’immunité aux perturbations radioélectriques — Antennes et emplacements d’essai pour les mesures des perturbations rayonnées (nome IEC CISPR 16-1-4:2019 adoptée, édition 4:2019 consolidée par amendement 1:2020)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods — Part 1-4: Radio disturbance and immunity measuring apparatus — Antennas and test sites for radiated disturbance measurements (Adopted IEC CISPR 16-1-4:2019, edition 4:2019 consolidated with amendment 1:2020)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-29-1:17/A1:22 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA C22.2 NO. 60079-29-1:11, Explosive atmospheres - Part 29-1: Gas detectors - Performance requirements of detectors for flammable gases (Adopted amendment 1:2020 to IEC 60079-29-1:2016) | Modification 1:2022 à CSA C22.2 NO. 60079-29-1:11, Atmosphères explosives — Partie 29-1 : Détecteurs de gaz — Exigences d’aptitude à la fonction des détecteurs de gaz inflammables (amendement 1:2022 adoptée à la norme IEC 60079-29-1:2016)</t>
+    <t>Amendment 1:2022 to CSA C22.2 NO. 60079-29-1:11, Explosive atmospheres - Part 29-1: Gas detectors - Performance requirements of detectors for flammable gases (Adopted amendment 1:2020 to IEC 60079-29-1:2016)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-26:22</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 26: Equipment with separation elements or combined levels of protection (Adopted IEC 60079-26:2021, fourth edition, 2021-02, with Canadian deviations) | Atmosphères explosives — Partie 26 : Appareils avec éléments de séparation ou niveaux de protection combinés (norme IEC 60079-26:2021 adoptée, quatrième édition, 2021-02, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 26: Equipment with separation elements or combined levels of protection (Adopted IEC 60079-26:2021, fourth edition, 2021-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-11:22</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-11: Testing and measurement techniques — Voltage dips, short interruptions and voltage variations immunity tests for equipment with input current up to 16 A per phase (Adopted IEC 61000-4-11:2020, third edition, 2020-01) | Compatibilité électromagnétique (CEM) — Partie 4-11 : Techniques d’essai et de mesure – Essais d’immunité aux creux de tension, coupures brèves et variations de tension pour les appareils à courant d’entrée inférieur ou égal à 16 A par phase (norme IEC 61000-4-11:2020 adoptée, troisième édition, 2020-01)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-11: Testing and measurement techniques — Voltage dips, short interruptions and voltage variations immunity tests for equipment with input current up to 16 A per phase (Adopted IEC 61000-4-11:2020, third edition, 2020-01)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-30:16 (R2021)/A1:22</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA IEC 61000-4-30:16, Electromagnetic compatibility (EMC) — Part 4-30: Testing and measurement techniques — Power quality measurement methods (Adopted amendement 1:2021 to IEC 61000-4-30:2015) | Modification 1:2022 à CSA IEC 61000-4-30:16, Compatibilité électromagnétique (CEM) — Partie 4-30 : Techniques d’essai et de mesure — Méthodes de mesure de la qualité de l’alimentation (amendement 1:2021 adoptée à la norme IEC 61000-4-30:2015)</t>
+    <t>Amendment 1:2022 to CSA IEC 61000-4-30:16, Electromagnetic compatibility (EMC) — Part 4-30: Testing and measurement techniques — Power quality measurement methods (Adopted amendement 1:2021 to IEC 61000-4-30:2015)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-107:20/A2:22</t>
   </si>
   <si>
     <t>Amendment 2:2022 to CSA C22.2 NO. 60335-2-107:20, Household and similar electrical appliances — Safety — Part 2-107: Particular requirements for robotic battery powered electrical lawnmowers (Binational standard with ANSI/OPEI 60335-2-107-2020)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 19085-13:23</t>
   </si>
   <si>
     <t>Woodworking machines — Safety — Part 13: Multi-blade rip sawing machines with manual loading and/or unloading (Adopted ISO 19085-13:2020, first edition, 2020-05, with North American deviations)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 19085-11:23</t>
   </si>
   <si>
     <t>Woodworking machines — Safety — Part 11: Combined machines (Adopted ISO 19085-1:2020, first edition, 2020-03, with North American deviations)</t>
   </si>
   <si>
     <t>CSA CEI/IEC 61000-4-17:02 (R2021)/A2:22</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA CEI/IEC 61000-4-17:02, Electromagnetic compatibility (EMC) — Part 4-17: Testing and measurement techniques — Ripple on d.c. input power port immunity test (Adopted amendment 2:2008 to CEI/IEC 61000-4-17:1999) | Modification 2:2022 à CSA CEI/IEC 61000-4-17:02, Compatibilité électromagnétique (CEM) - Partie 4-17: Techniques d'essai et de mesure - Essai d'immunité à l'ondulation résiduelle sur entrée de puissance à courant continu (amendement 2:2008 adoptée à la norme CEI/IEC 61000-4-17:1999)</t>
+    <t>Amendment 1:2022 to CSA CEI/IEC 61000-4-17:02, Electromagnetic compatibility (EMC) — Part 4-17: Testing and measurement techniques — Ripple on d.c. input power port immunity test (Adopted amendment 2:2008 to CEI/IEC 61000-4-17:1999)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-3:23</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-3: Particular requirements for pedestrian controlled walk-behind lawnmowers (Binational standard with UL 62841-4-3)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61058-2-1:22</t>
   </si>
   <si>
     <t>Switches for appliances — Part 2-1: Particular requirements for cord switches (Binational standard with UL 61058-2-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 232:22</t>
   </si>
   <si>
     <t>Optical fiber cables</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-1:16 (R2021)/A1:22</t>
   </si>
   <si>
     <t>Amendment 1:2022 to CAN/CSA-C22.2 NO. 62841-3-1:16, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-1: Particular requirements for transportable table saws (Bi-national standard with UL 62841-3-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 167:23</t>
   </si>
   <si>
     <t>Household dishwashers (Binational standard with UL 749)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-6:22</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-6: Particular requirements for hand-held hammers (Binational standard with UL 62841-2-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 353:22</t>
   </si>
   <si>
     <t>Power pedestals</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60974-7:22</t>
   </si>
   <si>
-    <t>Arc welding equipment — Part 7: Torches (Adopted IEC 60974-7:2019, fourth edition, 2019-01, with Canadian deviations) | Matériel de soudage à l’arc — Partie 7 : Torches (norme IEC 60974-7:2019 adoptée, quatrième édition, 2019-01, avec exigences propres au Canada)</t>
+    <t>Arc welding equipment — Part 7: Torches (Adopted IEC 60974-7:2019, fourth edition, 2019-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-102:22</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-102: Particular requirements for gas, oil and solid-fuel burning appliances having electrical connections (Adopted IEC 60335-2-102:217, second edition,2017-12, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-102 : Exigences particulières pour les appareils à combustion au gaz, au mazout et à combustible solide comportant des raccordements électriques (norme IEC 60335-2-102:20174 adoptée, deuxième édition, 2017-12, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-102: Particular requirements for gas, oil and solid-fuel burning appliances having electrical connections (Adopted IEC 60335-2-102:217, second edition,2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-56:22</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-56: Particular requirements for basic safety and essential performance of clinical thermometers for body temperature measurement (Adopted ISO 80601-2-56:2017, second edition, including ISO amendment 1:2018, 2017-03)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-49:22</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitors (Adopted IEC 80601-2-49:2018, first edition, 2018-03, with Canadian deviations) | Appareils électromédicaux — Partie 2-49 : Exigences particulières pour la sécurité de base et les performances essentielles des moniteurs multifonctions des patients (norme IEC 80601-2-49:2018 adoptée, première édition, 2018-03, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitors (Adopted IEC 80601-2-49:2018, first edition, 2018-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-35:22</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-35: Particular requirements for the basic safety and essential performance of heating devices using blankets, pads or mattresses and intended for heating in medical use (Adopted IEC 60601-2-35:2020, second edition, 2020-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-35 : Exigences particulières pour la sécurité de base et les performances essentielles des dispositifs de réchauffage utilisant des couvertures, des coussins ou des matelas et destinés au réchauffage des patients en usage médical (norme IEC 60601-2-35:2020 adoptée, deuxième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-35: Particular requirements for the basic safety and essential performance of heating devices using blankets, pads or mattresses and intended for heating in medical use (Adopted IEC 60601-2-35:2020, second edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-40:22</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-40: Particular requirements for electrical heat pumps, air-conditioners and dehumidifiers (Binational standard UL 60335-2-40)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-25:22</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 25: Intrinsically safe electrical systems (Adopted IEC 60079-25:2020, third edition, 2020-06, with Canadian deviations) | Atmosphères explosives — Partie 25 : Systèmes électriques de sécurité intrinsèque (norme IEC 60079-25:2020 adoptée, troisième édition, 2020-06, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 25: Intrinsically safe electrical systems (Adopted IEC 60079-25:2020, third edition, 2020-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-27:22</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-27: Particular requirements for appliances for skin exposure to optical radiation (Adopted IEC 60335-2-27:2019, sixth edition, 2019-05, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-27 : Exigences particulières pour les appareils d’exposition de la peau aux rayonnements optiques (norme IEC 60335-2-27:2019 adoptée, sixième édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-27: Particular requirements for appliances for skin exposure to optical radiation (Adopted IEC 60335-2-27:2019, sixth edition, 2019-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 45.1:22</t>
   </si>
   <si>
     <t>Electrical rigid metal conduit - Steel (Trinational standard with UL 6 and NMX-J-534-ANCE-2022)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60730-2-13:22</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-13: Particular requirements for humidity sensing controls (Adopted IEC 60730-2-13:2017, third edition, 2017-10, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-13 : Exigences particulières pour les dispositifs de commande sensibles à l’humidité (norme IEC 60730-2-13:2017 adoptée, troisième édition, 2017-10 avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-13: Particular requirements for humidity sensing controls (Adopted IEC 60730-2-13:2017, third edition, 2017-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-3:09 + A1:15 + A2:22 (CONSOLIDATED) (R2024)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted IEC 60601-1:2008, edition 2:2008 consolidated with amendment 1:2013 and amendment 2:2021, with Canadian deviations) I| Appareils électromédicaux - Partie 1-3: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Radioprotection dans les appareils à rayonnement X de diagnostic (norme IEC 60601-1:2008 adoptée, édition 2:2008 consolidée par l’amendement 1:2013 et l’amendement 2:2021, avec exigences propres au Canada)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.13:22</t>
   </si>
   <si>
     <t>Light emitting diode (LED) equipment for lighting applications</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-3:09/A2:22 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2022 to CSA C22.2 NO. 60601-1-3:09, Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted amendment 2:2021 to IEC 60601-1:2008) | Modification 2:2022 de CSA C22.2 NO. 60601-1-3:09, Appareils électromédicaux - Partie 1-3: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Radioprotection dans les appareils à rayonnement X de diagnostic (Amendement 2:2021 adoptée de la norme IEC 60601-1:2008)</t>
+    <t>Amendment 2:2022 to CSA C22.2 NO. 60601-1-3:09, Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted amendment 2:2021 to IEC 60601-1:2008)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-2:16 (R2021) + A1:22 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (Adopted IEC 60601-1-2:2014, edition 4:2014 consolidated with amendment 1:2020, with Canadian deviations) | Appareils électromédicaux — Partie 1-2 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Perturbations électromagnétiques — Exigences et essais (norme IEC 60601-1-2:2014 adoptée, édition 4:2014 consolidée par l’amendement 1:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (Adopted IEC 60601-1-2:2014, edition 4:2014 consolidated with amendment 1:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-2:16/A1:22</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA C22.2 NO. 60601-1-2:16, Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (Adopted amendment 1:2020 to IEC 60601-1-2:2014) | Modification 1:2022 à CSA C22.2 NO. 60601-1-2:16, Appareils électromédicaux — Partie 1-2 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Perturbations électromagnétiques — Exigences et essais (amendement 1:2020 adoptée à la norme IEC 60601-1-2:2014)</t>
+    <t>Amendment 1:2022 to CSA C22.2 NO. 60601-1-2:16, Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (Adopted amendment 1:2020 to IEC 60601-1-2:2014)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.5:22</t>
   </si>
   <si>
     <t>Flashlights and lanterns (Binational standard with UL 1576)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-82:20/A1:21</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CSA C22.2 NO. 60335-2-82:20, Household and similar electrical appliances — Safety — Part 2-82: Particular requirements for amusement machines and personal service machines (Adopted amendment 1:2020 to IEC 60335-2-82:2017) | Modification 1:2021 à CSA C22.2 NO. 60335-2-82:20, Appareils électrodomestiques et analogues — Sécurité — Partie 2-82 : Exigences particulières pour les machines de divertissement et les machines de service pour les personnes (amendement 1:2020 adoptée à la norme IEC 60335-2-82:2017)</t>
-[...5 lines deleted...]
-    <t>Lighting poles</t>
+    <t>Amendment 1:2021 to CSA C22.2 NO. 60335-2-82:20, Household and similar electrical appliances — Safety — Part 2-82: Particular requirements for amusement machines and personal service machines (Adopted amendment 1:2020 to IEC 60335-2-82:2017)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 280:22</t>
   </si>
   <si>
     <t>Electric vehicle supply equipment (Trinational standard with UL 2594 and NMX-J-677-ANCE-2022)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1:14 + A2:22 (R2022) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted IEC 60601-1:2005, edition 3:2005 consolidated with amendment 1:2012 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux - Partie 1: Exigences générales pour la sécurité de base et les performances essentielles (norme IEC 60601-1:2005 adoptée, édition 3:2005 consolidée par l’amendement 1:2012 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted IEC 60601-1:2005, edition 3:2005 consolidated with amendment 1:2012 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 18.5:22</t>
   </si>
   <si>
     <t>Positioning devices (Binational standard with UL 1565)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-35:22</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-35: Particular requirements for instantaneous water heaters (Adopted IEC 60335-2-35:2012, edition 5:2012 consolidated with amendment 1:2016 and amendment 2:2020, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-35 : Exigences particulières pour les chauffe-eau instantanés (norme 60335-2-35:2012 adoptée, édition 5:2012 consolidée par l’amendement 1:2016 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-35: Particular requirements for instantaneous water heaters (Adopted IEC 60335-2-35:2012, edition 5:2012 consolidated with amendment 1:2016 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.17:22</t>
   </si>
   <si>
     <t>Evaluation of properties of polymeric materials</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-6:17/A1:22 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA C22.2 NO. 60079-6:17, Explosive atmospheres - Part 6: Equipment protection by liquid immersion "o" (Adopted amendment 1:2020 to IEC 60079-6:2015 | Modification 1:2022 à CSA C22.2 NO. 60079-6:17, Atmosphères explosives - Partie 6 : Protection du matériel par immersion dans le liquide «o» (amendement 1:2020 adoptée à la norme IEC 60079-6:2015)</t>
+    <t>Amendment 1:2022 to CSA C22.2 NO. 60079-6:17, Explosive atmospheres - Part 6: Equipment protection by liquid immersion "o" (Adopted amendment 1:2020 to IEC 60079-6:2015</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-24:22</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-24: Particular requirements for refrigerating appliances, ice-cream appliances and ice-makers (Binational standard with UL 60335-2-24)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08 + A1:14 + A2:21 (R2023) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-8: General requirements for basic safety and essential performance — Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted IEC 60601-1-8:2006, edition 2:2006 consolidated with amendment 1:2012 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux — Partie 1-8 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences générales, essais et guide pour les systèmes d’alarme des appareils et des systèmes électromédicaux (norme IEC 60601-1-8:2006 adoptée, édition 2:2006 consolidée par l’amendement 1:2012 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-8: General requirements for basic safety and essential performance — Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted IEC 60601-1-8:2006, edition 2:2006 consolidated with amendment 1:2012 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11 + A1:15 + A2:21 (R2021) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01, consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux - Partie 1-6: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Aptitude à l'utilisation (norme IEC 60601-1-6:2010 adoptée, troisième édition, 2010-01, consolidée par l’amendement 1:2013 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01, consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-12:15 (R2020) +A1:21 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted IEC 60601-1-12:2014, edition 1:2014 consolidated with amendment 1:2020, with Canadian deviations) | Appareils électromédicaux — Partie 1-12 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux destinés à être utilisés dans l’environnement des services médicaux d’urgence (norme IEC 60601-1-12:2014 adoptée, édition 1:2014 consolidée par l’amendement 1:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted IEC 60601-1-12:2014, edition 1:2014 consolidated with amendment 1:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-11:15 (R2020) + A1:21 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-11: General requirements for basic safety and essential performance - Collateral standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted IEC 60601-1-11:2015, edition 2:2015 consolidated with amendment 1:2020, with Canadian deviations) | Appareils électromédicaux - Partie 1-11 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux utilisés dans l'environnement des soins à domicile (norme IEC 60601-1-11:2015 adoptée, édition 2:2015 consolidée par l’amendement 1:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-11: General requirements for basic safety and essential performance - Collateral standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted IEC 60601-1-11:2015, edition 2:2015 consolidated with amendment 1:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-11A:15</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CSA C22.2 NO. 60601-1-11:15, Medical electrical equipment — Part 1-11: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted amendment 1:2020 to IEC 60601-1-11:2015) | Modification 1:2021 à CSA C22.2 NO. 60601-1-11:15, Appareils électromédicaux — Partie 1-11 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux utilisés dans l’environnement des soins à domicile (amendement 1:2021 adoptée à la norme IEC 60601-1-11:2015)</t>
+    <t>Amendment 1:2021 to CSA C22.2 NO. 60601-1-11:15, Medical electrical equipment — Part 1-11: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted amendment 1:2020 to IEC 60601-1-11:2015)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-9:15 + A1:15 + A2:21 (CONSOLIDATED) (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux - Partie 1-9 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour une conception écoresponsable (norme IEC 60601-1-9:2007 adoptée, édition 1:2007, consolidée par l'amendement 1:2013 et l'amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-202:21</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-202: Particular requirements for electrically operated valve actuators (Adopted IEC 61010-2-202:2020 second edition, 2020-11, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-202 : Exigences particulières pour les actionneurs à vanne à commande électrique (norme IEC 61010-2-202:2020 adoptée, deuxième édition, 2020-11, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-202: Particular requirements for electrically operated valve actuators (Adopted IEC 61010-2-202:2020 second edition, 2020-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08/A2:21 (R2023)</t>
   </si>
   <si>
     <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-8:08, Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted amendment 2:2020 to IEC 60601-1-8:2006)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11/A2:21 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-6:11, Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted amendment 1:2020 to IEC 60601-1-6:2010) | Modification 2:2021 de CAN/CSA-C22.2 NO. 60601-1-6:11, Appareils électromédicaux - Partie 1-6: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Aptitude à l'utilisation (Amendement 1:2020 adoptée de la norme IEC 60601-1-6:2010)</t>
+    <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-6:11, Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted amendment 1:2020 to IEC 60601-1-6:2010)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.1:22</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 1: General requirements (Trinational standard with UL 248-1 and NMX-J-009/248/1-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61643-21:22</t>
   </si>
   <si>
-    <t>Low voltage surge protective devices — Part 21: Surge protective devices connected to telecommunications and signaling networks — Performance requirements and testing methods (Adopted IEC 61643-21:2000, edition 1:2000 consolidated with amendment 1:2008 and amendment 2:2012, with Canadian deviations) | Parafoudres basse tension — Partie 21 : Parafoudres connectés aux réseaux de signaux et de télécommunications — Prescriptions de fonctionnement et méthodes d’essais (norme IEC 61643-21:2000 adoptée, édition 1:2000 consolidée par l’amendement 1:2008 et l’amendement 2:2012, avec exigences propres au Canada)</t>
+    <t>Low voltage surge protective devices — Part 21: Surge protective devices connected to telecommunications and signaling networks — Performance requirements and testing methods (Adopted IEC 61643-21:2000, edition 1:2000 consolidated with amendment 1:2008 and amendment 2:2012, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 11:22</t>
   </si>
   <si>
     <t>Maintenance of electric and communication utility equipment and systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-69:22</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-69: Particular requirements for wet and dry vacuum cleaners, including power brush, for commercial use (Binational standard with UL 60335-2-69)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10:09 + A1:14 (R2020) + A2:21 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-10: General requirements for basic safety and essential performance — Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted IEC 60601-1-10:2007, edition 1:2007 consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux — Partie 1-10 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour le développement des régulateurs physiologiques en boucle fermée (norme IEC 60601-1-10:2007 adoptée, édition 1:2007 consolidée par l’amendement 1:2013 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-10: General requirements for basic safety and essential performance — Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted IEC 60601-1-10:2007, edition 1:2007 consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13 + A1:21 + A2:21 (R2022) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC/CEI 60335-2-30:2009, edition 5:2009 consolidated with amendment 1:2016 and amendment 2:2021, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-30 : Exigences particulières pour les appareils de chauffage des locaux (norme CEI/IEC 60335-2-30:2009 adoptée, édition 5:2009 consolidée par l’amendement 1:2016 et l’amendement 2:2021, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC/CEI 60335-2-30:2009, edition 5:2009 consolidated with amendment 1:2016 and amendment 2:2021, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1:14/A2:22 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 2:2022 to CAN/CSA-C22.2 NO. 60601-1:14, Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted amendment 2:2020 to IEC 60601-1:2005, with Canadian deviations) | Modification 2:2022 à CAN/CSA-C22.2 NO. 60601-1:14, Appareils électromédicaux - Partie 1: Exigences générales pour la sécurité de base et les performances essentielles (amendement 2:2020 adoptée à la norme CEI 60601-1:2005, avec exigences propres au Canada)</t>
+    <t>Amendment 2:2022 to CAN/CSA-C22.2 NO. 60601-1:14, Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted amendment 2:2020 to IEC 60601-1:2005, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13/A2:21 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CAN/CSA-E60335-30:13, Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted amendment 2:2021 to IEC 60335-2-30:2009) | Modification 2:2021 à CAN/CSA-E60335-2-30:13, Appareils électrodomestiques et analogues - Sécurité - Partie 2-30 : Exigences particulières pour les appareils de chauffage des locaux (amendement 2:2021 adoptée à la norme IEC 60335-2-30:2009)</t>
+    <t>Amendment 2:2021 to CAN/CSA-E60335-30:13, Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted amendment 2:2021 to IEC 60335-2-30:2009)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 349:22</t>
   </si>
   <si>
     <t>Power over ethernet (PoE) and connectors for communication systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 203.2:22</t>
   </si>
   <si>
     <t>Powered table systems for residential and commercial use</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 203.1:22</t>
   </si>
   <si>
     <t>Manufactured wiring systems</t>
   </si>
   <si>
     <t>CSA C310:21</t>
   </si>
   <si>
     <t>Distribution class polymeric cutouts</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-9:15/A2:21 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-9:15, Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted amendment 2:2020 to IEC 60601-1-9:2007) | Modification 2:2021 de CAN/CSA-C22.2 NO. 60601-2-9:15, Appareils électromédicaux - Partie 1-9 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour une conception écoresponsable (amendement 2:2020 adoptée de la norme IEC 60601-1-9:2007)</t>
+    <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-9:15, Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted amendment 2:2020 to IEC 60601-1-9:2007)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 342:22</t>
   </si>
   <si>
     <t>Large ferrules (Binational standard with UL 486L)</t>
   </si>
   <si>
     <t>CSA E61951-2:21</t>
   </si>
   <si>
-    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Secondary sealed cells and batteries for portable applications — Part 2: Nickel-metal hydride (Adopted IEC 61951-2:2017, fourth edition, 2017-03, with Canadian deviations) | Accumulateurs alcalins et autres accumulateurs à électrolyte non acide — Accumulateurs étanches pour applications portables — Partie 2 : Nickel-métal hydrure (norme IEC 61951-2:2017 adoptée, quatrième édition, 2017-03, avec exigences propres au Canada)</t>
+    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Secondary sealed cells and batteries for portable applications — Part 2: Nickel-metal hydride (Adopted IEC 61951-2:2017, fourth edition, 2017-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E61951-1:21</t>
   </si>
   <si>
-    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Secondary sealed cells and batteries for portable applications — Part 1: Nickel-cadmium (Adopted IEC 61951:2017, fourth edition, 2017-03, with Canadian deviations) | Accumulateurs alcalins et autres accumulateurs à électrolyte non acide — Accumulateurs étanches pour applications portables — Partie 1 : Nickel-cadmium (norme IEC 61951-1:2017 adoptée, quatrième édition, 2017-03), avec exigences propres au Canada)</t>
+    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Secondary sealed cells and batteries for portable applications — Part 1: Nickel-cadmium (Adopted IEC 61951:2017, fourth edition, 2017-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-23:21</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-23: Particular requirements for appliances for skin or hair care, (Adopted IEC 60335-2-23:2016, edition 6:2016 consolidated with amendment 1:2019, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-23 : Exigences particulières pour les appareils destinés aux soins de la peau ou des cheveux (norme IEC 60335-2-23:2016 adoptée, édition 6:2016 consolidée par l’amendement 1:2019, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-23: Particular requirements for appliances for skin or hair care, (Adopted IEC 60335-2-23:2016, edition 6:2016 consolidated with amendment 1:2019, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 24:21</t>
   </si>
   <si>
     <t>Temperature-indicating and -regulating equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 41:22</t>
   </si>
   <si>
     <t>Grounding and bonding equipment (Trinational standard with NMX-J-590- ANCE and UL 467)</t>
   </si>
   <si>
     <t>CSA C60871-2:22</t>
   </si>
   <si>
-    <t>Shunt capacitors for a.c. power systems having a rated voltage above 1 000 V — Part 2: Endurance testing (Adopted IEC TS 60871-2:2014, third edition, 2014-11, with Canadian deviations) | Condensateurs shunt pour réseaux à courant alternatif de tension assignée supérieure à 1 000 V — Partie 2 : Essais d’endurance (norme IEC TS 60871-2:2014 adoptée, troisième édition, 2014-11, avec exigences propres au Canada)</t>
+    <t>Shunt capacitors for a.c. power systems having a rated voltage above 1 000 V — Part 2: Endurance testing (Adopted IEC TS 60871-2:2014, third edition, 2014-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C60871-1:22</t>
   </si>
   <si>
-    <t>Shunt capacitors for a.c. power systems having a rated voltage above 1 000 V - Part 1: General (Adopted IEC 60871-1:2014, fourth edition, 2014-05, with Canadian deviations) | Condensateurs shunt pour réseaux à courant alternatif de tension assignée supérieure à 1 000 V - Partie 1: Généralités (norme IEC 60871-1:2014 adoptée, quatrième édition, 2014-05, avec exigences propres au Canada)</t>
+    <t>Shunt capacitors for a.c. power systems having a rated voltage above 1 000 V - Part 1: General (Adopted IEC 60871-1:2014, fourth edition, 2014-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-3:21</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-3: Particular requirements for handheld grinders, disc-type polishers and disc-type sanders (Binational standard with UL 62841-2-3)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62031:21</t>
   </si>
   <si>
-    <t>LED modules for general lighting - Safety specifications (Adopted IEC 62031:2018, second edition, 2018-03, with Canadian deviations) | Modules à LED pour éclairage général — Spécifications de sécurité (norme IEC 62031:2018 adoptée, deuxième édition, 2018-03, avec exigences propres au Canada)</t>
+    <t>LED modules for general lighting - Safety specifications (Adopted IEC 62031:2018, second edition, 2018-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 145:22</t>
   </si>
   <si>
     <t>Electric motors and generators for use in hazardous (classified) locations (Trinational standard with NMX-J-652-ANCE and UL 674)</t>
   </si>
   <si>
     <t>CSA E62660-2:21</t>
   </si>
   <si>
-    <t>Secondary lithium-ion cells for the propulsion of electric road vehicles - Part 2: Reliability and abuse testing (Adopted IEC 62660-2:2018, second edition, 2018-12, with Canadian deviations) | Éléments d'accumulateurs lithium-ion pour la propulsion des véhicules routiers électriques - Partie 2 : Essais de fiabilité et de traitement abusif (norme IEC 62660-2:2018 adoptée, deuxième édition, 2018-12, avec exigences propres au Canada)</t>
+    <t>Secondary lithium-ion cells for the propulsion of electric road vehicles - Part 2: Reliability and abuse testing (Adopted IEC 62660-2:2018, second edition, 2018-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E62660-1:21</t>
   </si>
   <si>
-    <t>Secondary lithium-ion cells for the propulsion of electric road vehicles - Part 1: Performance testing (Adopted IEC 62660-1:2018, second edition, 2018-12, with Canadian deviations) | Éléments d'accumulateurs lithium-ion pour la propulsion des véhicules routiers électriques - Partie 1 : Essais de performance (norme IEC 62660-1:2018 adoptée, deuxième édition, 2018-12, avec exigences propres au Canada)</t>
+    <t>Secondary lithium-ion cells for the propulsion of electric road vehicles - Part 1: Performance testing (Adopted IEC 62660-1:2018, second edition, 2018-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.13:22</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 13: Semiconductor fuses (Trinational standard with UL 248-13 and NMX-J-009/248/13-2022-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.18:22</t>
   </si>
   <si>
     <t>Low-voltage fuses — Part 18: Class CD fuses (Trinational standard with UL 248-18 and NMX-J-009/248/18-2022-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61800-5-2:21</t>
   </si>
   <si>
-    <t>Adjustable speed electrical power drive systems — Part 5-2: Safety requirements — Functional (Adopted IEC 61800-5-2:2016, second edition, 2016-04, with Canadian deviations) | Entraînements électriques de puissance à vitesse variable — Partie 5-2 : Exigences de sécurité — Fonctionnelle (norme IEC 61800-5-2:2016 adoptée, deuxième édition, 2016-04, avec exigences propres au Canada)</t>
+    <t>Adjustable speed electrical power drive systems — Part 5-2: Safety requirements — Functional (Adopted IEC 61800-5-2:2016, second edition, 2016-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-12A:15</t>
   </si>
   <si>
     <t>Amendment 1:2021 to CSA C22.2 NO. 60601-1-12:15, Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted amendment 1:2020 to IEC 60601-1-12:2014) Modification 1:2021 à CSA C22.2 NO. 60601-1-12:15 Appareils électromédicaux — Partie 1-12 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux destinés à être utilisés dans l’environnement des services médicaux d’urgence (Amendement 1:2020 adoptée à la norme IEC 60601-1-12:2014)</t>
   </si>
   <si>
     <t>CSA C83:22</t>
   </si>
   <si>
     <t>Communication and power line hardware</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10B:09</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 2:2020 to IEC 60601-1-10:2007) | Modification 2:2021 à CSA C22.2 NO. 60601-1-10:09, Appareils électromédicaux - Partie 1-10: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour le développement des régulateurs physiologiques en boucle fermée (Amendement 2:2020 adoptée de la norme IEC 60601-1-10:2007)</t>
+    <t>Amendment 2:2021 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 2:2020 to IEC 60601-1-10:2007)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-85:21</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-85: Particular requirements for the basic safety and essential performance of cerebral tissue oximeter equipment (Adopted ISO 80601-2-85:2021, first edition, 2021-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-9:21</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-9: Particular requirements for transportable mitre saws (Binational standard with UL 62841-3-9)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-4:21</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-4: Particular requirements for lawn trimmers, lawn edge trimmers, grass trimmers, brush cutters and brush saws (Binational standard with UL 62841-4-4)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61347-2-13:21</t>
   </si>
   <si>
-    <t>Lamp controlgear - Part 2-13: Particular requirements for d.c. or a.c. supplied electronic controlgear for LED modules (Adopted IEC 61347-2-13:2014, edition 2:2014 consolidated with amendment 1:2016, with Canadian deviations) | Appareillage de lampes - Partie 2-13 : Exigences particulières pour les appareillages électroniques alimentés en courant continu ou alternatif pour les modules de LED (norme IEC 61347-2-13:2014 adoptée, édition 2:2014 consolidée par l’amendement 1:2016), avec exigences propres au Canada)</t>
+    <t>Lamp controlgear - Part 2-13: Particular requirements for d.c. or a.c. supplied electronic controlgear for LED modules (Adopted IEC 61347-2-13:2014, edition 2:2014 consolidated with amendment 1:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13/A1:21 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CAN/CSA-E60335-30:13, Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted amendment 1:2016 to IEC 60335-2-30:2009) | Modification 1:2021 à CAN/CSA-E60335-2-30:13, Appareils électrodomestiques et analogues - Sécurité - Partie 2-30 : Exigences particulières pour les appareils de chauffage des locaux (amendement 1:2016 adoptée à la norme IEC 60335-2-30:2009)</t>
+    <t>Amendment 1:2021 to CAN/CSA-E60335-30:13, Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted amendment 1:2016 to IEC 60335-2-30:2009)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.5:22</t>
   </si>
   <si>
     <t>Fuseholders - Part 5: Class G (Trinational standard with UL 4248-5 and NMX-J-009/4248/5-2022-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.1:22</t>
   </si>
   <si>
     <t>Fuseholders — Part 1: General requirements (Trinational standard with UL 4248-1 and NMX-J-009/4248/1-2022-ANCE)</t>
   </si>
   <si>
     <t>CSA C61000-3-3:14 + A1:21 (R2024) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current &lt;= 16 A per phase and not subject to conditional connection (Adopted IEC 61000-3-3:2013, third edition, 2013-05, consolidated with amendment 1:2017, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 3-3: Limites - Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d'alimentation basse tension, pour les matériels ayant un courant assigné &lt;= 16 A par phase et non soumis à un raccordement conditionnel (norme CEI 61000-3-3:2013 adoptée, troisième édition, 2013-05, consolidée par l’amendement 1:2017, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current &lt;= 16 A per phase and not subject to conditional connection (Adopted IEC 61000-3-3:2013, third edition, 2013-05, consolidated with amendment 1:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 178.1:22</t>
   </si>
   <si>
     <t>Transfer switch equipment (Trinational standard with NMX-J-674-ANCE and UL 1008)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-76:21</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-76: Particular requirements for electric fence energizers (Adopted IEC 60335-2-76:2018, third edition, 2018-06, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-76 : Exigences particulières pour les électrificateurs de clôtures (norme IEC 60335-2-76:2018 adoptée, troisième édition, 2018-06, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-76: Particular requirements for electric fence energizers (Adopted IEC 60335-2-76:2018, third edition, 2018-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-3:21</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-3: Testing and measurement techniques — Radiated, radio-frequency, electromagnetic field immunity test (Adopted IEC 61000-4-3:2006, edition 3:2006 consolidated with amendment 1:2007 and amendment 2:2010) | Compatibilité électromagnétique (CEM) — Partie 4-3 : Techniques d’essai et de mesure — Essai d’immunité aux champs électromagnétiques rayonnés aux fréquences radioélectriques (norme IEC 61000-4-3:2006 adoptée, édition 3:2006 consolidée par l’amendement 1:2007 et l’amendement 2:2010)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-3: Testing and measurement techniques — Radiated, radio-frequency, electromagnetic field immunity test (Adopted IEC 61000-4-3:2006, edition 3:2006 consolidated with amendment 1:2007 and amendment 2:2010)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 268:22</t>
   </si>
   <si>
     <t>Power circuit breakers up to 1000 Vac and 1500 V dc used in enclosures (Binational standard with UL 1066)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-61:21</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-61: Particular requirements for basic safety and essential performance of pulse oximeter equipment (Adopted ISO 80601-2-61:2017, second edition, 2017-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-59:21</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-59: Particular requirements for the basic safety and essential performance of screening thermographs for human febrile temperature screening (Adopted IEC 80601-2-59:2017, second edition, 2017-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-59 : Exigences particulières pour la sécurité de base et les performances essentielles des imageurs thermiques pour le dépistage des humains fébriles (norme IEC 80601-2-59:2017 adoptée, deuxième édition, 2017-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-59: Particular requirements for the basic safety and essential performance of screening thermographs for human febrile temperature screening (Adopted IEC 80601-2-59:2017, second edition, 2017-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-55:21</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-55: Particular requirements for the basic safety and essential performance of respiratory gas monitors (Adopted ISO 80601-2-55:2018, second edition, 2018-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-66:21</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-66: Particular requirements for the basic safety and essential performance of hearing aids and hearing aid systems (Adopted IEC 60601-2-66:2019, third edition, 2019-10, with Canadian deviations) | Appareils électromédicaux — Partie 2-66 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de correction auditive et des systèmes de correction auditive (norme IEC 60601-2-66:2019 adoptée, troisième édition, 2019-10, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-66: Particular requirements for the basic safety and essential performance of hearing aids and hearing aid systems (Adopted IEC 60601-2-66:2019, third edition, 2019-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-7:21</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-7: Particular requirements for transportable wall saws (Binational standard with UL 62841-3-7)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62986:21</t>
   </si>
   <si>
     <t>Plugs, socket-outlets and couplers with arcuate contacts (Adopted IEC 62986:2017, first edition, 2017-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 66.2:21</t>
   </si>
   <si>
     <t>Low voltage transformers - Part 2: General purpose transformers (Binational standard with UL 5085-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-5-5:21</t>
   </si>
   <si>
-    <t>Low-voltage switchgear and controlgear — Part 5-5: Control circuit devices and switching elements — Electrical emergency stop device with mechanical latching function (Adopted IEC 60947-5-5:1997, edition 1:1997 consolidated with amendment 1:2005 and amendment 2:2016, with Canadian deviations) | Appareillage à basse tension — Partie 5-5 : Appareils et éléments de commutation pour circuits de commande — Appareil d’arrêt d’urgence électrique à accrochage mécanique (norme IEC 60947-5-5:1997 adoptée, édition 1:1997 consolidée par l’amendement 1:2005 et l’amendement 2:2016, avec exigences propres au Canada)</t>
+    <t>Low-voltage switchgear and controlgear — Part 5-5: Control circuit devices and switching elements — Electrical emergency stop device with mechanical latching function (Adopted IEC 60947-5-5:1997, edition 1:1997 consolidated with amendment 1:2005 and amendment 2:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-89:21</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-89: Particular requirements for commercial refrigerating appliances and ice-makers with an incorporated or remote refrigerant unit or motor-compressor (Binational standard with UL 60335-2-89)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62990-1:20</t>
   </si>
   <si>
-    <t>Workplace atmospheres — Part 1: Gas detectors — Performance requirements of detectors for toxic gases (Adopted IEC 62990-1:2019, first edition, 2019-06, with Canadian deviations) | Atmosphères des lieux de travail — Partie 1 : Détecteurs de gaz — Exigences d’aptitude à la fonction des détecteurs de gaz toxiques (norme IEC 62990-1:2019 adoptée, première édition, 2019-06, avec exigences propres au Canada)</t>
+    <t>Workplace atmospheres — Part 1: Gas detectors — Performance requirements of detectors for toxic gases (Adopted IEC 62990-1:2019, first edition, 2019-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-80:20</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-80: Particular requirements for basic safety and essential performance of ventilatory support equipment for ventilatory insufficiency (Adopted ISO 80601-2-80:2018, first edition, 2018-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-79:20</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-79: Particular requirements for basic safety and essential performance of ventilatory support equipment for ventilatory impairment (Adopted ISO 80601-2-79:2018, first edition, 2018-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA CISPR 11:19/A2:21 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CSA CISPR 11:19, Industrial, scientific and medical equipment — Radio-frequency disturbance characteristics — Limits and methods of measurement (Adopted amendment 2:2019 to IEC CISPR 11:2015) | Modification 2:2021 à CSA CISPR 11:19, Appareils industriels, scientifiques et médicaux — Caractéristiques de perturbations radioélectriques — Limites et méthodes de mesure (amendement 2:2019 adoptée à la norme IEC CISPR 11:2015)</t>
+    <t>Amendment 2:2021 to CSA CISPR 11:19, Industrial, scientific and medical equipment — Radio-frequency disturbance characteristics — Limits and methods of measurement (Adopted amendment 2:2019 to IEC CISPR 11:2015)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4248.19:21</t>
   </si>
   <si>
     <t>Fuseholders — Part 19: Photovoltaic fuseholders (Trinational standard with UL 4248-19 and NMX-J-009/4248/19-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-040:21</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-040: Particular requirements for sterilizers and washer-disinfectors used to treat medical materials (Adopted IEC 61010-2-040:2020, third edition, 2020-05, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-040 : Exigences particulières pour sterilisateurs et laveurs desinfecteurs utilisés pour traiter le matériel médical (norme IEC 61010-2-040:2020 adoptée, troisième édition, 2020-05, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-040: Particular requirements for sterilizers and washer-disinfectors used to treat medical materials (Adopted IEC 61010-2-040:2020, third edition, 2020-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 344:20</t>
   </si>
   <si>
     <t>Grade-level in-ground enclosures</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 298:21</t>
   </si>
   <si>
     <t>High voltage couplers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 112:21</t>
   </si>
   <si>
     <t>Electric clothes dryers (Binational standard with UL 2158)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-6:18/A1:20 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2020 to CAN/CSA-E60335-2-6:18, Household and similar electrical appliances — Safety — Part 2-6: Particular requirements for stationary cooking ranges, hobs, ovens and similar appliances (Adopted amendment 1:2018 to IEC 60335-2-6:2014) | Modification 1:2020 à CAN/CSA-E60335-2-6:18, Appareils électrodomestiques et analogues — Sécurité — Partie 2-6 : Exigences particulières pour les cuisinières, les tables de cuisson, les fours et les appareils fixes analogues (amendement 1:2018 adoptée à la norme IEC 60335-2-6:2014)</t>
+    <t>Amendment 1:2020 to CAN/CSA-E60335-2-6:18, Household and similar electrical appliances — Safety — Part 2-6: Particular requirements for stationary cooking ranges, hobs, ovens and similar appliances (Adopted amendment 1:2018 to IEC 60335-2-6:2014)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 19085-6:21</t>
   </si>
   <si>
     <t>Woodworking machines — Safety — Part 6: Single spindle vertical moulding machines ("toupies") (Adopted ISO 19085-6:2017, first edition, 2017-11, with North American deviations)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60335-2-15B:14</t>
-[...2 lines deleted...]
-    <t>Amendment 2:2020 to CSA C22.2 NO. 60335-2-15:14, Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted amendment 2:2018 to IEC 60335-2-15:2012) | Modification 2:2020 de CSA C22.2 NO. 60335-2-15:14, Appareils électrodomestiques et analogues - Sécurité - Partie 2-15 : Règles particulières pour les appareils de chauffage des liquides (Amendement 2:2018 adoptée de la norme CEI 60335-2-15:2012)</t>
+    <t>CSA C22.2 NO. 60335-2-15:14/A2:20 (R2024)</t>
+  </si>
+  <si>
+    <t>Amendment 2:2020 to CSA C22.2 NO. 60335-2-15:14, Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted amendment 2:2018 to IEC 60335-2-15:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 335:21</t>
   </si>
   <si>
     <t>Pullout switches</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-72:21</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-72: Particular requirements for floor treatment machines with or without traction drive, for commercial use (Binational standard with UL 60335-2-72)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-67:21</t>
   </si>
   <si>
     <t>Household and similar electrical appliances – Safety – Part 2-67: Particular requirements for floor treatment machines, for commercial use (Binational standard with UL 60335-2-67)</t>
   </si>
   <si>
     <t>CSA C227.4:21</t>
   </si>
   <si>
     <t>Three-phase, pad-mounted distribution transformers with separable insulated high-voltage connectors</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 254:21</t>
   </si>
   <si>
     <t>Motor control centres (Trinational standard with UL 845 and NMX-J-353-ANCE-2021)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 221:20</t>
   </si>
   <si>
     <t>Electrically heated hobby and educational type kilns</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 1691:21</t>
   </si>
   <si>
     <t>Single pole locking-type separable connectors (Binational standard with UL 1691)</t>
   </si>
   <si>
     <t>CSA C61000-3-3:14/A1:21 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CSA C61000-3-3:14, Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted amendment 1:2017 to IEC 61000-3-3:2013) | Modification 1:2021 à CSA C61000-3-3:14, Compatibilité électromagnétique (CEM) - Partie 3-3: Limites - Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d'alimentation basse tension, pour les matériels ayant un courant assigné ≤ 16 A par phase et non soumis à un raccordement conditionnel (amendement 1:2017 adoptée à la norme IEC 61000-3-3:2013)</t>
+    <t>Amendment 1:2021 to CSA C61000-3-3:14, Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted amendment 1:2017 to IEC 61000-3-3:2013)</t>
   </si>
   <si>
     <t>CSA C61000-3-11:21</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 3-11: Limits — Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems — Equipment with rated current ≤ 75 A and subject to conditional connection (Adopted IEC 61000-3-11:2017, second edition, 2017-04, with Canadian deviations) | Compatibilité électromagnétique (CEM) — Partie 3-11 : Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d’alimentation basse tension — Équipements ayant un courant assigné ≤ 75 A et soumis à un raccordement conditionnel (norme IEC 61000-3-11:2017 adoptée, deuxième édition, 2017-04, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 3-11: Limits — Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems — Equipment with rated current ≤ 75 A and subject to conditional connection (Adopted IEC 61000-3-11:2017, second edition, 2017-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-64:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-64: Particular requirements for commercial electric kitchen machines (Adopted IEC 60335-2-64:2002, edition 3:2002, consolidated with amendment 1:2007 and amendment 2:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-64 : Règles particulières pour les machines de cuisine électriques à usage commercial (norme IEC 60335-2-64:2002 adoptée, édition 3:2002, consolidée par l’amendement 1:2007 et l’amendement 2:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-64: Particular requirements for commercial electric kitchen machines (Adopted IEC 60335-2-64:2002, edition 3:2002, consolidated with amendment 1:2007 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-9:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-9: Particular requirements for grills, toasters and similar portable cooking appliances (Adopted IEC 60335-2-9:2019, seventh edition, 2019-05, with Canadian deviations | Appareils électrodomestiques et analogues - Sécurité - Partie 2-9 : Exigences particulières pour les grils, les grille-pain et les appareils de cuisson mobiles analogues (norme IEC 60335-2-9:2019 adoptée, septième édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-9: Particular requirements for grills, toasters and similar portable cooking appliances (Adopted IEC 60335-2-9:2019, seventh edition, 2019-05, with Canadian deviations</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-32:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-32: Particular requirements for massage appliances (Adopted IEC 60335-2-32:2019, fifth edition, 2019-09, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-32 : Exigences particulières pour les appareils de massage (norme IEC 335-2-32:2019 adoptée, cinquième édition, 2019-09, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-32: Particular requirements for massage appliances (Adopted IEC 60335-2-32:2019, fifth edition, 2019-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-4-2:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 4-2: Contactors and motor- starters — AC semiconductor motor controllers and starters (Binational standard with UL 60947-4-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO.60947-4-1:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 4-1: Contactors and motor-starters - Electromechanical contactors and motor-starters (Binational standard with UL 60947-4-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-1:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 1: General rules (Trinational standard with NMX-J-515-ANCE and UL 60947-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-31:20</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-31: Particular requirements for the basic safety and essential performance of external cardiac pacemakers with internal power source (Adopted IEC 60601-2-31:2020, third edition, 2020-01, with Canadian deviations) | Appareils électromédicaux - Partie 2-31: Exigences particulières pour la sécurité de base et les performances essentielles des stimulateurs cardiaques externes à source d'énergie interne (norme IEC 60601-2-31:2020 adoptée, troisième edition, 2020-01, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-31: Particular requirements for the basic safety and essential performance of external cardiac pacemakers with internal power source (Adopted IEC 60601-2-31:2020, third edition, 2020-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 332:22</t>
   </si>
   <si>
     <t>Electric vehicle cable (Trinational standard with MMX-J-738-ANCE and UL 2263)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-82:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-82: Particular requirements for amusement machines and personal service machines (Adopted IEC 60335-2-82:2017, third edition, 2017-10, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-82 : Exigences particulières pour les machines de divertissement et les machines de service pour les personnes (norme IEC 60335-2-82:2017 adoptée, troisième édition, 2017-10, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-82: Particular requirements for amusement machines and personal service machines (Adopted IEC 60335-2-82:2017, third edition, 2017-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-12:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-12: Particular requirements for warming plates and similar appliances (Adopted IEC 60335-2-12:2002, edition 5:2002, consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-12 : Règles particulières pour les chauffe-plats et appareils analogues (norme IEC 60335-2-12:2002 adoptée, édition 5:2002, consolidée par l’amendement 1:2008 et l’amendement 1:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-12: Particular requirements for warming plates and similar appliances (Adopted IEC 60335-2-12:2002, edition 5:2002, consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62115:20</t>
   </si>
   <si>
-    <t>Electric toys — Safety (Adopted IEC 62115, second edition, 2017-04, with Canadian deviations) | Jouets électriques — Sécurité (norme IEC 62115 adoptée, deuxième édition, 2017-04, avec exigences propres au Canada)</t>
+    <t>Electric toys — Safety (Adopted IEC 62115, second edition, 2017-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60730-2-14:20</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-14: Particular requirements for electric actuators (Adopted IEC 60730-2-14:2017, edition 2:2017 consolidated with amendment 1:2019, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-14 : Exigences particulières pour les actionneurs électriques (norme IEC 60730-2-14:2017 adoptée, édition 2:2017 consolidée par l’amendement 1:2019, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-14: Particular requirements for electric actuators (Adopted IEC 60730-2-14:2017, edition 2:2017 consolidated with amendment 1:2019, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-5-2:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 5-2: Control circuit devices and switching elements - Proximity switches (Binational standard with UL 60947-5-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-5-1:22</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear - Part 5-1: Control circuit devices and switching elements - Electromechanical control circuit devices (Binational standard with UL 60947-5-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.0:21</t>
   </si>
   <si>
     <t>Luminaires (Trinational standard with UL 1598 and NMX-J-307/1-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 239:21</t>
   </si>
   <si>
     <t>Control and instrumentation cables</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 51:20</t>
   </si>
   <si>
     <t>Armoured cables</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-87:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety – Part 2-87: Particular requirements for electrical animal stunning equipment (Adopted IEC 60335-2-87:2016, edition 3:2016 consolidated with amendment 1:2018, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-87 : Exigences particulières pour les appareils électriques d’insensibilisation des animaux (norme IEC 60335-2-87:2016 adoptée, édition 3:2016 consolildée par l’amendement 1:2018, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety – Part 2-87: Particular requirements for electrical animal stunning equipment (Adopted IEC 60335-2-87:2016, edition 3:2016 consolidated with amendment 1:2018, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-86:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-86: Particular requirements for electric fishing machines (Adopted IEC 60335-2-86:2018, third edition, 2018-04, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-86 : Exigences particulières pour les équipements électriques de pêche (norme IEC 60335-2-86:2018 adoptée, troisième édition, 2018-04, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-86: Particular requirements for electric fishing machines (Adopted IEC 60335-2-86:2018, third edition, 2018-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 284.1:20</t>
   </si>
   <si>
     <t>Photo-electric controls</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-29:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-29: Particular requirements for battery chargers (Binational standard with UL 60335-2-29)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 198.3:21</t>
   </si>
   <si>
     <t>Coated electrical sleeving (Binational standard with UL 1441)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 198.1:21</t>
   </si>
   <si>
     <t>Extruded insulating tubing (Binational standard with UL 224)</t>
   </si>
   <si>
     <t>CSA C61869-9:20</t>
   </si>
   <si>
-    <t>Instrument transformers — Part 9: Digital interface for instrument transformers (Adopted IEC 61869-9:2016, first edition, 2016-04, with Canadian deviations) | Transformateurs de mesure — Partie 9 : Interface numérique des transformateurs de mesure (norme IEC 61869-9:2016 adoptée, avec exigences propres au Canada)</t>
+    <t>Instrument transformers — Part 9: Digital interface for instrument transformers (Adopted IEC 61869-9:2016, first edition, 2016-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-10:20</t>
   </si>
   <si>
-    <t>Instrument transformers — Part 10: Additional requirements for low-power passive current transformers (Adopted IEC 61869-10:2017, first edition, 2017-12, with Canadian deviations) | Transformateurs de mesure — Partie 10 : Exigences supplémentaires concernant les transformateurs de courant passifs de faible puissance (norme IEC 61869-10:2017 adoptée, première édition, 2017-12, avec exigences propres au Canada)</t>
+    <t>Instrument transformers — Part 10: Additional requirements for low-power passive current transformers (Adopted IEC 61869-10:2017, first edition, 2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61869-11:20</t>
   </si>
   <si>
-    <t>Instrument transformers — Part 11: Additional requirements for low-power passive voltage transformers (Adopted IEC 61869-11:2017, first edition, 2017-12, with Canadian deviations) | Transformateurs de mesure — Partie 11 : Exigences supplémentaires pour les transformateurs de tension passifs de faible puissance (norme IEC 61869-11:2017 adoptée, (première édition, 2017-12, avec exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-012: Particular requirements for climatic and environmental testing and other temperature conditioning equipment (Adopted 61010-2-012:2019, second edition, 2019-04, with Canadian deviations) | Règles de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-012 : Exigences particulières pour les appareils d’essais climatiques et d’environnement, et autres appareils de conditionnement de température (norme IEC 61010-2-012:2019 adoptée, deuxième édition, 2019-04, avec exigences propres au Canada)</t>
+    <t>Instrument transformers — Part 11: Additional requirements for low-power passive voltage transformers (Adopted IEC 61869-11:2017, first edition, 2017-12, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-012:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-012: Particular requirements for climatic and environmental testing and other temperature conditioning equipment (Adopted 61010-2-012:2019, second edition, 2019-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61000-4-1:19 (R2024)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) — Part 4-1: Testing and measurement techniques — Overview of the IEC 61000-4 series (Adopted IEC TR 61000-4-1:2016, first edition, 2016-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61000-6-1:19 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 6-1: Generic standards - Immunity standard for residential, commercial and light-industrial environments (Adopted IEC 61000-6-1:2016, third edition, 2016-08) | Compatibilité électromagnétique (CEM) — Partie 6-1 : Normes génériques — Norme d’immunité pour les environnements résidentiels, commerciaux et de l'industrie légère (norme IEC 61000-6-1:2016 adoptée, troisième édition, 2016-08)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 6-1: Generic standards - Immunity standard for residential, commercial and light-industrial environments (Adopted IEC 61000-6-1:2016, third edition, 2016-08)</t>
   </si>
   <si>
     <t>CSA E60730-2-3:20</t>
   </si>
   <si>
-    <t>Automatic electrical controls for household and similar use — Part 2-3: Particular requirements for thermal protectors for ballasts for tubular fluorescent lamps (Adopted IEC 60730-2-3:2006, second edition, 2006-10, with Canadian deviations) | Dispositifs de commande électrique automatiques à usage domestique et analogue — Partie 2-3 : Règles particulières pour les protecteurs thermiques des ballasts pour lampes tubulaires à fluorescence (norme IEC 60730-2-3:2006 adoptée, deuxième édition, 2006-10, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls for household and similar use — Part 2-3: Particular requirements for thermal protectors for ballasts for tubular fluorescent lamps (Adopted IEC 60730-2-3:2006, second edition, 2006-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC CISPR 16-2-1:19 (R2024)</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods — Part 2-1: Methods of measurement of disturbances and immunity — Conducted disturbance measurements (Adopted IEC CISPR 16-2-1:2014, edition 3:2014, consolidated with amendment 1:2017) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l'immunité aux perturbations radioélectriques — Partie 2-1 : Méthodes de mesure des perturbations et de l'immunité — Mesures des perturbations conduites (norme IEC CISPR 16-2-1:2014 adoptée, édition 3:2014, consolidée par amendement 1:2017)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods — Part 2-1: Methods of measurement of disturbances and immunity — Conducted disturbance measurements (Adopted IEC CISPR 16-2-1:2014, edition 3:2014, consolidated with amendment 1:2017)</t>
   </si>
   <si>
     <t>CSA IEC CISPR 16-1-2:19 (R2024)</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 1-2: Radio disturbance and immunity measuring apparatus - Coupling devices for conducted disturbance measurements (Adopted IEC CISPR 16-1-2:2014, edition 2:2014, consolidated with amendment 1:2017) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l'immunité aux perturbations radioélectriques - Partie 1-2 : Appareils de mesure des perturbations radioélectriques et de l'immunité aux perturbations radioélectriques — Dispositifs de couplage pour la mesure des perturbations conduites (norme IEC CISPR 16-1-2:2014 adoptée, édition 2:2014, consolidée par amendement 1:2017)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 1-2: Radio disturbance and immunity measuring apparatus - Coupling devices for conducted disturbance measurements (Adopted IEC CISPR 16-1-2:2014, edition 2:2014, consolidated with amendment 1:2017)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-4:16/A1:19 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2019 to CAN/CSA-C22.2 NO. 62841-3-4:16, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-4: Particular requirements for transportable bench grinders (Bi-national standard with UL 62841-3-4)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-11:17/A1:20 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2020 to CAN/CSA-C22.2 No. 62841-2-11:17, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-11: Particular requirements for hand-held reciprocating saws (Binational standard with UL 62841-2-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62790:20</t>
   </si>
   <si>
-    <t>Junction boxes for photovoltaic modules — Safety requirements and tests (Adopted IEC 62790:2014, first edition, 2014-11, with Canadian deviations) | Boîtes de jonction pour modules photovoltaïques — Exigences de sécurité et essais (norme IEC 62790:2014 adoptée, première édition, 2014-11, avec exigences propres au Canada)</t>
+    <t>Junction boxes for photovoltaic modules — Safety requirements and tests (Adopted IEC 62790:2014, first edition, 2014-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61058-2-6:20</t>
   </si>
   <si>
     <t>Switches for appliances — Part 2-6: Particular requirements for switches used in electric motor-operated hand-held tools, transportable tools and lawn and garden machinery (Binational standard with UL 61058-2-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61058-2-5:20</t>
   </si>
   <si>
     <t>Switches for appliances — Part 2-5: Particular requirements for change-over selectors (Binational standard with UL 61058-2-5)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0:20</t>
   </si>
   <si>
     <t>General requirements — Canadian Electrical Code, Part II</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 253:20</t>
   </si>
   <si>
     <t>Medium-voltage ac contactors, controllers, and control centres (Trinational standard with UL 347 and NMX-J-564/106-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-113:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-113: Particular requirements for cosmetic and beauty care appliances incorporating lasers and intense light sources (Adopted IEC 60335-2-113:2016, first edition, 2016-04, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-113 : Exigences particulières pour les appareils destinés aux soins cosmétiques et esthétiques comportant des lasers et des sources de lumière de forte intensité (norme IEC 60335-2-113:2016 adoptée, première édition, 2016-04, avec exigences propres au Canada)</t>
-[...23 lines deleted...]
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-010: Particular requirements for laboratory equipment for the heating of materials (Adopted IEC 61010-2-010:2019, fourth edition, 2019-02, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-010 : Exigences particulières pour appareils de laboratoire utilisés pour l'échauffement des matières (norme IEC 61010-2-010:2019 adoptée, quatrième édition, 2019-02, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-113: Particular requirements for cosmetic and beauty care appliances incorporating lasers and intense light sources (Adopted IEC 60335-2-113:2016, first edition, 2016-04, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-091:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-091: Particular requirements for cabinet X-ray systems (Adopted IEC 61010-2-091:2019, second edition, 2019-02, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-081:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement. control, and laboratory use — Part 2-081: Particular requirements for automatic and semi-automatic laboratory equipment for analysis and other purposes (Adopted IEC 61010-2-081:2019, third edition, 2019-02, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-011:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-011: Particular requirements for refrigerating equipment (Adopted IEC 61010-2-011:2019, second edition, 2019-03, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-010:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-010: Particular requirements for laboratory equipment for the heating of materials (Adopted IEC 61010-2-010:2019, fourth edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-4:12 + A1:19 (R2021) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, consolidated with amendment 1:2018, with Canadian deviations) | Appareils électromédicaux - Partie 2-4 : Exigences particulières pour la sécurité de base et les performances essentielles des défibrillateurs cardiaques (norme IEC 60601-2-4:2010 adoptée, troisième édition, 2010-12, consolidée par l'amendment 1:2018, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, consolidated with amendment 1:2018, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-4A:12 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2019 to CAN/CSA-C22.2 NO. 60601-2-4:12, Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted amendment 1:2018 to IEC 60601-2-4:2010) | Modification 1:2019 de CAN/CSA-C22.2 NO. 60601-2-4:12, Appareils électromédicaux - Partie 2-4 : Exigences particulières pour la sécurité de base et les performances essentielles des défibrillateurs cardiaques (Amendement 1:2018 adoptée de la norme IEC 60601-2-4:2010)</t>
+    <t>Amendment 1:2019 to CAN/CSA-C22.2 NO. 60601-2-4:12, Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted amendment 1:2018 to IEC 60601-2-4:2010)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-78:19 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-78: Particular requirements for basic safety and essential performance of medical robots for rehabilitation, assessment, compensation or alleviation (Adopted IEC 80601-2-78:2019, first edition, 2009-01, with Canadian deviations) | Appareils électromédicaux — Partie 2-78 : Exigences particulières pour la sécurité de base et les performances essentielles des robots médicaux dédiés à la rééducation, l'évaluation, la compensation ou l'atténuation (norme IEC 80601-2-78:2019 adoptée, première édition, 2019-07, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-78: Particular requirements for basic safety and essential performance of medical robots for rehabilitation, assessment, compensation or alleviation (Adopted IEC 80601-2-78:2019, first edition, 2009-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-77:19 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-77: Particular requirements for the basic safety and essential performance of robotically assisted surgical equipment (Adopted IEC 80601-2-77:2019, first edition, 2019-07, with Canadian deviations) | Appareils électromédicaux — Partie 2-77 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils chirurgicaux robotiquement assistés (norme IEC 80601-2-77:2019 adoptée, première édition, 2019-07, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-77: Particular requirements for the basic safety and essential performance of robotically assisted surgical equipment (Adopted IEC 80601-2-77:2019, first edition, 2019-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-30:19 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-30: Particular requirements for the basic safety and essential performance of automated non-invasive sphygmomanometers (Adopted IEC 80601-2-30:2018, second edition, 2018-03) | Appareils électromédicaux - Partie 2-30: Exigences particulières pour la sécurité de base et les performances essentielles des sphygmomanomètres non invasifs automatiques (norme IEC 80601-2-30:2018 adoptée, deuxième édition, 2018-03)</t>
+    <t>Medical electrical equipment - Part 2-30: Particular requirements for the basic safety and essential performance of automated non-invasive sphygmomanometers (Adopted IEC 80601-2-30:2018, second edition, 2018-03)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-16:19 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-16: Particular requirements for the basic safety and essential performance of haemodialysis, haemodiafiltration and haemofiltration equipment (Adopted IEC 60601-1-16:2018, fifth edition, 2018-04, with Canadian deviations) | Appareils électromédicaux - Partie 2-16 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils d'hémodialyse, d'hémodiafiltration et d'hémofiltration (norme IEC 60601-2-16:2018 adoptée, cinquième édition, 2018-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-16: Particular requirements for the basic safety and essential performance of haemodialysis, haemodiafiltration and haemofiltration equipment (Adopted IEC 60601-1-16:2018, fifth edition, 2018-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-1:20</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-1: Particular requirements for chain saws (Binational standard with UL 62841-4-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-68:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-68: Particular requirements for spray extraction machines, for commercial use (Binational standard UL 60335-2-68)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-40:20</t>
   </si>
   <si>
     <t>Explosive atmospheres — Part 40: Requirements for process sealing between flammable process fluids and electrical systems (Adopted IEC TS 60079-40:2015, first edition, 2015-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-061:19 (R2024)</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-061: Particular requirements for laboratory atomic spectrometers with thermal atomization and ionization (Adopted IEC 61010-2-061:2018, fourth edition, 2018-09, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-061 : Exigences particulières pour spectromètres atomiques de laboratoire avec vaporisation et ionisation thermiques (norme IEC 61010-2-061:2018 adoptée, quatrième édition, 2018-09, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-061: Particular requirements for laboratory atomic spectrometers with thermal atomization and ionization (Adopted IEC 61010-2-061:2018, fourth edition, 2018-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-101:19 (R2024)</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use – Part 2-101: Particular requirements for in vitro diagnostic (IVD) medical equipment (Adopted IEC 61010-2-101:2018, third edition, 2018-10, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-101 : Exigences particulières pour le matériel médical de diagnostic in vitro (DIV) (norme IEC 61010-2-101:2018 adoptée, troisième édition, 2018-10, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use – Part 2-101: Particular requirements for in vitro diagnostic (IVD) medical equipment (Adopted IEC 61010-2-101:2018, third edition, 2018-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-051:19 (R2024)</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-051: Particular requirements for laboratory equipment for mixing and stirring (Adopted IEC 61010-2-051:2018, fourth edition, 2018-10, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation, et de laboratoire — Partie 2-051 : Exigences particulières pour appareils de laboratoire utilisés pour mélanger et agiter (norme IEC 61010-2-051:2018 adoptée, quatrième édition, 2018-10, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-051: Particular requirements for laboratory equipment for mixing and stirring (Adopted IEC 61010-2-051:2018, fourth edition, 2018-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 110:19 (R2024)</t>
   </si>
   <si>
     <t>Electric storage-tank water heaters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.2:20</t>
   </si>
   <si>
     <t>Lighting systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-50:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-50: Particular requirements for commercial electric bains-marie (Adopted IEC 60335-2-50:2002, edition 4:2002 consolidated with amendment 1:2007 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-49:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-49: Particular requirements for commercial electric appliances for keeping food and crockery warm (Adopted IEC 60335-2-49:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-49 : Règles particulières pour les appareils électriques à usage collectif destinés à maintenir au chaud les aliments et la vaisselle (norme IEC 60335-2-49:2002 adoptée, édition 4:2002 consolidée par l’amendement 1:2008 et l’amendement 2:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-49: Particular requirements for commercial electric appliances for keeping food and crockery warm (Adopted IEC 60335-2-49:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-48:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-48: Particular requirements for commercial electric grillers and toasters (Adopted IEC 60335-2-48:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-48 : Règles particulières pour les grils et grille-pain électriques à usage collectif (norme IEC 60335-2-48:2002 adoptée, édition 4:2002 consolidée par l’amendement 1:2008 et l’amendement 2:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-48: Particular requirements for commercial electric grillers and toasters (Adopted IEC 60335-2-48:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-47:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-47: Particular requirements for commercial electric boiling pans (Adopted IEC 60335-2-47:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-42:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-42: Particular requirements for commercial electric forced convection ovens, steam cookers and steam-convection ovens (Adopted IEC 60335-2-42:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) ) Appareils électrodomestiques et analogues — Sécurité — Partie 2-42 : Règles particulières pour les fours électriques à convection forcée, les cuiseurs à vapeur électriques et les fours combinés vapeur-convection électriques à usage collectif (norme IEC 60335-2-42:2002 adoptée, édition 5:2002 consolidée par l’amendement 1:2008 et l’amendement 2:2017, avec exigences propres au Canada)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-39:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-39: Particular requirements for commercial electric multi-purpose cooking pans (Adopted IEC 60335-2-39:2012, edition 6:2012 consolidated with amendment 1:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-39 : Exigences particulières pour les sauteuses électriques à usage collectif (norme IEC 60335-2-39:2012 adoptée, édition 6:2012, consolidée par l’amendement 1:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-39: Particular requirements for commercial electric multi-purpose cooking pans (Adopted IEC 60335-2-39:2012, edition 6:2012 consolidated with amendment 1:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-38:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-38: Particular requirements for commercial electric griddles and griddle grills ( Adopted IEC 60335-2-38:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) } Appareils électrodomestiques et analogues — Sécurité — Partie 2-38 : Règles particulières pour les plaques à griller électriques à usage collectif (norme IEC 60335-2-38:2002 adoptée, édition 5:2002 consolidée par l’amendement 1:2008 et l’amendement 2:2017, avec exigences propres au Canada)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-37:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-37: Particular requirements for commercial electric doughnut fryers and deep fat fryers (Adopted IEC 60335-2-37:2017, sixth edition, 2017-03, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-37 : Exigences particulières pour les friteuses et les friteuses à beignets électriques à usage collectif (norme IEC 60335-2-37:2017 adoptée, sixième édition, 2017-03, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-37: Particular requirements for commercial electric doughnut fryers and deep fat fryers (Adopted IEC 60335-2-37:2017, sixth edition, 2017-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-36:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-36: Particular requirements for commercial electric cooking ranges, ovens, hobs and hob elements (Adopted IEC 60335-2-36:2017, sixth edition, 2017-04, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-36 : Exigences particulières pour les cuisinières, les fours, les tables de cuisson et les foyers de cuisson électriques à usage collectif (norme IEC 60335-2-36:2017 adoptée, sixième édition 2017-04, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-36: Particular requirements for commercial electric cooking ranges, ovens, hobs and hob elements (Adopted IEC 60335-2-36:2017, sixth edition, 2017-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C235:19</t>
   </si>
   <si>
     <t>Preferred voltage levels for AC systems up to 50 000 V</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 94.2:20 (R2025)</t>
   </si>
   <si>
     <t>Enclosures for electrical equipment, environmental considerations (Trinational standard with NMX-J-235/2-ANCE-2020 and UL 50E)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-12:19 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-12: Testing and measurement techniques - Ring wave immunity test (Adopted IEC 61000-4-12:2017, third edition, 2017-07) | Compatibilité électromagnétique (CEM) - Partie 4-12: Techniques d'essai et de mesure - Essai d'immunité à l'onde sinusoïdale amortie (norme IEC 61000-4-12:2017 adoptée, troisième édition, 2017-07)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-12: Testing and measurement techniques - Ring wave immunity test (Adopted IEC 61000-4-12:2017, third edition, 2017-07)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 139:19 (R2024)</t>
   </si>
   <si>
     <t>Electrically operated valves</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-2:19 (R2024)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-2: Particular requirements for hedge trimmers (Binational standard with UL 62841-4-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 30:20</t>
   </si>
   <si>
     <t>Explosion-proof equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-12:19 (R2024)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-12: Particular requirements for transportable threading machines (Binational standard with UL 62841-3-12)</t>
   </si>
@@ -2420,135 +2459,129 @@
   <si>
     <t>Extra-low-voltage control circuit cable, low-energy control cable, and extra-low-voltage control cable</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 104:20</t>
   </si>
   <si>
     <t>Humidifiers (Binational standard with UL 998)</t>
   </si>
   <si>
     <t>CSA C68.5:20</t>
   </si>
   <si>
     <t>Primary shielded and concentric neutral cable for distribution utilities</t>
   </si>
   <si>
     <t>CSA C68.10:20</t>
   </si>
   <si>
     <t>Shielded power cable for commercial and industrial applications, 5-46 kV</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-2:19 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-2: Particular requirements for the basic safety and essential performance of high frequency surgical equipment and high frequency surgical accessories (Adopted IEC 60601-2-2:2017, sixth edition, 2017-03, with Canadian deviations) | Appareils électromédicaux - Partie 2-2: Exigences particulières pour la sécurité de base et les performances essentielles des appareils d'électrochirurgie à courant haute fréquence et des accessoires d'électrochirurgie à courant haute fréquence (norme IEC 60601-2-2:2017 adoptée, sixième édition, 2017-03, avex exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-2: Particular requirements for the basic safety and essential performance of high frequency surgical equipment and high frequency surgical accessories (Adopted IEC 60601-2-2:2017, sixth edition, 2017-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-63:15/A1:19 (R2020)</t>
   </si>
   <si>
-    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-63:15, Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted amendment 1:2017 to IEC 60601-2-63:2012) | Modification 1:2019 à CSA C22.2 NO. 60601-2-63:15, Appareils électromédicaux – Partie 2-63 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement X dentaires extra-oraux (amendement 1:2017 adoptée à la norme IEC 60601-2-63:2012)</t>
+    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-63:15, Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted amendment 1:2017 to IEC 60601-2-63:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-65:15/A1:19 (R2020)</t>
   </si>
   <si>
-    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-65:15, Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted amendment 1:2017 to IEC 60601-2-65:2012) | Modification 1:2019 à CSA C22.2 NO. 60601-2-65:15, Appareils électromédicaux – Partie 2-65 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement x dentaires intra-oraux (amendement 1:2017 adoptée à la norme IEC 60601-2-65:2012)</t>
+    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-65:15, Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted amendment 1:2017 to IEC 60601-2-65:2012)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 273:19 (R2024)</t>
   </si>
   <si>
     <t>Cablebus</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62091:20</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear — Controllers for drivers of stationary fire pumps (Trinational standard with NMX-J-XXXX and UL 62091)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62133-1:20</t>
   </si>
   <si>
     <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Safety requirements for portable sealed secondary cells, and for batteries made from them, for use in portable applications — Part 1: Nickel systems (Binational standard with UL 62133-1)</t>
   </si>
   <si>
     <t>CSA CISPR 11:19 (R2024)</t>
   </si>
   <si>
-    <t>Industrial, scientific and medical equipment — Radio-frequency disturbance characteristics — Limits and methods of measurement (Adopted IEC CISPR 11:2015, edition 6:2015 consolidated with amendment 1:2016, with Canadian deviations) | Appareils industriels, scientifiques et médicaux — Caractéristiques de perturbations radioélectriques — Limites et méthodes de mesure (norme IEC CISPR 11:2015 adoptée, édition 6:2015 consolidée par amendement 1:2016, avec exigences propres au Canada)</t>
+    <t>Industrial, scientific and medical equipment — Radio-frequency disturbance characteristics — Limits and methods of measurement (Adopted IEC CISPR 11:2015, edition 6:2015 consolidated with amendment 1:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-28:18 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-28: Particular requirements for the basic safety and essential performance of X-ray tube assemblies for medical diagnosis (Adopted IEC 60601-2-28:2017, third edition, 2017-06, with Canadian deviations) | Appareils électromédicaux - Partie 2-28 : Exigences particulières pour la sécurité de base et les performances essentielles des gaines équipées pour diagnostic médical (norme IEC 60601-2-28:2017 adoptée, troisième édition, 2017-06, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-28: Particular requirements for the basic safety and essential performance of X-ray tube assemblies for medical diagnosis (Adopted IEC 60601-2-28:2017, third edition, 2017-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60730-2-12:19 (R2024)</t>
   </si>
   <si>
     <t>Automatic electrical controls - Part 2-12: Particular requirements for electrically operated door locks (Adopted IEC 60730-2-12:2015, third edition, 2015-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 88:19 (R2024)</t>
   </si>
   <si>
     <t>Industrial heating equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 290:19 (R2024)</t>
   </si>
   <si>
     <t>Photovoltaic combiners and recombiners</t>
   </si>
   <si>
     <t>CSA C60079-13:19 (R2024)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 13: Equipment protection by pressurized room "p" and artificially ventilated room "v" (Adopted IEC 60079-13:2017, second edition, 2017-05, with Canadian deviations) | Atmosphères explosives — Partie 13 : Protection du matériel par salle à surpression interne « p » et salle à ventilation artificielle « v » (norme IEC 60079-13:2017 adoptée, deuxième édition, 2017-05, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 13: Equipment protection by pressurized room "p" and artificially ventilated room "v" (Adopted IEC 60079-13:2017, second edition, 2017-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.8:19 (R2024)</t>
   </si>
   <si>
     <t>Safety functions incorporating electronic technology</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-0:19 (R2024)</t>
   </si>
   <si>
-    <t>Explosive atmospheres - Part 0: Equipment - General requirements (Adopted IEC 60079-0:2017, seventh edition, 2017-12, with Canadian deviations) | Atmosphères explosives Partie 0: Matériel - Exigences générales (norme IEC 60079-0:2017 adoptée, septième édition, 2017-12, avec exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Model Code for the field evaluation of electrical equipment</t>
+    <t>Explosive atmospheres - Part 0: Equipment - General requirements (Adopted IEC 60079-0:2017, seventh edition, 2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-17:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-17: Particular requirements for hand-held routers (Binational standard with UL 62841-2-17)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.1:19 (R2024)</t>
   </si>
   <si>
     <t>General requirements for double-insulated equipment</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-7A:16 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60079-7:16, Explosive atmospheres - Part 7: Equipment protection by increased safety "e" (Adopted amendment 1:2017 to IEC 60079-7:2015</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-18A:16 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60079-18:16, Explosive atmospheres - Part 18: Equipment protection by encapsulation "m" (Adopted amendment 1:2017 to IEC 60079-18:2014)</t>
   </si>
@@ -2564,114 +2597,114 @@
   <si>
     <t>Overhead transmission lines - Design criteria (Adopted IEC 60826:2017, fourth edition, 2017-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 338:19 (R2024)</t>
   </si>
   <si>
     <t>Type Class 2 power supplies (USB) and combination devices (receptacle/USB)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 320:19 (R2024)</t>
   </si>
   <si>
     <t>Controlled outlets</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 184.2:20 (R2025)</t>
   </si>
   <si>
     <t>Solid-state controls for lighting systems (SSCLS)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-58A:15 (R2020)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CSA C22.2 NO. 80601-2-58:15, Medical electrical equipment – Part 2-58: Particular requirements for the basic safety and essential performance of lens removal devices and vitrectomy devices for ophthalmic surgery (Adopted amendment 1:2016 to IEC 80601-2-58:2014) | Modification 1:2018 de CSA C22.2 NO. 80601-2-58:15, Appareils électromédicaux — Partie 2-58 : Exigences particulières pour la sécurité de base et les performances essentielles des dispositifs de retrait du cristallin et des dispositifs de vitrectomie pour la chirurgie ophtalmique (Amendement 1:2016 adoptée de la norme IEC 80601-2-58:2014)</t>
+    <t>Amendment 1:2018 to CSA C22.2 NO. 80601-2-58:15, Medical electrical equipment – Part 2-58: Particular requirements for the basic safety and essential performance of lens removal devices and vitrectomy devices for ophthalmic surgery (Adopted amendment 1:2016 to IEC 80601-2-58:2014)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-6:14/A1:18 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-6:14, Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted amendment 1:2016 to IEC 60601-2-6:2012) | Modification 1:2018 à CAN/CSA-C22.2 NO. 60601-2-6:14, Appareils électromédicaux - Partie 2-6 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à micro-ondes (amendement 1:2016 adoptée à la norme CEI 60601-2-6:2012)</t>
+    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-6:14, Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted amendment 1:2016 to IEC 60601-2-6:2012)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-3:14/A1:18 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-3:14, Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted amendment 1:2016 to IEC 60601-2-3:2012) | Modification 1:2018 à CAN/CSA-C22.2 NO. 60601-2-3:14, Appareils électromédicaux - Partie 2-3: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à ondes courtes (amendement 1:2016 adoptée à la norme IEC 60601-2-3:2012)</t>
+    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-3:14, Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted amendment 1:2016 to IEC 60601-2-3:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.12:19 (R2024)</t>
   </si>
   <si>
     <t>Wiring space and wire bending space in enclosures</t>
   </si>
   <si>
     <t>CSA/ANSI Z83.21:20 (R2025)/CSA C22.2 NO. 168:20 (R2024)</t>
   </si>
   <si>
     <t>Commercial dishwashers</t>
   </si>
   <si>
     <t>CSA C88.1:18 (R2023)</t>
   </si>
   <si>
     <t>Power transformer and reactor bushings</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-107:20</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-46:19 (R2024)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 46: Equipment assemblies (Adopted IEC TS 60079-46:2017, first edition, 2017-08, with Canadian deviations) | Atmosphères explosives — Partie 46 : Assemblages d’appareils (norme IEC TS 60079-46:2017 adoptée, première édition, 2017-08, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 46: Equipment assemblies (Adopted IEC TS 60079-46:2017, first edition, 2017-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-15:18 (R2023)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 15: Equipment protection by type of protection "n” (Adopted IEC 60079-15:2017, fifth edition, 2017-12, with Canadian deviations) | Atmosphères explosives — Partie 15 : Protection du matériel par mode de protection « n » (norme IEC 60079-15:2017 adoptée, cinquième édition, 2017-12, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 15: Equipment protection by type of protection "n” (Adopted IEC 60079-15:2017, fifth edition, 2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA SPE-3000:19</t>
   </si>
   <si>
     <t>Model code for the field evaluation of medical electrical equipment (MEE) and medical electrical systems (MES)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC CISPR 16-1-1:18 (R2023)</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 1-1: Radio disturbance and immunity measuring apparatus - Measuring apparatus (Adopted IEC CISPR 16-1-1:2015, fourth edition, 2015-09) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l’immunité aux perturbations radioélectriques - Partie 1-1 : Appareils de mesure des perturbations radioélectriques et de l’immunité aux perturbations radioélectriques - Appareils de mesure (norme IEC CISPR 16-1-1:2015 adoptée, quatrième édition, 2015-09)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 1-1: Radio disturbance and immunity measuring apparatus - Measuring apparatus (Adopted IEC CISPR 16-1-1:2015, fourth edition, 2015-09)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-6-2:18 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 6-2: Generic standards - Immunity standard for industrial environments (Adopted IEC 61000-6-2:2016, third edition, 2016-08) | Compatibilité électromagnétique (CEM) - Partie 6-2: Normes génériques - Norme d'immunité pour les environnements industriels (norme IEC 61000-6-2:2016 adoptée, troisème édition, 2016-08)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 6-2: Generic standards - Immunity standard for industrial environments (Adopted IEC 61000-6-2:2016, third edition, 2016-08)</t>
   </si>
   <si>
     <t>CSA C156.2:18 (R2023)</t>
   </si>
   <si>
     <t>Composite station post insulators</t>
   </si>
   <si>
     <t>CSA C156.1:18 (R2023)</t>
   </si>
   <si>
     <t>Ceramic and glass station post insulators</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60320-3:19 (R2024)</t>
   </si>
   <si>
     <t>Appliance couplers for household and similar general purposes — Part 3: Standard sheets and gauges (Bi-national standard, with UL 60320-3)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60320-1:19 (R2024)</t>
   </si>
   <si>
     <t>Appliance couplers for household and similar general purposes — Part 1: General requirements (Binational standard with UL 60320-1)</t>
   </si>
@@ -2705,135 +2738,135 @@
   <si>
     <t>Wire and cable test methods (Trinational standard with NMX-J-556-ANCE-2021 and UL 2556)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 61010-1-12/A1:18 (R2022)</t>
   </si>
   <si>
     <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 61010-1-12, Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 1: General requirements (Adopted IEC 61010- 1:2010) (Tri-national standard, with UL 61010-1 and ANSI/ISA-61010-1 (82.02.01)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-13:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-13: Particular requirements for transportable drills (Binational standard with UL 62841-3-13)</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-9:18 (R2023)</t>
   </si>
   <si>
     <t>Automatic electrical controls — Part 2-9: Particular requirements for temperature sensing controls (Adopted IEC 60730-2-9:2018, edition 4:2015 consolidated with amendment 1:2018, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 61936-1:18 (R2023)</t>
   </si>
   <si>
-    <t>Power installations exceeding 1 kV a.c. - Part 1: Common rules (Adopted IEC 61936-1:2010, edition 2:2010 consolidated with amendment 1:2014, with Canadian deviations) | Installations électriques en courant alternatif de puissance supérieure à 1 kV - Partie 1: Règles communes (norme IEC 61936-1:2010 adoptée, édition'2:2010 consolidée par l'amendement 1:2014, avec exigences propres au Canada)</t>
+    <t>Power installations exceeding 1 kV a.c. - Part 1: Common rules (Adopted IEC 61936-1:2010, edition 2:2010 consolidated with amendment 1:2014, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-1:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-1: Particular requirements for hand-held drills and impact drills (Binational standard with UL 62841-2-1)</t>
   </si>
   <si>
     <t>IEEE 844.3-2019/CSA C22.2 NO. 293.3:19 (R2024)</t>
   </si>
   <si>
     <t>Impedance heating of pipelines and equipment—General, testing, marking, and documentation requirements</t>
   </si>
   <si>
     <t>IEEE 844.4-2019/CSA C293.4:19 (R2024)</t>
   </si>
   <si>
     <t>Impedance heating of pipelines and equipment—Application guide for design, installation, testing, commissioning, and maintenance</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 2515:19 (R2023)</t>
   </si>
   <si>
     <t>Aboveground reinforced thermosetting resin conduit (RTRC) and fittings (Binational standard with UL 2515)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-6:18 (R2023)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-6: Particular requirements for stationary cooking ranges, hobs, ovens and similar appliances (Adopted IEC 60335-2-6:2014, sixth edition, 2014-02, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-6 : Exigences particulières pour les cuisinières, les tables de cuisson, les fours et les appareils fixes analogues (norme IEC 60335-2-6:2014 adoptée, sixième édition, 2014-02, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-6: Particular requirements for stationary cooking ranges, hobs, ovens and similar appliances (Adopted IEC 60335-2-6:2014, sixth edition, 2014-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 227.2.1:19 (R2023)</t>
   </si>
   <si>
     <t>Liquid-tight flexible nonmetallic conduit (Trinational standard with NMX-J-764-ANCE and UL 1660)</t>
   </si>
   <si>
     <t>C22.2 NO. 68-18 (R2023)</t>
   </si>
   <si>
     <t>Motor-operated appliances (household and commercial)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-21:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-21: Particular requirements for hand-held drain cleaners (Binational standard with UL 62841-2-21)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 227.1:19 (R2023)</t>
   </si>
   <si>
     <t>Electrical nonmetallic tubing (Binational standard with UL 1653)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 333:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motors for use in hazardous locations — Protection by maintaining the concentration of flammable fluids above the UFL (upper flammable limit)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-6-5:18 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 6-5: Generic standards — Immunity for equipment used in power station and substation environment (Adopted IEC 61000-6-5:2015, first edition, 2015-08) | Compatibilité électromagnétique (CEM) — Partie 6-5 : Normes génériques — Immunité pour les équipements utilisés dans les environnements de centrales électriques et de postes (norme IEC 61000-6-5:2015 adoptée, première édition, 2015-08)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 6-5: Generic standards — Immunity for equipment used in power station and substation environment (Adopted IEC 61000-6-5:2015, first edition, 2015-08)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC CISPR 16-2-3:18 (R2023)</t>
   </si>
   <si>
-    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 2-3: Methods of measurement of disturbances and immunity - Radiated disturbance measurements (Adopted IEC CISPR 16-2-3:2016, fourth edition, 2016-09) | Spécifications des méthodes et des appareils de mesure des perturbations radioélectriques et de l'immunité aux perturbations radioélectriques - Partie 2-3 : Méthodes de mesure des perturbations et de l'immunité - Mesures des perturbations rayonnées (norme IEC CISPR 16-2-3:2016 adoptée, quatrième édition, 2016-09)</t>
+    <t>Specification for radio disturbance and immunity measuring apparatus and methods - Part 2-3: Methods of measurement of disturbances and immunity - Radiated disturbance measurements (Adopted IEC CISPR 16-2-3:2016, fourth edition, 2016-09)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-44:10/A2:18 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2018 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 2:2016 to IEC 60601-2-44:2009) | Modification 2:2018 de CSA C22.2 NO. 60601-2-44:10, Appareils électromédicaux - Partie 2-44: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de tomodensitométrie (Amendement 2:2016 adoptée de la norme CEI 60601-2-44:2009)</t>
+    <t>Amendment 2:2018 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 2:2016 to IEC 60601-2-44:2009)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-10:14/A1:18 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-10:14, Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted amendment 1:2016 to IEC 60601-2-10:2012) | Modification 1:2018 à CAN/CSA-C22.2 NO. 60601-2-10:14, Appareils électromédicaux - Partie 2-10 : Exigences particulières pour la sécurité de base et les performances essentielles des stimulateurs de nerfs et de muscles (amendement 1:2016 adoptée à la norme CEI 60601-2-10:2012)</t>
+    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-10:14, Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted amendment 1:2016 to IEC 60601-2-10:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 308:18 (R2022)</t>
   </si>
   <si>
     <t>Cord reels and multi-outlet assemblies</t>
   </si>
   <si>
     <t>C22.2 NO. 14-18 (R2022)</t>
   </si>
   <si>
     <t>Industrial control equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 244:19 (R2024)</t>
   </si>
   <si>
     <t>Switchboards (Trinational standard with NMX-J-118/2-ANCE-2019 and UL 891)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-10:17 (R2022)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-10: Particular requirements for hand-held mixers (Binational standard with UL 62841-2-10)</t>
   </si>
@@ -2885,165 +2918,165 @@
   <si>
     <t>Junction and pull boxes</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-72:17 (R2022)</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-72: Particular requirements for basic safety and essential performance of home healthcare environment ventilators for ventilator-dependent patients (Adopted ISO 80601-2-72:2015, first edition, 2015-09-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 96.2:18 (R2022)</t>
   </si>
   <si>
     <t>Flexible power cables for wind turbine applications rated up to 35 kV</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-71:17 (R2022)</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-71: Particular requirements for the basic safety and essential performance of functional near-infrared spectroscopy (NIRS) equipment (Adopted IEC 80601-2-71:2015, first edition, 2015-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-40:17 (R2022)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-40: Particular requirements for the basic safety and essential performance of electromyographs and evoked response equipment (Adopted IEC 60601-2-40:2016, second edition , 2016-08, with Canadian deviations) | Appareils électromédicaux — Partie 2-40 : Exigences particulières pour la sécurité de base et les performances essentielles des électromyographes et des appareils à potentiel évoqué (norme IEC 60601-2-40:2016 adoptée, deuxième édition, 2016-08, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-40: Particular requirements for the basic safety and essential performance of electromyographs and evoked response equipment (Adopted IEC 60601-2-40:2016, second edition , 2016-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 61058-1:17 (R2022)</t>
   </si>
   <si>
     <t>Switches for appliances - Part 1: General requirements (Binational standard with UL 61058-1)</t>
   </si>
   <si>
     <t>CSA C60079-30-2:17 (R2022)</t>
   </si>
   <si>
     <t>Explosive atmospheres — Part 30-2: Electrical resistance trace heating — Application guide for design, installation and maintenance (Adopted IEC/IEEE 60079-30-2:2015, first edition, 2015-09, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60335-2-15A:14 (R2019)</t>
-[...2 lines deleted...]
-    <t>Amendment 1:2017 to CSA C22.2 NO. 60335-2-15:14, Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted amendment 1:2016 to IEC 60335-2-15:2012) | Modification 1:2017 de CSA C22.2 NO. 60335-2-15:14, Appareils électrodomestiques et analogues - Sécurité - Partie 2-15 : Règles particulières pour les appareils de chauffage des liquides (Amendement 1:2016 adoptée de la norme CEI 60335-2-15:2012)</t>
+    <t>CSA C22.2 NO. 60335-2-15:14/A1:17 (R2024)</t>
+  </si>
+  <si>
+    <t>Amendment 1:2017 to CSA C22.2 NO. 60335-2-15:14, Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted amendment 1:2016 to IEC 60335-2-15:2012)</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-7:18 (R2022)</t>
   </si>
   <si>
     <t>Automatic electrical controls — Part 2-7: Particular requirements for timers and time switches (Adopted IEC 60730-2-7:2015, third edition , 2015-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-020:17 (R2022)</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-020: Particular requirements for laboratory centrifuges (Adopted IEC 61010-2-020:2016, third edition, 2016-05) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire - Partie 2-020: Exigences particulières pour centrifugeuses de laboratoire (norme IEC 61010-2-020:2016 adoptée, troisième édition, 2016-05)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-020: Particular requirements for laboratory centrifuges (Adopted IEC 61010-2-020:2016, third edition, 2016-05)</t>
   </si>
   <si>
     <t>C22.2 NO. 213-17 (R2022)</t>
   </si>
   <si>
     <t>Nonincendive electrical equipment for use in Class I and II, Division 2 and Class III, Divisions 1 and 2 hazardous (classified) locations (Binational standard with UL 121201)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-16:17 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-16: Testing and measurement techniques — Test for immunity to conducted, common mode disturbances in the frequency range 0 Hz to 150 kHz (Adopted IEC 61000-4-16:2015, second edition, 2015-12) | Compatibilité électromagnétique (CEM) — Partie 4-16 : Techniques d’essai et de mesure — Essai d’immunité aux perturbations conduites en mode commun dans la plage de fréquences de 0 Hz à 150 kHz (norme IEC 61000-4-16:2015 adoptée, deuxième édition, 2015:12)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-16: Testing and measurement techniques — Test for immunity to conducted, common mode disturbances in the frequency range 0 Hz to 150 kHz (Adopted IEC 61000-4-16:2015, second edition, 2015-12)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-7-4:18 (R2022)</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear — Part 7-4: Ancillary equipment — PCB terminal blocks for copper conductors (Trinational standard with NMX-J-538/7-4-ANCE and UL 60974-7-4)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-11:17 (R2021)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-11: Particular requirements for hand-held reciprocating saws (Binational standard with UL 62841-2-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 205:17 (R2022)</t>
   </si>
   <si>
     <t>Signal equipment</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 282-17 (R2022)</t>
   </si>
   <si>
     <t>Plugs, receptacles, and couplers for electric vehicles (Trinational standard with UL 2251 and NMX-J-678-ANCE-2017)</t>
   </si>
   <si>
     <t>CSA C9:17 (R2022)</t>
   </si>
   <si>
     <t>Dry-type transformers</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60896-22:17 (R2022)</t>
   </si>
   <si>
-    <t>Stationary lead-acid batteries — Part 22: Valve regulated types - Requirements (Adopted IEC 60896-22:2004, first edition, 2004-02, with Canadian deviations) | Batteries stationnaires au plomb - Partie 22 : Types étanches à soupapes - Exigences (norme IEC 60896-22:2004 adoptée, première édition, 2004-02, avec exigences propres au Canada)</t>
+    <t>Stationary lead-acid batteries — Part 22: Valve regulated types - Requirements (Adopted IEC 60896-22:2004, first edition, 2004-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60896-11:17 (R2022)</t>
   </si>
   <si>
-    <t>Stationary lead-acid batteries — Part 11: Vented types — General requirements and methods of tests (Adopted IEC 60896-11:2002, first edition, 2002-12, with Canadian deviations) | Batteries stationnaires au plomb — Partie 11 : Batteries au plomb du type ouvert — Prescriptions générales et méthodes d’essai (norme IEC 60896-11:2002 adoptée, première édition, 2002-12, avec exigences propres au Canada)</t>
+    <t>Stationary lead-acid batteries — Part 11: Vented types — General requirements and methods of tests (Adopted IEC 60896-11:2002, first edition, 2002-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60896-21:17 (R2022)</t>
   </si>
   <si>
-    <t>Stationary lead-acid batteries — Part 21: Valve regulated types — Methods of test (Adopted IEC 60896-21:2004, first edition, 2004-02, with Canadian deviations) | Batteries stationnaires au plomb — Partie 21 : Types étanches à soupapes — Méthodes d’essai (norme IEC 60896-21:2004 adoptee, première édition, 2004-02, avec exigences propres au Canada)</t>
+    <t>Stationary lead-acid batteries — Part 21: Valve regulated types — Methods of test (Adopted IEC 60896-21:2004, first edition, 2004-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 336-17 (R2022)</t>
   </si>
   <si>
     <t>Particular requirements for rechargeable battery-operated commercial robotic floor treatment machines with traction drives</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-52A:11 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60601-2-52:11, Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted amendment 1:2015 to IEC 60601-2-52:2009) | Modification 1:2017 to CAN/CSA-C22.2 NO. 60601-2-52:11, Appareils électromédicaux - Partie 2-52 : Exigences particulières de sécurité de base et de performances essentielles des lits médicaux (Amendement 1:2015 adoptée de la norme IEC 60601-2-52:2009)</t>
+    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60601-2-52:11, Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted amendment 1:2015 to IEC 60601-2-52:2009)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-45:11/A1:17 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60601-2-45:11, Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted amendment 1:2015 to IEC 60601-2-45:2011) | Modification 1:2017 à CAN/CSA-C22.2 NO. 60601-2-45:11, Appareils électromédicaux - Partie 2-45 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de mammographie à rayonnement X et des appareils mammographiques stéréotaxiquesx (amendement 1:2015 adoptée à la norme IEC 60601-2-45:2011)</t>
+    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60601-2-45:11, Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted amendment 1:2015 to IEC 60601-2-45:2011)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-8A:12 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60606-2-8:12, Medical electrical equipment - Part 2-8: Particular requirements for the basic safety and essential performance of therapeutic X-ray equipment operating in the range 10kV to 1MV (Adopted amendment 1:2015 to IEC 60601-2-8:2010) | Modification 1:2017 de CAN/CSA-C22.2 NO. 60601-2-8:12, Appareils électromédicaux - Partie 2- 8: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de thérapie fonctionnant dans la gamme de 10kV à 1 MV (Amendement 1:2015 adoptée de la norme IEC 60601-2-8:2010)</t>
+    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60606-2-8:12, Medical electrical equipment - Part 2-8: Particular requirements for the basic safety and essential performance of therapeutic X-ray equipment operating in the range 10kV to 1MV (Adopted amendment 1:2015 to IEC 60601-2-8:2010)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-30-1:17 (R2022)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 30-1: Electrical resistance trace heating - General and testing requirements (Adopted IEC/IEEE 60079-30-1:2015, first edition, 2015-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 165:17 (R2022)</t>
   </si>
   <si>
     <t>Electric boilers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 300:18 (R2023)</t>
   </si>
   <si>
     <t>Portable power equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 49:18 (R2022)</t>
   </si>
   <si>
     <t>Flexible cords and cables (Trinational standard with UL 62 and NMX-J-436-ANCE-2018)</t>
   </si>
@@ -3077,51 +3110,51 @@
   <si>
     <t>Surge protective devices - Type 1 - Permanently connected</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 25:17 (R2022)</t>
   </si>
   <si>
     <t>Enclosures for use in Class II, Division 1, Groups E, F, and G hazardous locations</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-8:16 (R2021)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-8: Particular requirements for hand-held shears and nibblers (Bi-national standard with UL 62841-2-8)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-4:16 (R2021)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-4: Particular requirements for transportable bench grinders (Bi-national standard with UL 62841-3-4)</t>
   </si>
   <si>
     <t>CSA CISPR 32:17 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility of multimedia equipment — Emission requirements (Adopted IEC CISPR 32:2015, second edition, 2015-03, with Canadian deviations) | Compatibilité électromagnétique des équipements multimédia — Exigences d’émission (norme IEC CISPR 32:2015 adoptée, deuxième édition, 2015-03, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility of multimedia equipment — Emission requirements (Adopted IEC CISPR 32:2015, second edition, 2015-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.4:17 (R2022)</t>
   </si>
   <si>
     <t>Bonding of electrical equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-6:17 (R2022)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 6: Equipment protection by liquid immersion "o" (Adopted IEC 60079-6:2015, fourth edition, 2015-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-6:17 (R2022)</t>
   </si>
   <si>
     <t>Automatic electrical controls — Part 2-6: Particular requirements for automatic electrical pressure sensing controls including mechanical requirements (Adopted IEC 60730-2-6:2015, third edition, 2015-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-29-1:17 (R2022)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 29-1: Gas detectors - Performance requirements of detectors for flammable gases (Adopted IEC 60079-29-1:2016, second edition, 2016-07, with Canadian deviations)</t>
   </si>
@@ -3137,75 +3170,75 @@
   <si>
     <t>Flatiron and appliance plugs (Binational standard with UL 498C)</t>
   </si>
   <si>
     <t>C22.2 NO. 109-17 (R2022)</t>
   </si>
   <si>
     <t>Commercial cooking appliances</t>
   </si>
   <si>
     <t>IEEE 844.2-2017/CSA C293.2:17 (R2022)</t>
   </si>
   <si>
     <t>Skin effect trace heating of pipelines, vessels, equipment, and structures—Application guide for design, installation, testing, commissioning, and maintenance</t>
   </si>
   <si>
     <t>IEEE 844.1-2017/CSA C22.2 NO. 293.1:17 (R2022)</t>
   </si>
   <si>
     <t>Skin effect trace heating of pipelines, vessels, equipment, and structures—General, testing, marking, and documentation requirements</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-30:16 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-30: Testing and measurement techniques — Power quality measurement methods (Adopted IEC 61000-4-30:2015, third edition, 2015-02) | Compatibilité électromagnétique (CEM) — Partie 4-30 : Techniques d’essai et de mesure — Méthodes de mesure de la qualité de l’alimentation (norme IEC 61000-4-30:2015 adoptée, troisième édition, 2015-02)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-30: Testing and measurement techniques — Power quality measurement methods (Adopted IEC 61000-4-30:2015, third edition, 2015-02)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61511-1:17 (R2022)</t>
   </si>
   <si>
-    <t>Functional safety — Safety instrumented systems for the process industry sector — Part 1: Framework, definitions, system, hardware and application programming requirements (Adopted IEC 61511-1:2016, second edition, 2016-02, with Canadian deviations) | Sécurité fonctionnelle — Systèmes instrumentes de sécurité pour le secteur des industries de transformation — Partie 1 : Cadre, définitions, exigences pour le système, le matériel et la programmation d’application (norme IEC 61511-1:2016 adoptée, deuxième édition, 2016-02, avec exigences propres au Canada)</t>
+    <t>Functional safety — Safety instrumented systems for the process industry sector — Part 1: Framework, definitions, system, hardware and application programming requirements (Adopted IEC 61511-1:2016, second edition, 2016-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-3:17 (R2022)</t>
   </si>
   <si>
-    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 3: Software requirements (Adopted IEC 61508-3:2010, second edition, 2010-04, with Canadian deviations) | Sécurité fonctionnelle des systèmes électriques/électroniques/électroniques programmables relatifs à la sécurité — Partie 3 : Exigences concernant les logiciels (norme IEC 61508-3:2010 adoptée, deuxième édition, 2010-04, avec exigences propres au Canada)</t>
+    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 3: Software requirements (Adopted IEC 61508-3:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-2:17 (R2022)</t>
   </si>
   <si>
-    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 2: Requirements for electrical/electronic/programmable electronic safety-related systems (Adopted IEC 61508-2:2010, second edition, 2010-04, with Canadian deviations) | Sécurité fonctionnelle des systèmes électriques/électroniques/électroniques programmables relatifs à la sécurité — Partie 2 : Exigences pour les systèmes électriques/électroniques/électroniques programmables relatifs à la sécurité (norme IEC 61508-2:2010 adoptee, deuxième édition, 2010-04, avec exigences propres au Canada)</t>
+    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 2: Requirements for electrical/electronic/programmable electronic safety-related systems (Adopted IEC 61508-2:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-1:17 (R2022)</t>
   </si>
   <si>
-    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 1: General requirements (Adopted IEC 61508-1:2010, second edition, 2010-04, with Canadian deviations) | Sécurité fonctionnelle des systèmes électriques/électroniques/électroniques programmables relatifs à la sécurité — Partie 1 : Exigences générales (norme IEC 61508-1:2010 adoptée, deuxième édition, 2010-04, avec exigences propres au Canada)</t>
+    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 1: General requirements (Adopted IEC 61508-1:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 233:17 (R2022)</t>
   </si>
   <si>
     <t>Cords and cord sets for communication systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 52:17 (R2022)</t>
   </si>
   <si>
     <t>Underground secondary and service-entrance cables</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60950-22:17 (R2022)</t>
   </si>
   <si>
     <t>Information technology equipment - Safety - Part 22: Equipment to be installed outdoors (Binational standard with UL 60950-22)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 331:17 (R2021)</t>
   </si>
   <si>
     <t>Flat cable systems</t>
   </si>
@@ -3275,129 +3308,129 @@
   <si>
     <t>Armoured segmented power and communication assembly (ASPCA)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-6:16 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-6: Particular requirements for transportable diamond drills with liquid system (Bi-national standard with UL 62841-3-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-5:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 5: Equipment protection by powder filling "q" (Adopted IEC 60079-5:2015, fourth edition, 2015-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>C22.2 NO. 150-16 (R2021)</t>
   </si>
   <si>
     <t>Microwave ovens</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60529:16 (R2021)</t>
   </si>
   <si>
-    <t>Degrees of protection provided by enclosures (IP Code) (Adopted IEC 60529:1989, edition 2:1989 consolidated with amendment 1:1999 and amendment 2:2013, with Canadian deviations) | Degrés de protection procurés par les enveloppes (Code IP) (norme IEC 60529:1989 adoptée , édition 2:1989 consolidée par l’amendement 1:1999 et l’amendement 2:2013, avec exigences propres au Canada)</t>
+    <t>Degrees of protection provided by enclosures (IP Code) (Adopted IEC 60529:1989, edition 2:1989 consolidated with amendment 1:1999 and amendment 2:2013, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C88:16 (R2021)</t>
   </si>
   <si>
     <t>Power transformers and reactors</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-7:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 7: Equipment protection by increased safety "e" (Adopted IEC 60079-7:2015, fifth edition, 2015-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 96.1:16 (R2021)</t>
   </si>
   <si>
     <t>Mine power feeder cables</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 75:17 (R2022)</t>
   </si>
   <si>
     <t>Thermoplastic insulated wires and cables (Trinational standard with UL 83 and NMX-J-010-ANCE-2017)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 195:16 (R2021)</t>
   </si>
   <si>
     <t>Motor-operated food processing appliances (household and commercial)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-28:16 (R2021)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 28: Protection of equipment and transmission systems using optical radiation (Adopted IEC 60079-28:2015, second edition, 2015-05, with Canadian deviations) | Atmosphères explosives — Partie 28 : Protection du matériel et des systèmes de transmission utilisant le rayonnement optique (norme IEC 60079-28: 2015 adoptée, deuxième édition, 2015-05, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 28: Protection of equipment and transmission systems using optical radiation (Adopted IEC 60079-28:2015, second edition, 2015-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60079-18:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 18: Equipment protection by encapsulation "m" (Adopted IEC 60079-18:2014, fourth edition, 2014-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-35-2:16 (R2021)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 35-2: Caplights for use in mines susceptible to firedamp — Performance and other safety- related matters (Adopted IEC 60079-35-2:2011, first edition, 2011-12, with Canadian deviations) | Atmosphères explosives — Partie 35-2 : Lampes-chapeaux utilisables dans les mines grisouteuses — Performances et autres sujets relatifs à la sécurité (norme IEC 60079-35-2:2011 adoptée, première édition, 2011-12, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 35-2: Caplights for use in mines susceptible to firedamp — Performance and other safety- related matters (Adopted IEC 60079-35-2:2011, first edition, 2011-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-35-1:16 (R2021)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 35-1: Caplights for use in mines susceptible to firedamp — General requirements — Construction and testing in relation to the risk of explosion (Adopted IEC 60079-35-1:2011, first edition, 2011-05, with Canadian deviations) | Atmosphères explosives — Partie 35-1 : Lampes-chapeaux utilisables dans les mines grisouteuses — Exigences générales — Construction et essais liés au risque d’explosion (norme IEC 60079-35-1:2011 adoptée, première édition, 2011-05, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 35-1: Caplights for use in mines susceptible to firedamp — General requirements — Construction and testing in relation to the risk of explosion (Adopted IEC 60079-35-1:2011, first edition, 2011-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 214:17 (R2021)</t>
   </si>
   <si>
     <t>Communications cables (Bi-national standard, with UL 444)</t>
   </si>
   <si>
     <t>CSA C57:16 (R2021)</t>
   </si>
   <si>
     <t>Electric power connectors for use in overhead line conductors</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-4:16 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-4: Testing and measurement techniques - Electrical fast transient/burst immunity test (Adopted IEC 61000-4-4:2012, third edition, 2012-04) | Compatibilité électromagnétique (CEM) - Partie 4-4: Techniques d'essai et de mesure - Essai d'immunité aux transitoires électriques rapides en salves (norme IEC 61000-4-4:2012 adoptée, troisième édition, 2012-04)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-4: Testing and measurement techniques - Electrical fast transient/burst immunity test (Adopted IEC 61000-4-4:2012, third edition, 2012-04)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-29-4:16 (R2021)</t>
   </si>
   <si>
-    <t>Explosive atmospheres — Part 29-4: Gas detectors — Performance requirements of open path detectors for flammable gases (Adopted IEC 60079-29-4:2009, first edition, 2009-11, with Canadian deviations) | Atmosphères explosives — Partie 29-4 : Détecteurs de gaz — Exigences d’aptitude à la fonction des détecteurs de gaz inflammables à chemin ouvert (norme IEC 60079-29-4:2009 adoptée, première édition, 2009-11, avec exigences propres au Canada)</t>
+    <t>Explosive atmospheres — Part 29-4: Gas detectors — Performance requirements of open path detectors for flammable gases (Adopted IEC 60079-29-4:2009, first edition, 2009-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>C22.2 NO. 182.3-16 (R2021)</t>
   </si>
   <si>
     <t>Special use attachment plugs, receptacles and connectors</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 182.1:17 (R2021)</t>
   </si>
   <si>
     <t>Plugs, receptacles, and cable connectors of the pin and sleeve type (Trinational standard with NMX-J-719-ANCE and UL 1682)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60079-2:16 (R2021)</t>
   </si>
   <si>
     <t>Explosive atmospheres - Part 2: Equipment protection by pressurized enclosure "p" (Adopted IEC 60079-2:2014, sixth edition, 2014-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-9:16 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-9: Particular requirements for hand-held tappers and threaders (Bi-national standard with UL 62841-2-9)</t>
   </si>
@@ -3407,1101 +3440,1101 @@
   <si>
     <t>Explosive atmospheres - Part 1: Equipment protection by flameproof enclosures "d" (Adopted IEC 60079-1:2014, seventh edition, 2014-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 107.1:16 (R2021)</t>
   </si>
   <si>
     <t>Power conversion equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 123:16 (R2021)</t>
   </si>
   <si>
     <t>Metal sheathed cables</t>
   </si>
   <si>
     <t>C22.2 NO. 61-16 (R2021)</t>
   </si>
   <si>
     <t>Household cooking ranges</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-12:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted IEC 60601-1-12:2014, first edition, 2014-06, with Canadian deviations) | Appareils électromédicaux — Partie 1-12 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux destinés à être utilisés dans l'environnement des services médicaux d'urgence (norme IEC 60601-1-12:2014 adoptée, première édition, 2014-06, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted IEC 60601-1-12:2014, first edition, 2014-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 79:16 (R2021)</t>
   </si>
   <si>
     <t>Cellular metal and cellular concrete floor raceways and fittings</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80:16 (R2021)</t>
   </si>
   <si>
     <t>Underfloor raceways and fittings</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-4:15 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-4: Particular requirements for hand-held sanders and polishers other than disc type (Bi-national standard with UL 62841-2-4)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-3:09/A1:15 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2015 to CSA C22.2 NO. 60601-1-3:09, Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted amendment 1:2013 to IEC 60601-1:2008) | Modification 1:2015 de CSA C22.2 NO. 60601-1-3:09, Appareils électromédicaux - Partie 1-3: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Radioprotection dans les appareils à rayonnement X de diagnostic (Amendement 1:2013 adoptée de la norme IEC 60601-1:2008)</t>
+    <t>Amendment 1:2015 to CSA C22.2 NO. 60601-1-3:09, Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted amendment 1:2013 to IEC 60601-1:2008)</t>
   </si>
   <si>
     <t>C22.2 NO. 80601-2-58:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment – Part 2-58: Particular requirements for the basic safety and essential performance of lens removal devices and vitrectomy devices for ophthalmic surgery (Adopted IEC 80601-2-58:2014, second edition, 2014-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-58 : Exigences particulières pour la sécurité de base et les performances essentielles des dispositifs de retrait du cristallin et des dispositifs de vitrectomie pour la chirurgie ophtalmique (norme IEC 80601-2-58:2014 adoptée, deuxième édition, 2014-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment – Part 2-58: Particular requirements for the basic safety and essential performance of lens removal devices and vitrectomy devices for ophthalmic surgery (Adopted IEC 80601-2-58:2014, second edition, 2014-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-11:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-11: General requirements for basic safety and essential performance - Collateral Standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted IEC 60601-1-11:2015, second edition, 2015-01, with Canadian deviations) | Appareils électromédicaux - Partie 1-11 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux utilisés dans l'environnement des soins à domicile (norme IEC 60601-1-11:2015 adoptée, deuxième édition, 2015-01, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-11: General requirements for basic safety and essential performance - Collateral Standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted IEC 60601-1-11:2015, second edition, 2015-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-65:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted IEC 60601-2-65:2012, first edition, 2012-09, with Canadian deviations) | Appareils électromédicaux – Partie 2-65 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement x dentaires intra-oraux (norme IEC 60601-2-65:2012 adoptée, première édition, 2012-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted IEC 60601-2-65:2012, first edition, 2012-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-63:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted IEC 60601-2-63:2012, first edition, 2012-09, with Canadian deviations) | Appareils électromédicaux – Partie 2-63 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement X dentaires extra-oraux( norme IEC 60601-2-63:2012 adoptée, première édition, 2012-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted IEC 60601-2-63:2012, first edition, 2012-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-64:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-64: Particular requirements for the basic safety and essential performance of light ion beam medical electrical equipment (Adopted IEC 60601-2-64:2014, first edition, 2014-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-64 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils électromédicaux par faisceau d'ions légers (norme IEC 60601-2-64:2014 adoptée, première édition, 2014-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-64: Particular requirements for the basic safety and essential performance of light ion beam medical electrical equipment (Adopted IEC 60601-2-64:2014, first edition, 2014-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-62:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment – Part 2-62: Particular requirements for the basic safety and essential performance of high intensity therapeutic ultrasound (HITU) equipment (Adopted IEC 60601-2-62:2013, first edition, 2013-07, with Canadian deviations) | Appareils électromédicaux — Partie 2-62 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils ultrasonores thérapeutiques de haute intensité (HITU) (norme IEC 60601-2-62:2013 adoptée, première édition, 2013-07, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment – Part 2-62: Particular requirements for the basic safety and essential performance of high intensity therapeutic ultrasound (HITU) equipment (Adopted IEC 60601-2-62:2013, first edition, 2013-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-68:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-68: Particular requirements for the basic safety and essential performance of X-ray-based image-guided radiotherapy equipment for use with electron accelerators, light ion beam therapy equipment and radionuclide beam therapy equipment (Adopted IEC 60601-2-68:2014, first edition, 2014-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-68 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de radiothérapie à rayonnement X assistée par imagerie médicale, destinés à être utilisés avec les accélérateurs d’électrons, les appareils de thérapie par faisceau d’ions légers et les appareils de thérapie par faisceau de radionucléides (norme IEC 60601-2-68:2014 adoptée, première édition, 2014-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-68: Particular requirements for the basic safety and essential performance of X-ray-based image-guided radiotherapy equipment for use with electron accelerators, light ion beam therapy equipment and radionuclide beam therapy equipment (Adopted IEC 60601-2-68:2014, first edition, 2014-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 309:16 (R2021)</t>
   </si>
   <si>
     <t>Industrial clothes dryers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.2:16 (R2020)</t>
   </si>
   <si>
     <t>Insulation coordination</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-59:16 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-59: Particular requirements for insect killers (Adopted IEC 60335-2-59:2002, edition 3:2002 consolidated with amendment 1:2006 and amendment 2:2009, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-59 : Règles particulières pour les destructeurs d’insectes (norme IEC 60335-2-59:2002 adoptée, édition 3:2002, consolidée par l’amendement 1:2006 et l’amendement 2:2009, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-59: Particular requirements for insect killers (Adopted IEC 60335-2-59:2002, edition 3:2002 consolidated with amendment 1:2006 and amendment 2:2009, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C411.7:16 (R2021)</t>
   </si>
   <si>
     <t>Composite insulators for guy wires</t>
   </si>
   <si>
     <t>CSA C411.6:16 (R2021)</t>
   </si>
   <si>
     <t>Line post composite insulators for overhead distribution lines ≤ 75 kV</t>
   </si>
   <si>
     <t>CSA C411.5:16 (R2021)</t>
   </si>
   <si>
     <t>Dead-end/suspension composite insulators for overhead lines ≤ 75 kV</t>
   </si>
   <si>
     <t>CSA C411.4:16 (R2021)</t>
   </si>
   <si>
     <t>Composite suspension insulators for overhead lines &gt; 75 kV</t>
   </si>
   <si>
     <t>CSA C411.1:16 (R2021)</t>
   </si>
   <si>
     <t>AC suspension insulators</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 74:16 (R2020)</t>
   </si>
   <si>
     <t>Equipment for use with electric discharge lamps</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.1:16 (R2020)</t>
   </si>
   <si>
     <t>Retrofit kits for luminaire conversion</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11/A1:15 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2015 to CAN/CSA-C22.2 NO. 60601-1-6:11, Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted amendment 1:2013 to IEC 60601-1-6:2010) | Modification 1:2015 de CAN/CSA-C22.2 NO. 60601-1-6:11, Appareils électromédicaux - Partie 1-6: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Aptitude à l'utilisation (Amendement 1:2013 adoptée de la norme IEC 60601-1-6:2010)</t>
+    <t>Amendment 1:2015 to CAN/CSA-C22.2 NO. 60601-1-6:11, Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted amendment 1:2013 to IEC 60601-1-6:2010)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-2:16 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-2: Particular requirements for hand-held screwdrivers and impact wrenches (Bi-national standard with UL 62841-2-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-2:16 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (IEC 60601-1-2:2014, fourth edition, 2014-02, with Canadian deviations) | Appareils électromédicaux — Partie 1-2 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Perturbations électromagnétiques — Exigences et essais (norme IEC 60601-1-2:2014 adoptée, quatrième édition, 2014-02, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (IEC 60601-1-2:2014, fourth edition, 2014-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-36:16 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-36: Particular requirements for the basic safety and essential performance of equipment for extracorporeally induced lithotripsy (Adopted IEC 60601-2-36:2014, second edition, 2014-04, with Canadian deviations) | Appareils électromédicaux — Partie 2-36 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils pour lithotritie créée de façon extracorporelle (norme IEC 60601-2-36:2014 adoptée, deuxième édition, 2014-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-36: Particular requirements for the basic safety and essential performance of equipment for extracorporeally induced lithotripsy (Adopted IEC 60601-2-36:2014, second edition, 2014-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-10:15 (R2020)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-10: Particular requirements for floor treatment machines and wet scrubbing machines (Adopted IEC 60335-2-10:2002, edition 5:2002 consolidated with amendment 1:2008, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-10 : Règles particulières pour les appareils de traitement des sols et les machines à brosser les sols mouillés (norme IEC 60335-2-10:2002, édition 5:2002 consolidée par l'amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-10: Particular requirements for floor treatment machines and wet scrubbing machines (Adopted IEC 60335-2-10:2002, edition 5:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 128:16 (R2020)</t>
   </si>
   <si>
     <t>Vending machines</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 287:16 (R2020)</t>
   </si>
   <si>
     <t>Plumbing fittings incorporating electrical and/or electronic features</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 43:17 (R2022)</t>
   </si>
   <si>
     <t>Lampholders (Binational standard with UL 496)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.5:16 (R2020)</t>
   </si>
   <si>
     <t>Threaded conduit entries</t>
   </si>
   <si>
     <t>C22.2 NO. 89-15 (R2020)</t>
   </si>
   <si>
     <t>Swimming-pool luminaires, submersible luminaires, and accessories</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60086-1:19 (R2024)</t>
   </si>
   <si>
     <t>Primary batteries — Part 1: General (Adopted IEC 60086-1:2015, twelfth edition, 2015-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60086-4:19 (R2024)</t>
   </si>
   <si>
-    <t>Primary batteries — Part 4: Safety of lithium batteries (Adopted IEC 60086-4:2014, fourth edition, 2014-09, with Canadian deviations) | Piles électriques — Partie 4 : Sécurité des piles au lithium (norme IEC 60086-4:2014 adoptée, quatrième édition, 2014-09, avec exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Self-ballasted LED-lamps for general lighting services by voltage &gt; 50 V – Safety specifications (Adopted IEC IEC 62560:2011, edition 1:2011 consolidated with amendment 1:2015, with Canadian deviations) | Lampes à DEL autoballastées pour l’éclairage général fonctionnant à des tensions &gt; 50 V – Spécifications de sécurité (norme IEC 62560:2011 adoptée, édition 1:2011 consolidée par l’amendement 1:2015, avec exigences propres au Canada)</t>
+    <t>Primary batteries — Part 4: Safety of lithium batteries (Adopted IEC 60086-4:2014, fourth edition, 2014-09, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 62560:16 (R2025)</t>
+  </si>
+  <si>
+    <t>Self-ballasted LED-lamps for general lighting services by voltage &gt; 50 V – Safety specifications (Adopted IEC IEC 62560:2011, edition 1:2011 consolidated with amendment 1:2015, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61000-3-14:15 (R2024)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) — Part 3-14: Assessment of emission limits for harmonics, interharmonics, voltage fluctuations and unbalance for the connection of disturbing installations to LV power systems (Adopted IEC/TR 61000-3-14:2011, first edition, 2011-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 160:15 (R2020)</t>
   </si>
   <si>
     <t>Voltage and polarity testers</t>
   </si>
   <si>
     <t>CSA E60825-1:15 (R2020)</t>
   </si>
   <si>
-    <t>Safety of laser products — Part 1: Equipment classification and requirements (Adopted IEC 60825-1:2014, third edition, 2014-05, with Canadian deviations) | Sécurité des appareils à laser — Partie 1 : Classification des matériels et exigences (norme IEC 60825-1:2014 adoptée, troisième édition, 2014-05, avec exigences propres au Canada)</t>
+    <t>Safety of laser products — Part 1: Equipment classification and requirements (Adopted IEC 60825-1:2014, third edition, 2014-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 223:15 (R2020)</t>
   </si>
   <si>
     <t>Power supplies with extra-low-voltage class 2 outputs</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-28:16 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-28: Particular requirements for sewing machines (Adopted IEC 60335-2-2 8:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations) | Appareils électrodomestiques et analogues – Sécurité – Partie 2-28 : Règles particulières pour les machines à coudre (norme IEC 60335-2-28:2002 adoptée, édition 4:2002 consolidée par l’amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-28: Particular requirements for sewing machines (Adopted IEC 60335-2-2 8:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-16:16 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-16: Particular requirements for food waste disposers (Adopted IEC 60335-2-16:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations) | Appareils électrodomestiques et analogues – Sécurité – Partie 2-16 : Règles particulières pour les broyeurs de déchets (norme IEC 60335-2-16:2002 adoptée, édition 5:2002 consolidée par l'amendement 1:2008 et l'amendement 2:2011, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-16: Particular requirements for food waste disposers (Adopted IEC 60335-2-16:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 222:16 (R2021)</t>
   </si>
   <si>
     <t>Type FCC undercarpet wiring system</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 203:16 (R2021)</t>
   </si>
   <si>
     <t>Modular wiring systems for office furniture</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 178.3:17 (R2022)</t>
   </si>
   <si>
     <t>Transfer switch equipment, over 1000 volts (Binational standard with UL 1008A)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-7-1:17 (R2022)</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear — Part 7-1: Ancillary equipment — Terminal blocks for copper conductors (Trinational standard with NMX-J-538/7-1-ANCE and UL 60947-7-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-7-2:17 (R2022)</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear — Part 7-2: Ancillary equipment — Protective conductor terminal blocks for copper conductors (Trinational standard with NMX-J-538/7-2-ANCE and UL 60947-7-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60947-7-3:17 (R2022)</t>
   </si>
   <si>
     <t>Low-voltage switchgear and controlgear — Part 7-3: Ancillary equipment — Safety requirements for fuse terminal blocks (Trinational standard NMX-J-538/7-3-ANCE with UL 60947-7-3)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-6:15 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-6: Testing and measurement techniques - Immunity to conducted disturbances, induced by radiofrequency fields (Adopted IEC 61000-4-6:2013, fourth edition, 2013-10) | Compatibilité électromagnétique (CEM) - Partie 4-6 : Techniques d'essai et de mesure - Immunité aux perturbations conduites, induites par les champs radioélectriques (norme IEC 61000-4-6:2013 adoptée, quatrième édition, 2013-10)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-6: Testing and measurement techniques - Immunity to conducted disturbances, induced by radiofrequency fields (Adopted IEC 61000-4-6:2013, fourth edition, 2013-10)</t>
   </si>
   <si>
     <t>C22.2 NO. 144.1-16 (R2020)</t>
   </si>
   <si>
     <t>Ground-fault circuit-interrupters (Tri-national standard with UL 943 and NMX-J-520-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-55:15 (R2020)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-55: Particular requirements for electrical appliances for use with aquariums and garden ponds (Adopted IEC 60335-2-55:2002, edition 3:2002 consolidated with amendment 1:2008, with Canadian deviations) | Règles particulières pour les appareils électriques à utiliser avec les aquariums et les bassins de jardin (norme IEC 60335-2-55:2002 adoptée, édition 3:2002 consolidée par l'amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-55: Particular requirements for electrical appliances for use with aquariums and garden ponds (Adopted IEC 60335-2-55:2002, edition 3:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 305:16 (R2020)</t>
   </si>
   <si>
     <t>Molded-case circuit breakers, molded-case switches, and circuit-breaker enclosures for use with photovoltaic (PV) systems (Bi-national standard with UL 489B)</t>
   </si>
   <si>
-    <t>CSA C61869-5:15 (R2019)</t>
-[...2 lines deleted...]
-    <t>Instrument transformers — Part 5: Additional requirements for capacitor voltage transformers (Adopted IEC 61869-5:2011, first edition, 2011-07) | Transformateurs de mesure — Partie 5 : Exigences supplémentaires concernant les transformateurs condensateurs de tension (norme IEC 61869-5:2011 adoptée, première édition, 2011-07, avec exigences propres au Canada)</t>
+    <t>CSA C61869-5:15 (R2024)</t>
+  </si>
+  <si>
+    <t>Instrument transformers — Part 5: Additional requirements for capacitor voltage transformers (Adopted IEC 61869-5:2011, first edition, 2011-07)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 4:16 (R2020)</t>
   </si>
   <si>
     <t>Enclosed and dead-front switches (Tri-national standard with NMX-J-162-ANCE-2016 and UL 98)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 263:15 (R2020)</t>
   </si>
   <si>
     <t>Fire pump controllers (Tri-national standard, with UL 218 and NMX-J-626-ANCE-2015)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 256:14 (R2024)</t>
   </si>
   <si>
     <t>Direct plug-in nightlights (Bi-national standard, with UL 1786)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08/A1:14 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2014 to CAN/CSA-C22.2 NO. 60601-1-8:08, Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted amendment 1:2012 to IEC 60601-1-8:2006) | Modification 1:2014 à CAN/CSA-C22.2 NO. 60601-1-8:08, Appareils électromédicaux - Partie 1-8: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences générales, essais et guide pour les systèmes d'alarme des appareils et des systèmes électromédicaux (amendement 1:2014 adoptée à la norme IEC 60601-1-8:2006)</t>
+    <t>Amendment 1:2014 to CAN/CSA-C22.2 NO. 60601-1-8:08, Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted amendment 1:2012 to IEC 60601-1-8:2006)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10A:09 (R2020)</t>
   </si>
   <si>
-    <t>Amendment 1:2014 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 1:2013 to IEC 60601-1-10:2007) | Modification 1:2014 à CSA C22.2 NO. 60601-1-10:09, Appareils électromédicaux - Partie 1-10: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour le développement des régulateurs physiologiques en boucle fermée (Amendement 1:2013 adoptée de la norme IEC 60601-1-10:2007)</t>
+    <t>Amendment 1:2014 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 1:2013 to IEC 60601-1-10:2007)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.23:15 (R2020)</t>
   </si>
   <si>
     <t>General requirements for battery-powered appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 166:15 (R2020)</t>
   </si>
   <si>
     <t>Stage and studio luminaires</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-9:15 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013, with Canadian deviations) | Appareils électromédicaux - Partie 1-9 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour une conception écoresponsable (norme IEC 60601-1-9:2007 adoptée, édition 1:2007, consolidée avec amendement 1:2013, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 218.2:15 (R2020)</t>
   </si>
   <si>
     <t>Hydromassage bathtub appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 55:15 (R2020)</t>
   </si>
   <si>
     <t>Special use switches</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 147:15 (R2020)</t>
   </si>
   <si>
     <t>Motor-operated gardening appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 184:15 (R2023)</t>
   </si>
   <si>
     <t>Solid-state lighting controls</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.15:15 (R2020)</t>
   </si>
   <si>
     <t>Adhesive labels</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 207:15 (R2020)</t>
   </si>
   <si>
     <t>Portable and stationary electric signs and displays</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-44:10/A1:14 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2014 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 1:2012 to IEC 60601-2-44:2009) | Modification 1:2014 de CSA C22.2 NO. 60601-2-44:10, Appareils électromédicaux - Partie 2-44: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de tomodensitométrie (Amendement 1:2012 adoptée de la norme CEI 60601-2-44:2009)</t>
-[...2 lines deleted...]
-    <t>CSA G12:14 (R2019)</t>
+    <t>Amendment 1:2014 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 1:2012 to IEC 60601-2-44:2009)</t>
+  </si>
+  <si>
+    <t>CSA G12:14 (R2024)</t>
   </si>
   <si>
     <t>Zinc-coated steel wire strand</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-17:15 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-17: Particular requirements for the basic safety and essential performance of automatically-controlled brachytherapy afterloading equipment (Adopted IEC 60601-2-17:2013, third edition, 2013-11, with Canadian deviations) | Appareils électromédicaux - Partie 2-17: Exigences particulières pour la sécurité de base et les performances essentielles des appareils projecteurs de sources radioactives à chargement différé automatique utilisés en brachythérapie (norme CEI 60601-2-17:2013 adoptée, troisième édition, 2013-11, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-17: Particular requirements for the basic safety and essential performance of automatically-controlled brachytherapy afterloading equipment (Adopted IEC 60601-2-17:2013, third edition, 2013-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-24:15 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-24: Particular requirements for the basic safety and essential performance of infusion pumps and controllers (Adopted IEC 60601-2-24:2012, second edition, 2012-10, with Canadian deviations) | Appareils électromédicaux - Partie 2-24 : Exigences particulières pour la sécurité de base et les performances essentielles des pompes et régulateurs de perfusion (norme CEI 60601-2-24:2012 adoptée, deuxième édition, 2012-10, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-24: Particular requirements for the basic safety and essential performance of infusion pumps and controllers (Adopted IEC 60601-2-24:2012, second edition, 2012-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-11:15 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-11: Particular requirements for the basic safety and essential performance of gamma beam therapy equipment (Adopted IEC 60601-2-11:2013, third edition, 2013-01, with Canadian deviations) | Appareils électromédicaux - Partie 2-11 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de gammathérapie (norme CEI 60601-2-11:2013 adoptée, troisième édition, 2013-01, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-11: Particular requirements for the basic safety and essential performance of gamma beam therapy equipment (Adopted IEC 60601-2-11:2013, third edition, 2013-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 284:16 (R2020)</t>
   </si>
   <si>
     <t>Nonindustrial photoelectric switches for lighting control (Tri-national standard with UL 773A and NMX-J-715-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 140.3:15 (R2024)</t>
   </si>
   <si>
     <t>Refrigerant-containing components for use in electrical equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 198.4:14 (R2024)</t>
   </si>
   <si>
     <t>Expandable sleeving for wire and cable</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 184.1:15 (R2020)</t>
   </si>
   <si>
     <t>Solid-state dimming controls (Bi-national standard with UL 1472)</t>
   </si>
   <si>
     <t>C22.2 NO. 29-15 (R2024)</t>
   </si>
   <si>
     <t>Panelboards and enclosed panelboards</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-1:15 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery - Safety - Part 1: General requirements (Bi-national standard with UL 62841-1)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-18:14 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-18: Testing and measurement techniques - Damped oscillatory wave immunity test (Adopted IEC 61000-4-18:2011, edition 1:2006 consolidated with amendment 1:2010) | Compatibilité électromagnétique (CEM) - Partie 4-18 : Techniques d'essai et de mesure - Essai d'immunité à l'onde oscillatoire amortie (norme CEI 61000-4-18:2011 adoptée, édition 1:2006 consolidée par l'amendement 1:2010)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-18: Testing and measurement techniques - Damped oscillatory wave immunity test (Adopted IEC 61000-4-18:2011, edition 1:2006 consolidated with amendment 1:2010)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62.1:15 (R2020)</t>
   </si>
   <si>
     <t>Nonmetallic surface raceways and fittings (Bi-national standard with UL 5A)</t>
   </si>
   <si>
     <t>CSA C61000-3-3:14 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted IEC 61000-3-3:2013, third edition, 2013-05, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 3-3: Limites - Limitation des variations de tension, des fluctuations de tension et du papillotement dans les réseaux publics d'alimentation basse tension, pour les matériels ayant un courant assigné ≤ 16 A par phase et non soumis à un raccordement conditionnel (norme IEC 61000-3-3:2013 adoptée, troisième édition, 2013-05, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 3-3: Limits - Limitation of voltage changes, voltage fluctuations and flicker in public low-voltage supply systems, for equipment with rated current ≤ 16 A per phase and not subject to conditional connection (Adopted IEC 61000-3-3:2013, third edition, 2013-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60950-1B-07 (R2021)</t>
   </si>
   <si>
     <t>Amendment 2:2014 to CAN/CSA-C22.2 NO. 60950-1-07, Information Technology Equipment - Safety - Part 1: General Requirements (Bi-National standard , with UL 60950-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.19:15 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses — Part 19: Photovoltaic fuses (Trinational standard with UL 248-19 and NMX-J-009/248/19-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 100:14 (R2024)</t>
   </si>
   <si>
     <t>Motors and generators</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 77:14 (R2024)</t>
   </si>
   <si>
     <t>Motors with inherent overheating protection</t>
   </si>
   <si>
     <t>CSA E60384-1:14 (R2023)</t>
   </si>
   <si>
-    <t>Fixed capacitors for use in electronic equipment - Part 1: Generic specification (Adopted IEC 60384-1:2008, fourth edition, 2008-07, with Canadian deviations) | Condensateurs fixes utilisés dans les équipements électroniques - Partie 1: Spécification générique (norme CEI 60384-1:2008 adoptée, quatrième édition, 2008-07, avec exigences propres au Canada)</t>
+    <t>Fixed capacitors for use in electronic equipment - Part 1: Generic specification (Adopted IEC 60384-1:2008, fourth edition, 2008-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60384-14:14 (R2023)</t>
   </si>
   <si>
-    <t>Fixed capacitors for use in electronic equipment - Part 14: Sectional specification - Fixed capacitors for electromagnetic interference suppression and connection to the supply mains (Adopted IEC 60384-14-1:2013, fourth edition, 2013-06, with Canadian deviations) | Condensateurs fixes utilisés dans les équipements électroniques - Partie 14: Spécification intermédiaire - Condensateurs fixes d'antiparasitage et raccordement à l'alimentation (norme CEI 60384-14-1:2013 adoptée, quatrième édition, 2013-06, avec exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted IEC 60335-2-15:2012, sixth edition, 2012-11, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-15 : Règles particulières pour les appareils de chauffage des liquides (norme CEI 60335-2-15:2012 adoptée, sixième édition, 2012-11, avec exigences propres au Canada)</t>
+    <t>Fixed capacitors for use in electronic equipment - Part 14: Sectional specification - Fixed capacitors for electromagnetic interference suppression and connection to the supply mains (Adopted IEC 60384-14-1:2013, fourth edition, 2013-06, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 60335-2-15:14 (R2024)</t>
+  </si>
+  <si>
+    <t>Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted IEC 60335-2-15:2012, sixth edition, 2012-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 81:14 (R2023)</t>
   </si>
   <si>
     <t>Electric irons</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 190:14 (R2024)</t>
   </si>
   <si>
     <t>Capacitors for power factor correction</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-6:14 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted IEC 60601-2-6:2012, second edition, 2012-04, with Canadian deviations) | Appareils électromédicaux - Partie 2-6 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à micro-ondes (norme CEI 60601-2-6:2012 adoptée, deuxième édition, 2012-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted IEC 60601-2-6:2012, second edition, 2012-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-3:14 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted IEC 60601-2-3:2012, third edition, 2012-04, with Canadian deviations) | Appareils électromédicaux - Partie 2-3: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à ondes courtes (norme IEC 60601-2-3:2012 adoptée, troisième édition, 2012-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted IEC 60601-2-3:2012, third edition, 2012-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-47:14 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-47: Particular requirements for the basic safety and essential performance of ambulatory electrocardiographic systems (Adopted IEC 60601-2-47:2012, second edition, 2012-02, with Canadian deviations) | Appareils électromédicaux - Partie 2-47 : Exigences particulières pour la sécurité de base et les performances essentielles des systèmes d'électrocardiographie ambulatoires (norme CEI 60601-2-47:2012 adoptée, deuxième édition, 2012-02, avec exigences propres au Canada)</t>
-[...23 lines deleted...]
-    <t>Instrument transformers - Part 1: General requirements (Adopted IEC 61869-1:2007, edition 1.0:2007, with Canadian deviations) | Transformateurs de mesure - Partie 1 : Exigences générales (norme CEI 61869-1:2007 adoptée, édition 1.0:2007, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-47: Particular requirements for the basic safety and essential performance of ambulatory electrocardiographic systems (Adopted IEC 60601-2-47:2012, second edition, 2012-02, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C61869-4:14 (R2024)</t>
+  </si>
+  <si>
+    <t>Instrument transformers - Part 4: Additional requirements for combined transformers (Adopted IEC 61869-4:2013, edition 1.0:2013, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C61869-3:14 (R2024)</t>
+  </si>
+  <si>
+    <t>Instrument transformers - Part 3: Additional requirements for inductive voltage transformers (Adopted IEC 61869-3:2011, edition 1.0:2011, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C61869-2:14 (R2024)</t>
+  </si>
+  <si>
+    <t>Instrument transformers - Part 2: Additional requirements for current transformers (Adopted IEC 61869-2:2012, edition 1.0:2012, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C61869-1:14 (R2024)</t>
+  </si>
+  <si>
+    <t>Instrument transformers - Part 1: General requirements (Adopted IEC 61869-1:2007, edition 1.0:2007, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C50:14 (R2023)</t>
   </si>
   <si>
     <t>Mineral insulating oil, electrical, for transformers and switches</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 304:14 (R2024)</t>
   </si>
   <si>
     <t>Enclosed and dead-front switches for photovoltaic applications</t>
   </si>
   <si>
     <t>CSA E61959:14 (R2019)</t>
   </si>
   <si>
-    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes - Mechanical tests for sealed portable secondary cells and batteries (Adopted IEC 61959:2004, first edition, 2004-01, with Canadian deviations) | Accumulateurs alcalins et autres accumulateurs à électrolyte non acide - Essais mécaniques pour accumulateurs portables étanches (norme CEI 61959:2004 adoptée, première édition, 2004-01, avec exigences propres au Canada)</t>
+    <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes - Mechanical tests for sealed portable secondary cells and batteries (Adopted IEC 61959:2004, first edition, 2004-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 18.4:15 (R2024)</t>
   </si>
   <si>
     <t>Hardware for the support of conduit, tubing, and cable (Bi-national standard with UL 2239)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 182.5:14 (R2023)</t>
   </si>
   <si>
     <t>Photovoltaic connectors</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-10:14 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted IEC 60601-2-10:2012, second edition, 2012-06, with Canadian deviations) | Appareils électromédicaux - Partie 2-10 : Exigences particulières pour la sécurité de base et les performances essentielles des stimulateurs de nerfs et de muscles (norme CEI 60601-2-10:2012 adoptée, deuxième édition, 2012-06, avec exigencies propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted IEC 60601-2-10:2012, second edition, 2012-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 108:14 (R2024)</t>
   </si>
   <si>
     <t>Liquid pumps</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 76:14 (R2023)</t>
   </si>
   <si>
     <t>Splitters</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1:14 (R2022)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted IEC 60601-1:2005, third edition, 2005-12, including amendment 1:2012, with Canadian deviations) | Appareils électromédicaux - Partie 1: Exigences générales pour la sécurité de base et les performances essentielles (norme CEI 60601-1:2005 adoptée, troisième édition, 2005-12, y compris l'amendment 1:2012, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted IEC 60601-1:2005, third edition, 2005-12, including amendment 1:2012, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 8:13 (R2023)</t>
   </si>
   <si>
     <t>Electromagnetic interference (EMI) filters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 85:14 (R2023)</t>
   </si>
   <si>
     <t>Rigid PVC boxes and fittings</t>
   </si>
   <si>
     <t>CAN/CSA C22.2 NO. 60335-2-45:14 (R2023)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-45: Particular requirements for portable heating tools and similar appliances (Adopted IEC 60335-2-45:2002, edition 3:2002, consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-45 : Règles particulières pour les outils chauffants mobiles et appareils analogues (norme CEI 60335-2-45:2002 adoptée, edition 3:2002, consolidée par l'amendement 1:2008 et l'amendement 2:2011, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-45: Particular requirements for portable heating tools and similar appliances (Adopted IEC 60335-2-45:2002, edition 3:2002, consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-7:13 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-7: Testing and measurement techniques - General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto (Adopted IEC 61000-4-7:2002, edition 2:2002 consolidated with amendment 1:2008) | Compatibilité électromagnétique (CEM) - Partie 4-7: Techniques d'essai et de mesure - Guide général relatif aux mesures d'harmoniques et d'interharmoniques, ainsi qu'à l'appareillage de mesure, applicable aux réseaux d'alimentation et aux appareils qui y sont raccordés (norme CEI 61000-4-7:2002 adoptée, édition 2:2002 consolidée par l'amendement 1:2008)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-7: Testing and measurement techniques - General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto (Adopted IEC 61000-4-7:2002, edition 2:2002 consolidated with amendment 1:2008)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 47:13 (R2023)</t>
   </si>
   <si>
     <t>Air-cooled transformers (dry type)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 26:13 (R2023)</t>
   </si>
   <si>
     <t>Construction and test of wireways, auxiliary gutters and associated fittings</t>
   </si>
   <si>
     <t>CSA E60335-2-11:13 (R2024)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-11: Particular requirements for tumble dryers (Adopted IEC 60335-2-11:2008 + A1:2012, edition 7:2008 consolidated with amendment 1:2012, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-11: Règles particulières pour les sèche-linge à tambour. (norme CEI 60335- 2-11:2008 + A1:2012 adoptée, édition 7:2008 consolidée par l'amendement 1:2012, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-11: Particular requirements for tumble dryers (Adopted IEC 60335-2-11:2008 + A1:2012, edition 7:2008 consolidated with amendment 1:2012, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-7:13 (R2024)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-7: Particular requirements for washing machines (Adopted IEC 60335-2-7:2008 + A1:2011, edition 7:2008 consolidated with amendment 1:2011, with Canadian deviations ) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-7 : Règles particulières pour les machines à laver le linge (norme CEI 60335-2-7:2008 + A1:2011 adoptée, édition 7:2008 consolidée par l'amendement 1:2011, avec exigencies propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-7: Particular requirements for washing machines (Adopted IEC 60335-2-7:2008 + A1:2011, edition 7:2008 consolidated with amendment 1:2011, with Canadian deviations )</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-23-13 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-23: Particular requirements for die grinders and small rotary tools (Bi-national standard, with UL 60745-2-23)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-30:13 (R2022)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC 60335-2- 30:2009, fifth edition, 2009-11, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-30 : Exigences particulières pour les appareils de chauffage des locaux (norme IEC 60335-2-30:2009 adoptée, cinquième édition, 2009-11, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-30: Particular requirements for room heaters (Adopted IEC 60335-2- 30:2009, fifth edition, 2009-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-3:13 (R2022)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-3: Particular requirements for electric irons (Adopted IEC 60335-2-3:2002, edition 5:2002 consolidated with amendment 1:2004 and amendment 2:2008, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-3: Règles particulières pour les fers à repasser électriques (norme CEI 60335:2002 adoptée, edition 5:2002 consolidée par amendement 1:2004 et amendement 2:2008, avec exigencies propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-3: Particular requirements for electric irons (Adopted IEC 60335-2-3:2002, edition 5:2002 consolidated with amendment 1:2004 and amendment 2:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 39:13 (R2022)</t>
   </si>
   <si>
     <t>Fuseholder assemblies</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-3-07/A1:13 + A2:13 (R2022)</t>
   </si>
   <si>
     <t>Amendment 1:2013 and Amendment 2:2013 to CAN/CSA-C22.2 NO. 60745-2-3-07, Hand-held motor-operated electric tools - Safety - Part 2-3: Particular requirements for grinders, polishers and disk-type sanders (Binational standard with UL 60745-2-3)</t>
   </si>
   <si>
     <t>CAN/CSA-E60730-2-10:13 (R2023)</t>
   </si>
   <si>
-    <t>Automatic electrical controls for household and similar use - Part 2-10: Particular requirements for motor-starting relays (Adopted IEC 60730-2- 10:2006, second edition, 2006-10, with Canadian deviations) | Dispositifs de commande électrique automatiques à usage domestique et analogue - Partie 2-10: Règles particulières pour les relais électriques de démarrage de moteur (norme CEI 60730-2-10-2006 adoptée, deuxième édition, 2006-10, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls for household and similar use - Part 2-10: Particular requirements for motor-starting relays (Adopted IEC 60730-2- 10:2006, second edition, 2006-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 6:13 (R2022)</t>
   </si>
   <si>
     <t>Principles and practices of electrical coordination between pipelines and electric supply lines</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 120:13 (R2023)</t>
   </si>
   <si>
     <t>Refrigeration equipment</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-26:13 (R2022)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-26: Particular requirements for clocks (Adopted IEC 60335-2-26:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-26 : Règles particulière pour les horloges (norme CEI 60335-2-26:2002 adoptée, édition 4:2002 consolidée par amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-26: Particular requirements for clocks (Adopted IEC 60335-2-26:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E61558-1:12 (R2022)</t>
   </si>
   <si>
-    <t>Safety of power transformers, power supplies, reactors and similar products - Part 1: General requirements and tests (Adopted IEC 61558- 1:1997 + A1:1998, edition 2.1, 2009-04 with Canadian deviations) | Sécurité des transformateurs, alimentations, bobines d'inductance et produits analogues - Partie 1: Exigences générales et essais (norme CEI 61558-1:1997 + A1:1998 adoptée, édition 2.1, 2009-04 avec exigences propres au Canada)</t>
+    <t>Safety of power transformers, power supplies, reactors and similar products - Part 1: General requirements and tests (Adopted IEC 61558- 1:1997 + A1:1998, edition 2.1, 2009-04 with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 281.1-12 (R2022)</t>
   </si>
   <si>
     <t>Standard for safety for personnel protection systems for electric vehicle (EV) supply circuits: General requirements (Tri-national standard, with UL 2231-1 and NMX-J-668/1-ANCE)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 281.2-12 (R2022)</t>
   </si>
   <si>
     <t>Standard for safety for personnel protection systems for electric vehicle (EV) supply circuits: Particular requirements for protection devices for use in charging systems (Tri-national standard, with UL 2231-2 and NMX-J-668/2-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 265:12 (R2022)</t>
   </si>
   <si>
     <t>Out of parameter circuit interrupter (OPCI)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 18.3:12 (R2022)</t>
   </si>
   <si>
     <t>Conduit, tubing, and cable fittings (Trinational standard with ANCE NMX-J-017 and UL 514B)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62471:12 (R2022)</t>
   </si>
   <si>
-    <t>Photobiological safety of lamps and lamp systems (Adopted IEC 62471:2006, first edition, 2006-07, with Canadian deviations) | Sécurité photobiologique des lampes et des appareils utilisant des lampes (norme CEI 62471:2006 adoptée, première édition, 2006-07, avec exigences propres au Canada)</t>
+    <t>Photobiological safety of lamps and lamp systems (Adopted IEC 62471:2006, first edition, 2006-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>C22.2 NO. 46-13 (R2022)</t>
   </si>
   <si>
     <t>Electric air-heaters</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-8:12 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-8: Testing and measurement techniques - Power frequency magnetic field immunity test (Adopted IEC 61000-4-8:2009, second edition, 2009-09) | Compatibilité électromagnétique (CEM) - Partie 4-8: Techniques d'essai et de mesure - Essai d'immunité au champ magnétique à la fréquence du réseau (norme CEI 61000-4-8:2009 adoptée, deuxième édition, 2009-09)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-8: Testing and measurement techniques - Power frequency magnetic field immunity test (Adopted IEC 61000-4-8:2009, second edition, 2009-09)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-2:12 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-2: Testing and measurement techniques - Electrostatic discharge immunity test (Adopted IEC 61000-4- 2:2008, second edition, 2008-12) | Compatibilité électromagnétique (CEM) - Partie 4-2: Techniques d'essai et de mesure - Essai d'immunité aux décharges électrostatiques (norme CEI 61000-4-2:2008 adoptée, deuxième édition, 2008-12)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-2: Testing and measurement techniques - Electrostatic discharge immunity test (Adopted IEC 61000-4- 2:2008, second edition, 2008-12)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-15:12 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-15: Testing and measurement techniques - Flickermeter - Functional and design specifications (Adopted IEC 61000-4-15:2010, edition 2.0, 2010-08) | Compatibilité électromagnétique (CEM) - Partie 4-15 : Techniques d'essai et de mesure - Flickermètre - Spécifications fonctionnelles et de conception (norme IEC 61000-4-15:2010 adoptée, édition 2.0, 2010-08)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-15: Testing and measurement techniques - Flickermeter - Functional and design specifications (Adopted IEC 61000-4-15:2010, edition 2.0, 2010-08)</t>
   </si>
   <si>
     <t>CSA IEC/TS 61000-3-5:12 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 3-5: Limits - Limitation of voltage fluctuations and flicker in low-voltage power supply systems for equipment with rated current greater than 75 A (Adopted IEC/TS 61000-3- 5:2009, edition 2.0, 2009-07) | Compatibilité électromagnétique (CEM) - Partie 3-5 : Limites - Limitation des fluctuations de tension et du flicker dans les réseaux basse tension pour les équipements ayant un courant appelé supérieur à 75 A (norme IEC/TS 61000-3-5:2009 adoptée, édition 2.0, 2009-07)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 3-5: Limits - Limitation of voltage fluctuations and flicker in low-voltage power supply systems for equipment with rated current greater than 75 A (Adopted IEC/TS 61000-3- 5:2009, edition 2.0, 2009-07)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-25:12 (R2022)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-25: Particular requirements for the basic safety and essential performance of electrocardiographs (Adopted IEC 60601-2-25:2011, second edition, 2011-10, with Canadian deviations) | Appareils électromédicaux - Partie 2-25 : Exigences particulières pour la sécurité de base et les performances essentielles des électrocardiographes (norme IEC 60601-2-25:2011 adoptée, deuxième édition, 2011-10, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-25: Particular requirements for the basic safety and essential performance of electrocardiographs (Adopted IEC 60601-2-25:2011, second edition, 2011-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 61010-1-12 (R2022)</t>
   </si>
   <si>
     <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 1: General requirements (Tri-national standard, with UL 61010-1 and ANSI/ISA-61010-1 (82.02.01)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-34:12 (R2022)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-34: Particular requirements for the basic safety and essential performance of invasive blood pressure monitoring equipment (Adopted IEC 60601-2-34:2011, third edition, 2011-05, with Canadian deviations) | Appareils électromédicaux - Partie 2-34 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de surveillance de la pression sanguine prélevée directement (norme CEI 60601-2-34:2011 adoptée, troisième édition, 2011-05, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-34: Particular requirements for the basic safety and essential performance of invasive blood pressure monitoring equipment (Adopted IEC 60601-2-34:2011, third edition, 2011-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-22-12 (R2022)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-22: Particular requirements for cut-off machines (Binational standard with UL 60745- 2-22)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-5:12 (R2021)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-5: Particular requirements for circular saws (Bi-national standard, with UL 60745-2-5)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-4:12 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, with Canadian deviations) | Appareils électromédicaux - Partie 2-4 : Exigences particulières pour la sécurité de base et les performances essentielles des défibrillateurs cardiaques (norme IEC 60601-2-4:2010 adoptée, troisième édition, 2010-12, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-65:11 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-65: Particular requirements for air-cleaning appliances (Adopted IEC 60335- 2-65:2002, edition 2:2002 consolidated with amendment 1:2008, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité- Partie 2-65: Règles particulières pour les épurateurs d'air (norme IEC 60335-2-65:2002 adoptée, édition 2:2002 consolidée par l'amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-65: Particular requirements for air-cleaning appliances (Adopted IEC 60335- 2-65:2002, edition 2:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60335-2-61:11 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-61: Particular requirements for thermal storage room heaters (Adopted IEC 60335-2-61:2002 + A1:2005 + A2:2008, edition 2:2002 consolidated with amendment 1:2005 and amendment 2:2008, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité- Partie 2-61 : Règles particulières pour les appareils de chauffage àaccumulation (norme IEC 60335-2-61:2002 + A1:2005 + A2:2008 adoptée, édition 2:2002 consolidée par l'amendement 1:2005 et l'amendement 2:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-61: Particular requirements for thermal storage room heaters (Adopted IEC 60335-2-61:2002 + A1:2005 + A2:2008, edition 2:2002 consolidated with amendment 1:2005 and amendment 2:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-23:12 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-23: Particular requirements for the basic safety and essential performance of transcutaneous partial pressure monitoring equipment (Adopted IEC 60601-2-23:2011, third edition, 2011-02) | Appareils électromédicaux - Partie 2-23: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de surveillance de la pression partielle transcutanée (norme IEC 60601-2-23:2011 adoptée, troisième édition, 2011-02)</t>
+    <t>Medical electrical equipment - Part 2-23: Particular requirements for the basic safety and essential performance of transcutaneous partial pressure monitoring equipment (Adopted IEC 60601-2-23:2011, third edition, 2011-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-8:12 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-8: Particular requirements for the basic safety and essential performance of therapeutic X-ray equipment operating in the range 10kV to 1MV (Adopted IEC 60601-2- 8:2010, second edition, 2010-11) | Appareils électromédicaux - Partie 2- 8: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de thérapie fonctionnant dans la gamme de 10kV à 1 MV (norme IEC 60601-2-8:2010 adoptée, deuxième édition, 2010-11)</t>
+    <t>Medical electrical equipment - Part 2-8: Particular requirements for the basic safety and essential performance of therapeutic X-ray equipment operating in the range 10kV to 1MV (Adopted IEC 60601-2- 8:2010, second edition, 2010-11)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-13:11 (R2021)</t>
   </si>
   <si>
     <t>Hand-held motor operated electric tools - Safety - Part 2-13: Particular requirements for chain saws (Bi-National standard, with UL 60745-2-13)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60950-1A-07 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2011 to CAN/CSA-C22.2 NO. 60950-1-07, Information Technology Equipment - Safety - Part 1: General Requirements (Bi-National standard, with UL 60950-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-57:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-57: Particular requirements for the basic safety and essential performance of non-laser light source equipment intended for therapeutic, diagnostic, monitoring and cosmetic/aesthetic use (Adopted IEC 60601-2-57:2011, first edition, 2011-01) | Appareils électromédicaux - Partie 2-57 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à source de lumière non-laser prévus pour des utilisations thérapeutiques, de diagnostic, de surveillance et de cosmétique/esthétique (norme IEC 60601-2-57:2011 adoptée, première édition, 2011-01)</t>
+    <t>Medical electrical equipment - Part 2-57: Particular requirements for the basic safety and essential performance of non-laser light source equipment intended for therapeutic, diagnostic, monitoring and cosmetic/aesthetic use (Adopted IEC 60601-2-57:2011, first edition, 2011-01)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-27:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-27: Particular requirements for the basic safety and essential performance of electrocardiographic monitoring equipment (Adopted IEC 60601-2-27:2011, third edition, 2011- 03) | Appareils électromédical - Partie 2-27 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de surveillance d'électrocardiographie (norme CEI 60601-2-27:2011 adoptée, troisième édition, 2011-03)</t>
+    <t>Medical electrical equipment - Part 2-27: Particular requirements for the basic safety and essential performance of electrocardiographic monitoring equipment (Adopted IEC 60601-2-27:2011, third edition, 2011- 03)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01) | Appareils électromédicaux - Partie 1-6: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Aptitude à l'utilisation (norme IEC 60601-1-6:2010 adoptée, troisième édition, 2010-01)</t>
+    <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-49:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitoring equipment (Adopted IEC 60601-2-49:2011, second edition, 2011-02) | Appareils électromédicaux - Partie 2-49 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de surveillance multifonction des patients (norme IEC 60601-2-49:2011 adoptée, deuxième édition, 2011-02)</t>
+    <t>Medical electrical equipment - Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitoring equipment (Adopted IEC 60601-2-49:2011, second edition, 2011-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-45:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted IEC 60601-2-45:2011, third edition, 2011-02) | Appareils électromédicaux - Partie 2-45 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de mammographie à rayonnement X et des appareils mammographiques stéréotaxiques (norme IEC 60601-2-45:2011 adoptée, troisième édition, 2011-02)</t>
+    <t>Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted IEC 60601-2-45:2011, third edition, 2011-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60335-1:11 (R2016)</t>
   </si>
   <si>
     <t>Safety of household and similar appliances - Part 1: General requirements (Tri-national standard, with NMX-J-521/1-ANCE and UL 60335-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.22:11 (R2021)</t>
   </si>
   <si>
     <t>Evaluation methods for arc resistance ratings of enclosed electrical equipment</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-52:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted IEC 60601-2-52:2009, first edition, 2009-12) | Appareils électromédicaux - Partie 2-52 : Exigences particulières de sécurité de base et de performances essentielles des lits médicaux (norme IEC 60601-2-52:2009 adoptée, première édition, 2009-12)</t>
+    <t>Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted IEC 60601-2-52:2009, first edition, 2009-12)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-18:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-18: Particular requirements for the basic safety and essential performance of endoscopic equipment (Adopted IEC 60601-2-18:2009, third edition, 2009-08) | Appareils électromédicaux - Partie 2-18 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils d'endoscopie (norme IEC 60601-2-18:2009 adoptée, troisième édition, 2009-08)</t>
+    <t>Medical electrical equipment - Part 2-18: Particular requirements for the basic safety and essential performance of endoscopic equipment (Adopted IEC 60601-2-18:2009, third edition, 2009-08)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-5:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-5: Particular requirements for the basic safety and essential performance of ultrasonic physiotherapy equipment (Adopted IEC 60601-2-5:2009, third edition, 2009-07) | Appareils électromédicaux - Partie 2-5 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à ultrasons pour physiothérapie (norme IEC 60601-2-5:2009 adoptée, troisième édition, 2009-07)</t>
+    <t>Medical electrical equipment - Part 2-5: Particular requirements for the basic safety and essential performance of ultrasonic physiotherapy equipment (Adopted IEC 60601-2-5:2009, third edition, 2009-07)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.8:11 (R2020)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 8: Class J fuses (Tri-national standard, with UL 248-8 and NMX-J-009/248/8-ANCE)</t>
   </si>
   <si>
     <t>C22.2 NO. 248.10-11 (R2020)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 10: Class L fuses (Tri-national standard, with UL 248-10 and NMX-J-009/248/10-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.11:11 (R2020)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 11: Plug fuses (Tri-national standard, with UL 248-11 and NMX-J-009/248/11-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.12:11 (R2020)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 12: Class R fuses (Tri-national standard, with UL 248-12 and NMX-J-009/248/12-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 271:11 (R2020)</t>
   </si>
   <si>
     <t>Photovoltaic cables</t>
   </si>
   <si>
     <t>CSA C68.7:11 (R2020)</t>
   </si>
   <si>
     <t>Underground secondary and service-entrance cable for electrical distribution utilities</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-27:01/A1:11 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2011 to CSA IEC 61000-4-27:01, Electromagnetic compatibility (EMC) - Part 4-27: Testing and measurement techniques - Unbalance, immunity test for equipment with input current not exceeding 16 A per phase (Adopted amendment 1:2009 to CEI/IEC 61000-4-27:2000) | Modification 1:2011 à CSA IEC 61000-4-27:01, Compatibilité électromagnétique (CEM) - Partie 4-27: Techniques d'essai et de mesure - Essai d'immunité aux déséquilibres pour des matériels avec un courant appelé n'excédant pas 16 A par phase (amendement 1:2009 à la norme CEI/IEC 61000-4-27:2000 adoptée)</t>
+    <t>Amendment 1:2011 to CSA IEC 61000-4-27:01, Electromagnetic compatibility (EMC) - Part 4-27: Testing and measurement techniques - Unbalance, immunity test for equipment with input current not exceeding 16 A per phase (Adopted amendment 1:2009 to CEI/IEC 61000-4-27:2000)</t>
   </si>
   <si>
     <t>CAN/CSA-C61089-11 (R2020)</t>
   </si>
   <si>
-    <t>Round wire concentric lay overhead electrical stranded conductors (Adopted CEI/IEC 1089:1991, first edition, 1991-05, with Canadian deviations) | Conducteurs pour lignes aériennes à brins circulaires, câblés en couches concentriques (norme CEI/IEC 1089:1991 adoptée, première édition, 1991-05, avec exigences propres au Canada)</t>
+    <t>Round wire concentric lay overhead electrical stranded conductors (Adopted CEI/IEC 1089:1991, first edition, 1991-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C68.8:11 (R2020)</t>
   </si>
   <si>
     <t>Overhead aluminum secondary and service-entrance cables and conductors for electrical distribution utilities</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-14-04/A2:11 (R2023)</t>
   </si>
   <si>
     <t>Amendment 2:2011 to CAN/CSA-C22.2 NO. 60745-2-14-04, Hand-held motor-operated electric tools - Safety - Part 2-14: Particular requirements for planers (Binational standard with UL 60745-2-14)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-19:05/A1:11 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2011 to CSA C22.2 NO. 60745-2-19:05, Hand-held motor-operated electric tools - Safety - Part 2-19: Particular requirements for jointers (Binational standard with UL 60745-2-19)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-17:11 (R2020)</t>
   </si>
   <si>
     <t>Hand-held motor operated electric tools - Safety - Part 2-17: Particular requirements for routers and trimmers (Bi-national standard, with UL 60745-2-17)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-14-01/A2:10 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 2:2010 to CAN/CSA-CEI/IEC 61000-4-14-01, Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted Amendment 2:2009 to CEI/IEC 61000-4-14:1999) | Modification 2:2010 de CAN/CSA-CEI/IEC 61000-4-14-01, Compatibilité électromagnétique (CEM) - Partie 4-14: Techniques d'essai et de mesure - Essai d'immunité aux fluctuations de tension (Amendement 2:2009 de CEI/IEC 61000-4-14:1999 adoptée)</t>
+    <t>Amendment 2:2010 to CAN/CSA-CEI/IEC 61000-4-14-01, Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted Amendment 2:2009 to CEI/IEC 61000-4-14:1999)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-28B-01 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 2:2010 to CAN/CSA-CEI/IEC 61000-4-28-01, Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted Amendment 2:2010 to CEI/IEC 61000-4-28:1999) | Modification 2:2010 de CAN/CSA-CEI/IEC 61000-4-28-01, Compatibilité électromagnétique (CEM) - Partie 4-28: Techniques d'essai et de mesure - Essai d'immunité à la variation de la fréquence d'alimentation (Amendement 2:2010 de CEI/IEC 61000-4-28:1999 adoptée)</t>
+    <t>Amendment 2:2010 to CAN/CSA-CEI/IEC 61000-4-28-01, Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted Amendment 2:2010 to CEI/IEC 61000-4-28:1999)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-34:06/A1:10 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2010 to CSA IEC 61000-4-34:06, Electromagnetic compatibility (EMC) - Part 4-34: Testing and measurement techniques - Voltage dips, short interruptions and voltage variations immunity tests for equipment with mains current more than 16 A per phase (Adopted amendment 1:2009 to CEI/IEC 61000-4-34:2005 | Modification 1:2010 à CSA IEC 61000-4-34:06, Compatibilité électromagnétique (CEM) - Partie 4-34: Techniques d'essai et de mesure - Essais d'immunité aux creux de tension, coupures brèves et variations de tension pour matériel ayant un courant d'alimentation de plus de 16 A par phase (amendement 1:2009 à la CEI/IEC 61000-4-34:2005 adoptée)</t>
+    <t>Amendment 1:2010 to CSA IEC 61000-4-34:06, Electromagnetic compatibility (EMC) - Part 4-34: Testing and measurement techniques - Voltage dips, short interruptions and voltage variations immunity tests for equipment with mains current more than 16 A per phase (Adopted amendment 1:2009 to CEI/IEC 61000-4-34:2005</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 42:10 (R2020)</t>
   </si>
   <si>
     <t>General use receptacles, attachment plugs, and similar wiring devices</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-1-04/A1:10 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2010 to CAN/CSA-C22.2 NO. 60745-2-1-04, Hand-held motor-operated electric tools - Safety - Part 2-1: Particular requirements for drills and impact drills (Binational standard with UL 60745-2-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 71.2:10 (R2020)</t>
   </si>
   <si>
     <t>Electric bench tools</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.19:10 (R2020)</t>
   </si>
   <si>
     <t>Requirements for service entrance equipment</t>
   </si>
   <si>
     <t>CSA C49.5:10 (R2024)</t>
   </si>
   <si>
     <t>Compact round aluminum stranded conductors (compact round ASC)</t>
   </si>
   <si>
     <t>CAN/CSA-CISPR 12-10 (R2023)</t>
   </si>
   <si>
-    <t>Vehicles, boats and internal combustion engines - Radio disturbance characteristics - Limits and methods of measurement for the protection of off-board receivers (Adopted IEC CISPR 12:2007 + A1:2009, edition 6.1, 2009-03, with Canadian deviations) | Véhicules, bateaux et moteurs à combustion interne - Caractéristiques de perturbation radioélectrique - Limites et méthodes de mesure pour la protection des récepteurs extérieurs (norme IEC CISPR 12:2007 + A1:2009 adoptée, édition 6.1, 2009-03, avec exigences propres au Canada)</t>
+    <t>Vehicles, boats and internal combustion engines - Radio disturbance characteristics - Limits and methods of measurement for the protection of off-board receivers (Adopted IEC CISPR 12:2007 + A1:2009, edition 6.1, 2009-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 72:10 (R2024)</t>
   </si>
   <si>
     <t>Heater elements</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-15-10 (R2020)</t>
   </si>
   <si>
     <t>Hand-held motor operated electric tools - Safety - Part 2-15: Particular requirements for hedge trimmers (Bi-national standard, with UL 60745-2-15)</t>
   </si>
   <si>
     <t>CSA C49.2:10 (R2023)</t>
   </si>
   <si>
     <t>Compact round aluminum conductors steel reinforced (ACSR)</t>
   </si>
   <si>
     <t>CSA C49.3:10 (R2023)</t>
   </si>
   <si>
     <t>Aluminum 1350 wire, annealed and intermediate tempers, for electrical purposes</t>
   </si>
@@ -4517,75 +4550,75 @@
   <si>
     <t>Covered overhead distribution line wire</t>
   </si>
   <si>
     <t>CSA C49.8:09 (R2023)</t>
   </si>
   <si>
     <t>Bare overhead aluminum conductors for distribution applications</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 179:09 (R2023)</t>
   </si>
   <si>
     <t>Airport series lighting cables</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.3:09 (R2023)</t>
   </si>
   <si>
     <t>Test methods for electrical wires and cables</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-29-10 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-29: Particular requirements for the basic safety and essential performance of radiotherapy simulators (Adopted IEC 60601-2-29:2008, third edition, 2008-06) | Appareils électromédicaux - Partie 2-29: Exigences particulières pour la sécurité de base et les performances essentielles des simulateurs de radiothérapie (norme IEC 60601-2-29:2008 adoptée, troisième édition, 2008-06)</t>
+    <t>Medical electrical equipment - Part 2-29: Particular requirements for the basic safety and essential performance of radiotherapy simulators (Adopted IEC 60601-2-29:2008, third edition, 2008-06)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-44:10 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted IEC 60601-2-44:2009, third edition, 2009-02) | Appareils électromédicaux - Partie 2-44: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de tomodensitométrie (norme IEC 60601-2-44:2009 adoptée, troisième édition, 2009-02)</t>
+    <t>Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted IEC 60601-2-44:2009, third edition, 2009-02)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-16:09 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-16: Particular requirements for tackers (Binational standard with UL 60745-2-16)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10:09 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted IEC 60601-1-10:2007, first edition, 2007-11) | Appareils électromédicaux - Partie 1-10: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour le développement des régulateurs physiologiques en boucle fermée (norme IEC 60601-1-10:2007 adoptée, première édition, 2007-11)</t>
+    <t>Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted IEC 60601-1-10:2007, first edition, 2007-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-3:09 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted IEC 60601-1:2008, second edition, 2008-01) | Appareils électromédicaux - Partie 1-3: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Radioprotection dans les appareils à rayonnement X de diagnostic (norme IEC 60601-1:2008 adoptée, deuxième édition, 2008-01)</t>
+    <t>Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted IEC 60601-1:2008, second edition, 2008-01)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 2420:09 (R2023)</t>
   </si>
   <si>
     <t>Belowground Reinforced Thermosetting Resin Conduit (RTRC) and Fittings (Binational standard with UL 2420)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-11-04/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CAN/CSA-C22.2 NO. 60745-11-04, Hand-held motor-operated electric tools — Safety — Part 2-11: Particular requirements for reciprocating saws (Binational standard with UL 60745-2-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-21:05/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CSA C22.2 NO. 60745-2-21:05, Hand-held motor-operated electric tools - Safety - Part 2-21: Particular requirements for drain cleaners (Binational standard with UL 60745-2-21)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-20:05/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CSA C22.2 NO. 60745-2-20-05, Hand-held motor-operated electric tools - Safety - Part 2-20: Particular requirements for band saws (Binational standard with UL 60745-2-20)</t>
   </si>
@@ -4619,51 +4652,51 @@
   <si>
     <t>Amendment 2:2009 to CAN/CSA-C22.2 NO. 60745-2-6-04, Hand-held motor-operated electric tools - Safety - Part 2-6: Particular requirements for hammers (Binational standard with UL 60745-2-6)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-2-04/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to C22.2 NO. 60745-2-2-04, Hand-held motor-operated electric tools - Safety - Part 2-2: Particular requirements for screwdrivers and impact wrenches (Binational standard with UL 60745-2-2)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-3-6:09 (R2023)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) - Part 3-6: Limits - Assessment of emission limits for the connection of distorting installations to MV, HV and EHV power systems (Adopted IEC/TR 61000-3-6:2008, second edition, 2008-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-79:09 (R2023)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-79: Particular requirements for high pressure cleaners and steam cleaners (Adopted IEC 60335-2-79:2002 + A1:2004 + A2:2007, edition 2.2, 2007-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted IEC 60601-1-8:2006, second edition, 2006-10) | Appareils électromédicaux - Partie 1-8: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences générales, essais et guide pour les systèmes d'alarme des appareils et des systèmes électromédicaux (norme IEC 60601-1-8:2006 adoptée, deuxième édition, 2006-10)</t>
+    <t>Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted IEC 60601-1-8:2006, second edition, 2006-10)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-3-7:09 (R2022)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) - Part 3-7: Limits - Assessment of emission limits for the connection of fluctuating installations to MV, HV and EHV power systems (Adopted IEC/TR 61000-3-7:2008, second edition, 2008-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-3-13-09 (R2022)</t>
   </si>
   <si>
     <t>Electromagnetic compatibility (EMC) - Part 3-13: Limits - Assessment of emission limits for the connection of unbalanced installations to MV, HV and EHV power systems (Adopted IEC/TR 61000-3-13:2008, first edition, 2008-02)</t>
   </si>
   <si>
     <t>C22.2 NO. 2459-08 (R2022)</t>
   </si>
   <si>
     <t>Insulated multi-pole splicing wire connectors (Bi-national standard, with UL 2459)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-12:05/A1:08 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2008 to CSA C22.2 NO. 60745-2-12:05, Hand-held motor-operated electric tools - Safety - Part 2-12: Particular requirements for concrete vibrators (Binational standard with UL 60745-2-12)</t>
   </si>
@@ -4673,261 +4706,261 @@
   <si>
     <t>Three-phase network distribution transformers</t>
   </si>
   <si>
     <t>CSA C22.4:09 PACKAGE (R2023)</t>
   </si>
   <si>
     <t>Consists of CSA C22.4 NO. 1:09, Objective-based industrial electrical code and CSA C22.4 NO. 2:09, Objective-based industrial electrical code - Safety management system requirements</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 107.3:14 (R2024)</t>
   </si>
   <si>
     <t>Uninterruptible power systems (Binational standard with UL 1778)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 83.1:07 (R2022)</t>
   </si>
   <si>
     <t>Electrical Metallic Tubing - Steel (Tri-National Standard, with UL 797 and NMX-J-536-ANCE-2007)</t>
   </si>
   <si>
     <t>CAN/CSA-IEC 61000-4-5:08 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-5: Testing and measurement techniques - Surge immunity test (Adopted IEC 61000-4-5:2005, second edition, 2005-11) | Compatibilité électromagnétique (CEM) - Partie 4-5: Techniques d'essai et de mesure - Essai d'immunité aux ondes de choc (norme IEC 61000-4-5:2005 adoptée, deuxième édition, 2005-11)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-5: Testing and measurement techniques - Surge immunity test (Adopted IEC 61000-4-5:2005, second edition, 2005-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 45.2:08 (R2023)</t>
   </si>
   <si>
     <t>Electrical rigid metal conduit - Aluminum, red brass, and stainless steel (Tri-national standard, with NMX-J-576-ANCE and UL 6A)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-14-04/A1:07 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2007 to CAN/CSA-C22.2 NO. 60745-2-14-04, Hand-held motor-operated electric tools - Safety - Part 2-14: Particular requirements for planers (Binational standard with UL 60745-2-14) | Modification 1:2007 à CAN/CSA-C22.2 NO. 60745-2-14-04, Outils électroportatifs à moteur - Sécurité - Partie 2-14: Règles particulières pour les rabots (norme binationale avec UL 60745-2-14)</t>
+    <t>Amendment 1:2007 to CAN/CSA-C22.2 NO. 60745-2-14-04, Hand-held motor-operated electric tools - Safety - Part 2-14: Particular requirements for planers (Binational standard with UL 60745-2-14)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60950-23:07 (R2021)</t>
   </si>
   <si>
     <t>Information Technology Equipment - Safety - Part 23: Large Data Storage Equipment (Bi-National standard, with UL 60950-23)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60950-1-07 (R2021)</t>
   </si>
   <si>
     <t>Information Technology Equipment - Safety - Part 1: General Requirements (Bi-National standard, with UL 60950-1)</t>
   </si>
   <si>
     <t>CSA E60335-2-70:06 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-70: Particular requirements for milking machines (Adopted CEI/IEC 60335-2-70:2004, second edition, 2002-03, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-70 : Règles particulières pour les machines à traire (norme CEI/IEC 60335-2-70:2004 adoptée, deuxième édition, 2002-03, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-70: Particular requirements for milking machines (Adopted CEI/IEC 60335-2-70:2004, second edition, 2002-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-1-07 (R2022)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 1: General requirements (Binational standard with UL 60745-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 211.2:06 (R2021)</t>
   </si>
   <si>
     <t>Rigid PVC (unplasticized) conduit</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 211.1:06 (R2021)</t>
   </si>
   <si>
     <t>Rigid types EB1 and DB2/ES2 PVC conduit</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-3-07 (R2022)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-3: Particular requirements for grinders, polishers and disk-type sanders (Binational standard with UL 60745-2-3)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 18.2:06 (R2021)</t>
   </si>
   <si>
     <t>Nonmetallic outlet boxes</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-6-04/A1:06 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2006 to CAN/CSA-C22.2 NO. 60745-2-6-04, Hand-held motor-operated electric tools - Safety - Part 2-6: Particular requirements for hammers (Binational standard with UL 60745-2-6)</t>
   </si>
   <si>
     <t>CSA E60335-2-2:06 (R2020)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-2: Particular requirements for vacuum cleaners and water-suction cleaning appliances (Adopted IEC 60335-2-2:2002 + A1:2004, edition 5.1, 2004-11, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-2: Règles particulières pour les aspirateurs et les appareils de nettoyage à aspiration d'eau (norme IEC 60335-2-2:2002 + A1:2004 adoptée, édition 5.1, 2004-11, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-2: Particular requirements for vacuum cleaners and water-suction cleaning appliances (Adopted IEC 60335-2-2:2002 + A1:2004, edition 5.1, 2004-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60335-2-14:05 (R2023)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-14: Particular requirements for kitchen machines (Adopted CEI/IEC 60335-2-14:2005, fourth edition, 2002-10, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-14: Règles particulières pour les machines de cuisine (norme CEI/IEC 60335-2-14:2005 adoptée, quatrième édition, 2002-10, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-14: Particular requirements for kitchen machines (Adopted CEI/IEC 60335-2-14:2005, fourth edition, 2002-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-34:06 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-34: Testing and measurement techniques - Voltage dips, short interruptions and voltage variations immunity tests for equipment with input current more than 16 A per phase (Adopted CEI/IEC 61000-4-34:2005, first edition, 2005-10) | Compatibilité électromagnétique (CEM) - Partie 4-34: Techniques d'essai et de mesure - Essais d'immunité aux creux de tension coupures brèves et variations de tension pour matériel ayant un courant appelé de plus de 16 A par phase (norme CEI/IEC 61000-4-34:2005 adoptée, première édition, 2005-10)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-34: Testing and measurement techniques - Voltage dips, short interruptions and voltage variations immunity tests for equipment with input current more than 16 A per phase (Adopted CEI/IEC 61000-4-34:2005, first edition, 2005-10)</t>
   </si>
   <si>
     <t>CSA C62155:06 (R2020)</t>
   </si>
   <si>
-    <t>Hollow pressurized and unpressurized ceramic and glass insulators for use in electrical equipment with rated voltages greater than 1 000 V (Adopted CEI/IEC 62155:2003, first edition, 2003-05, with Canadian deviations) | Isolateurs creux avec ou sans pression interne, en matière céramique ou en verre, pour utilisation dans des appareillages prévus pour des tensions nominales supérieures à 1000 V (norme CEI/IEC 62155:2003 adoptée, première édition, 2003-05, avec exigences propres au Canada)</t>
+    <t>Hollow pressurized and unpressurized ceramic and glass insulators for use in electrical equipment with rated voltages greater than 1 000 V (Adopted CEI/IEC 62155:2003, first edition, 2003-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>C22.2 NO. 66.3-06 (R2020)</t>
   </si>
   <si>
     <t>Low Voltage Transformers - Part 3: Class 2 and Class 3 Transformers (Bi-National standard, with UL 5085-3)</t>
   </si>
   <si>
     <t>C22.2 NO. 66.1-06 (R2020)</t>
   </si>
   <si>
     <t>Low Voltage Transformers - Part 1: General Requirements (Bi-National standard, with UL 5085-1)</t>
   </si>
   <si>
     <t>CSA C301.1:06 (R2022)</t>
   </si>
   <si>
     <t>Single-phase submersible distribution transformers</t>
   </si>
   <si>
     <t>CSA C301.2:06 (R2022)</t>
   </si>
   <si>
     <t>Three-phase submersible distribution transformers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 106:05 (R2024)</t>
   </si>
   <si>
     <t>HRC-Miscellaneous fuses</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61029-2-9:06 (R2021)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for mitre saws (Adopted CEI/IEC 1029-2-9:1995, first edition, 1995-04) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les scies à onglet (norme CEI/IEC 1029-2-9:1995 adoptée, première édition, 1995-04)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for mitre saws (Adopted CEI/IEC 1029-2-9:1995, first edition, 1995-04)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61029-2-10:06 (R2021)</t>
   </si>
   <si>
     <t>Safety of transportable motor-operated electric tools - Part 2-10: Particular requirements for cutting-off grinders (Adopted IEC 61029-2-10:1998, first edition, 1998-06)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61029-2-8:06 (R2021)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for single spindle vertical moulders (Adopted CEI/IEC 1029-2-8:1995, first edition, 1995-04, including amendment 1:1999 and amendment 2:2001) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les toupies monobroches verticales (norme CEI/IEC 1029-2-8:1995 adoptée, première édition, 1995-04, y compris l'amendement 1:1999 et l'amendement 2:2001)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for single spindle vertical moulders (Adopted CEI/IEC 1029-2-8:1995, first edition, 1995-04, including amendment 1:1999 and amendment 2:2001)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-19:05 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-19: Particular requirements for jointers (Binational standard with UL 60745-2-19)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 84:05 (R2020)</t>
   </si>
   <si>
     <t>Incandescent lamps</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-2-2:04 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2-2: Environment - Compatibility levels for low-frequency conducted disturbances and signalling in public low-voltage power supply systems (Adopted CEI/IEC 61000-2-2:2002, second edition, 2002-03, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 2-2: Environnement - Niveaux de compatibilité pour les perturbations conduites à basse fréquence et la transmission des signaux sur les réseaux publics d'alimentation basse tension (norme CEI/IEC 61000-2-2:2002 adoptée, deuxième édition, 2002-03, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2-2: Environment - Compatibility levels for low-frequency conducted disturbances and signalling in public low-voltage power supply systems (Adopted CEI/IEC 61000-2-2:2002, second edition, 2002-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 255:04 (R2024)</t>
   </si>
   <si>
     <t>Neon transformers and power supplies</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-2-12:04 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2-12: Environment - Compatibility levels for low-frequency conducted disturbances and signalling in public medium-voltage power supply systems (Adopted CEI/IEC 61000-2-12:2003, first edition, 2003-04, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 2-12: Environnement - Niveaux de compatibilité pour les perturbations conduites à basse fréquence et la transmission des signaux sur les réseaux publics d'alimentation moyenne tension (norme CEI/IEC 61000-2-12:2003 adoptée, première édition, 2003-04, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2-12: Environment - Compatibility levels for low-frequency conducted disturbances and signalling in public medium-voltage power supply systems (Adopted CEI/IEC 61000-2-12:2003, first edition, 2003-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-21:05 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-21: Particular requirements for drain cleaners (Binational standard with UL 60745-2-21)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-20:05 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-20: Particular requirements for band saws (Binational standard with UL 60745-2-20)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-18:05 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-18: Particular requirements for strapping tools (Binational standard with UL 60745-2-18)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-12:05 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-12: Particular requirements for concrete vibrators (Binational standard with UL 60745-2-12)</t>
   </si>
   <si>
     <t>CAN/CSA-C61000-2-7:04 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2: Environment - Section 7: Low frequency magnetic fields in various environments (Adopted CEI/IEC 61000-2-7:1998, first edition, 1998-01, with Canadian deviations) | Compatibilité électromagnétique (CEM) - Partie 2: Environnement - Section 7: Champs magnétiques basse fréquence en environnements divers (norme CEI/IEC 61000-2-7:1998 adoptée, première édition, 1998-01, avec exigences propres au Canada)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2: Environment - Section 7: Low frequency magnetic fields in various environments (Adopted CEI/IEC 61000-2-7:1998, first edition, 1998-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-2-4:04 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2-4: Environment - Compatibility levels in industrial plants for low-frequency conducted disturbances (Adopted CEI/IEC 61000-2-4:2002, second edition, 2002-06) | Compatibilité électromagnétique (CEM) - Partie 2-4: Environnement - Niveaux de compatibilité dans les installations industrielles pour les perturbations conduites à basse fréquence (norme CEI/IEC 61000-2-4:2002 adoptée, deuxième édition, 2002-06)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2-4: Environment - Compatibility levels in industrial plants for low-frequency conducted disturbances (Adopted CEI/IEC 61000-2-4:2002, second edition, 2002-06)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-2-8:04 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2-8: Environment - Voltage dips and short interruptions on public electric power supply systems with statistical measurement results (Adopted CEI/IEC 61000-2-8:2002, first edition, 2002-11) | Compatibilité électromagnétique (CEM) - Partie 2-8: Environnement - Creux de tension et coupures brèves sur les réseaux d'électricité publics incluant des résultats de mesures statistiques (norme CEI/IEC 61000-2-8:2002 adoptee, première édition, 2002-11)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2-8: Environment - Voltage dips and short interruptions on public electric power supply systems with statistical measurement results (Adopted CEI/IEC 61000-2-8:2002, first edition, 2002-11)</t>
   </si>
   <si>
     <t>CAN/CSA-E61965:04 (R2023)</t>
   </si>
   <si>
     <t>Mechanical safety of cathode ray tubes (Adopted IEC 61965:2003, second edition, 2003-07)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 235:04 (R2022)</t>
   </si>
   <si>
     <t>Supplementary protectors</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-4-04 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-4: Particular requirements for sanders and polishers other than disk type (Binational standard with UL 60745-2-4)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-2-04 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-2: Particular requirements for screwdrivers and impact wrenches (Binational standard with UL 60745-2-2)</t>
   </si>
@@ -4949,191 +4982,185 @@
   <si>
     <t>Hand-held motor-operated electric tools — Safety — Part 2-11: Particular requirements for reciprocating saws (Binational standard with UL 60745-2-11)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-14-04 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-14: Particular requirements for planers (Binational standard with UL 60745-2-14)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-9-04 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-9: Particular requirements for tappers (Binational standard with UL 60745-2-9)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-8-04 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-8: Particular requirements for shears and nibblers (Binational standard with UL 60745-2-8)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-2-6:04 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 2: Environment - Section 6: Assessment of the emission levels in the power supply of industrial plants as regards low-frequency conducted disturbances (Adopted CEI/IEC 1000-2-6:1995, first edition, 1995-09) | Compatibilité électromagnétique (CEM) - Partie 2: Environnement - Section 6: Évaluation des niveaux d'émission dans l'alimentation des centrales industrielles tenant compte des perturbations conduites à basse fréquence (norme CEI/IEC 1000-2-6:1995 adoptée, première édition, 1995-09)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 2: Environment - Section 6: Assessment of the emission levels in the power supply of industrial plants as regards low-frequency conducted disturbances (Adopted CEI/IEC 1000-2-6:1995, first edition, 1995-09)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 178.2:04 (R2024)</t>
   </si>
   <si>
     <t>Requirements for manually operated generator transfer panels</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60950-21-03 (R2021)</t>
   </si>
   <si>
     <t>Information Technology Equipment - Safety - Part 21: Remote Power Feeding (Bi-National standard, with UL 60950-21)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-14-01/A1:03 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2003 to CAN/CSA-CEI/IEC 61000-4-14-01, Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted Amendment 1:2001 to CEI/IEC 61000-4-14:1999) | Modification 1:2003 de CAN/CSA-CEI/IEC 61000-4-14-01, Compatibilité électromagnétique (CEM) - Partie 4-14: Techniques d'essai et de mesure - Essai d'immunité aux fluctuations de tension (Amendement 1:2001 de CEI/IEC 61000-4-14:1999 adoptée)</t>
+    <t>Amendment 1:2003 to CAN/CSA-CEI/IEC 61000-4-14-01, Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted Amendment 1:2001 to CEI/IEC 61000-4-14:1999)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-28-01/A1:03 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 1:2003 to CAN/CSA-CEI/IEC 61000-4-28-01, Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted Amendment 1:2001 to CEI/IEC 61000-4-28:1999) | Modification 1:2003 de CAN/CSA-CEI/IEC 61000-4-28-01, Compatibilité électromagnétique (CEM) - Partie 4-28: Techniques d'essai et de mesure - Essai d'immunité à la variation de la fréquence d'alimentation (Amendement 1:2001 de CEI/IEC 61000-4-28:1999 adoptée)</t>
+    <t>Amendment 1:2003 to CAN/CSA-CEI/IEC 61000-4-28-01, Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted Amendment 1:2001 to CEI/IEC 61000-4-28:1999)</t>
   </si>
   <si>
     <t>C22.2 NO. 211.0-03 (R2022)</t>
   </si>
   <si>
     <t>General requirements and methods of testing for nonmetallic conduit</t>
   </si>
   <si>
     <t>CAN/CSA-C60104:03 (R2020)</t>
   </si>
   <si>
-    <t>Aluminium-magnesium-silicon alloy wire for overhead line conductors (Adopted CEI/IEC 60104:1987, second edition, 1987-12, with Canadian deviations) | Fils en alliage d'aluminium-magnésium-silicium pour conducteurs de lignes aériennes (norme CEI/IEC 60104:1987 adoptée, deuxième édition, 1987-12, avec exigences propres au Canada)</t>
+    <t>Aluminium-magnesium-silicon alloy wire for overhead line conductors (Adopted CEI/IEC 60104:1987, second edition, 1987-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C60889:03 (R2020)</t>
   </si>
   <si>
-    <t>Hard-drawn aluminum wire for overhead line conductors (Adopted CEI/IEC 889:1987, first edition, 1987-11, with Canadian deviations) | Fil d'aluminium écroui dur pour conducteurs de lignes aériennes (norme CEI/IEC 889:1987 adoptée, première édition, 1987-11, avec exigences propres au Canada)</t>
+    <t>Hard-drawn aluminum wire for overhead line conductors (Adopted CEI/IEC 889:1987, first edition, 1987-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C60888:03 (R2020)</t>
   </si>
   <si>
-    <t>Zinc-coated steel wires for stranded conductors (Adopted CEI/IEC 888:1987, first edition, 1987-12, with Canadian deviations) | Fils en acier zinqué pour conducteurs câblés (norme CEI/IEC 888:1987 adoptée, première édition, 1987-12, avec exigences propres au Canada)</t>
+    <t>Zinc-coated steel wires for stranded conductors (Adopted CEI/IEC 888:1987, first edition, 1987-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C61232:03 (R2020)</t>
   </si>
   <si>
-    <t>Aluminium-clad steel wires for electrical purposes (Adopted CEI/IEC 1232:1993, first edition, 1993-06) | Fils d'acier revêtus d'aluminium pour usages électriques (norme CEI/IEC 1232:1993 adoptée, première édition, 1993-06)</t>
+    <t>Aluminium-clad steel wires for electrical purposes (Adopted CEI/IEC 1232:1993, first edition, 1993-06)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 126.2-02 (R2022)</t>
   </si>
   <si>
     <t>Nonmetallic cable tray systems (Binational standard with UL 568)</t>
   </si>
   <si>
     <t>CSA CEI/IEC 61000-4-17:02 (R2021)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) — Part 4-17: Testing and measurement techniques — Ripple on d.c. input power port immunity test (Adopted CEI/IEC 61000-4-17:1999, first edition, 1999-06, including amendment 1:2001) | Compatibilité électromagnétique (CEM) - Partie 4-17: Techniques d'essai et de mesure - Essai d'immunité à l'ondulation résiduelle sur entrée de puissance à courant continu (norme CEI/IEC 61000-4-17:1999 adoptée, première édition, 1999-06, y compris l'amendement 1:2001)</t>
+    <t>Electromagnetic compatibility (EMC) — Part 4-17: Testing and measurement techniques — Ripple on d.c. input power port immunity test (Adopted CEI/IEC 61000-4-17:1999, first edition, 1999-06, including amendment 1:2001)</t>
   </si>
   <si>
     <t>CSA E60335-2-21:01 (R2021)</t>
   </si>
   <si>
-    <t>Safety of household and similar electrical appliances — Part 2: Particular requirements for storage water heaters (Adopted CEI/IEC 60335-2-21:1997, fourth edition, 1997-08, including amendment 1:1999, with Canadian deviations) | Sécurité des appareils électrodomestiques et analogues - Partie 2: Règles particulières pour les chauffe-eau à accumulation (norme CEI/IEC 60335-2-21:1997 adoptée, quatrième édition, 1997-08, y compris l'amendement 1:1999, avec exigences propres au Canada)</t>
+    <t>Safety of household and similar electrical appliances — Part 2: Particular requirements for storage water heaters (Adopted CEI/IEC 60335-2-21:1997, fourth edition, 1997-08, including amendment 1:1999, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-28-01 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted CEI/IEC 61000-4-28:1999, first edition, 1999-11) | Compatibilité électromagnétique (CEM) - Partie 4-28: Techniques d'essai et de mesure - Essai d'immunité à la variation de la fréquence d'alimentation (norme CEI/IEC 61000-4-28:1999 adoptée, première édition, 1999-11)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-28: Testing and measurement techniques - Variation of power frequency, immunity test (Adopted CEI/IEC 61000-4-28:1999, first edition, 1999-11)</t>
   </si>
   <si>
     <t>CSA IEC 61000-4-27:01 (R2024)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-27: Testing and measurement techniques - Unbalance, immunity test (Adopted CEI/IEC 61000-4-27:2000, first edition, 2000-08) | Compatibilité électromagnétique (CEM) - Partie 4-27: Techniques d'essai et de mesure - Essai d'immunité aux déséquilibres (norme CEI/IEC 61000-4-27:2000 adoptée, première édition, 2000-08)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-27: Testing and measurement techniques - Unbalance, immunity test (Adopted CEI/IEC 61000-4-27:2000, first edition, 2000-08)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 61000-4-14-01 (R2022)</t>
   </si>
   <si>
-    <t>Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted CEI/IEC 61000-4-14:1999, first edition, 1999-02) | Compatibilité électromagnétique (CEM) - Partie 4-14: Techniques d'essai et de mesure - Essai d'immunité aux fluctuations de tension (norme CEI/IEC 61000-4-14:1999 adoptée, première édition, 1999-02)</t>
+    <t>Electromagnetic compatibility (EMC) - Part 4-14: Testing and measurement techniques - Voltage fluctuation immunity test (Adopted CEI/IEC 61000-4-14:1999, first edition, 1999-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 107.2-01 (R2021)</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 1335.2.14:93 (R2023)</t>
   </si>
   <si>
     <t>Portable electrical motor-operated and heating appliances: Particular requirements for electrical motor-operated kitchen appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 1335.1:93 (R2023)</t>
   </si>
   <si>
     <t>Portable electrical motor-operated and heating appliances: General requirements</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 144-M91 (R2020)</t>
   </si>
   <si>
     <t>Ground Fault Circuit Interrupters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 53:68 (R2024)</t>
   </si>
   <si>
     <t>Electric washing machines</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.16:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 16: Test limiters (Trinational standard with UL 248-16 and NMX-J-009/248/16-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.14:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 14: Supplemental fuses (Trinational standard with UL 248-14 and NMX-J-009/248/14-2000-ANCE)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 248.9:00 (R2024)</t>
-[...4 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 248.7:00 (R2024)</t>
   </si>
   <si>
     <t>Low-voltage fuses - Part 7: Class H renewable fuses (Trinational standard with UL 248-7 and NMX-J-009/248/7-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.6:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 6: Class H Non-Renewable Fuses (Tri-National standard, with UL 248-6 and NMX-J-009/248/6-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.5:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 5: Class G Fuses (Tri-National standard, with UL 248-5 and NMX-J-009/248/5-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.4:00 (R2024)</t>
   </si>
   <si>
     <t>Low-Voltage Fuses - Part 4: Class CC Fuses (Tri-National standard, with UL 248-4 and NMX-J-009/248/4-2000-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 248.3:00 (R2024)</t>
@@ -5189,195 +5216,195 @@
   <si>
     <t>Electrode receptacles, fittings and connectors for gas tubes</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 58:M89 (R2024)</t>
   </si>
   <si>
     <t>High-voltage isolating switches</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62:93 (R2022)</t>
   </si>
   <si>
     <t>Surface raceway systems</t>
   </si>
   <si>
     <t>CAN/CSA-C156.3-M86 (R2013)</t>
   </si>
   <si>
     <t>Test Methods for Station Post Insulators</t>
   </si>
   <si>
     <t>CSA C71-1:99 (R2020)</t>
   </si>
   <si>
-    <t>Insulation co-ordination - Part 1: Definitions, principles and rules (Adopted IEC 71-1:1993, seventh edition, 1993-12, with Canadian deviations) | Coordination de l'isolement - Partie 1: Définitions, principes et règles (norme IEC 71-1:1993 adoptée, septième édition, 1993-12, avec exigences propres au Canada)</t>
+    <t>Insulation co-ordination - Part 1: Definitions, principles and rules (Adopted IEC 71-1:1993, seventh edition, 1993-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 83:M85 (R2022)</t>
   </si>
   <si>
     <t>Electrical metallic tubing</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 191:M89 (R2024)</t>
   </si>
   <si>
     <t>Engine Heaters and Battery Warmers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 193:M83 (R2024)</t>
   </si>
   <si>
     <t>High-Voltage Full-Load Interrupter Switches</t>
   </si>
   <si>
     <t>CSA C1325:99 (R2020)</t>
   </si>
   <si>
-    <t>Insulators for overhead lines with a nominal voltage above 1000 V - Ceramic or glass insulator units for d.c. systems - Definitions, test methods and acceptance criteria (Adopted CEI/IEC 1325:1995, first edition, 1995-03, with Canadian deviations) | Isolateurs pour lignes aériennes de tension nominale supérieure à 1 000 V - Éléments d'isolateurs en céramique ou en verre pour systèmes à courant continu - Définitions, méthodes d'essai et critères d'acceptation (norme CEI/IEC 1325:1995 adoptée, première édition, 1995-03, avec exigences propres au Canada)</t>
+    <t>Insulators for overhead lines with a nominal voltage above 1000 V - Ceramic or glass insulator units for d.c. systems - Definitions, test methods and acceptance criteria (Adopted CEI/IEC 1325:1995, first edition, 1995-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>C22.3 NO. 4-1974 (R2020)</t>
   </si>
   <si>
     <t>Control of Electrochemical Corrosion of Underground Metallic Structures</t>
   </si>
   <si>
     <t>CSA C50089:99 (R2021)</t>
   </si>
   <si>
     <t>Cast resin partitions for metal-enclosed gas-filled high-voltage switchgear and controlgear (Adopted CENELEC 50089:1992, including amendment A1:1994, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-E60598-2-4-98 (R2022)</t>
   </si>
   <si>
-    <t>Luminaires - Part 2: Particular requirements - Section 4: Portable general-purpose luminaires (Adopted CEI/IEC 60598-2-4:1997, second edition, 1997-04, with Canadian deviations | Luminaires - Partie 2: Règles particulières - Section 4: Luminaires portatifs à usage général (norme CEI/IEC 60598-2-4:1997 adoptée, deuxième édition, 1997-04, avec exigences propres au Canada)</t>
+    <t>Luminaires - Part 2: Particular requirements - Section 4: Portable general-purpose luminaires (Adopted CEI/IEC 60598-2-4:1997, second edition, 1997-04, with Canadian deviations</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 1010.2.041-96 (R2004)</t>
   </si>
   <si>
-    <t>CAN/CSA-C22.2 NO. 1010.2.041-96 (R2004) - Safety Requirements for Electrical Equipment for Measurement, Control and Laboratory Use - Part 2-041: Particular Requirements for Autoclaves Using Steam for the Treatment of Medical Materials, and for Laboratory Processes (Adopted IEC 1010-2-041:1995, first edition, 1995-12) | Règles de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire - Partie 2-041: Prescriptions particulières pour autoclaves utilisant de la vapeur pour le traitement des matériels à usage médical et durant les procédés de traitement de laboratoire (norme CEI 1010-2-041:1995 adoptée, premiére édition, 1995-12)</t>
+    <t>CAN/CSA-C22.2 NO. 1010.2.041-96 (R2004) - Safety Requirements for Electrical Equipment for Measurement, Control and Laboratory Use - Part 2-041: Particular Requirements for Autoclaves Using Steam for the Treatment of Medical Materials, and for Laboratory Processes (Adopted IEC 1010-2-041:1995, first edition, 1995-12)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 10:65 (R2023)</t>
   </si>
   <si>
     <t>Electric floor surfacing and cleaning machines</t>
   </si>
   <si>
     <t>CAN/CSA-C22.3 NO. 3-98 (R2022)</t>
   </si>
   <si>
     <t>Electrical coordination</t>
   </si>
   <si>
     <t>CSA C71-2:98 (R2021)</t>
   </si>
   <si>
-    <t>Insulation Co-Ordination - Part 2: Application Guide (Adopted CEI/IEC 71-2:1996, third edition, 1996-12, with Canadian deviations) | Coordination de l'isolement - Partie 2: Guide d'application (norme CEI/IEC 71-2:1006 adoptée, troisième édition, 1996-12, avec exigences propres au Canada)</t>
+    <t>Insulation Co-Ordination - Part 2: Application Guide (Adopted CEI/IEC 71-2:1996, third edition, 1996-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 182.2:M87 (R2023)</t>
   </si>
   <si>
     <t>Industrial Locking Type, Special Use Attachment Plugs, Receptacles and Connectors</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 105:53 (R2023)</t>
   </si>
   <si>
     <t>Construction and Test of Electrical Equipment for Woodworking Machinery</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 1000-1-1-97 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic Compatibility (EMC) - Part 1: General - Section 1: Application and Interpretation of Fundamental Definitions and Terms (Adopted CEI/IEC 1000-1-1:1992, first edition, 1992-04) | Compatibilité électromagnétique (CEM) - Partie 1: Généralités - Section 1: Application et interprétation de définitions et termes fondamentaux (norme CEI/IEC 1000-1-1:1992 adoptée, première édition, 1992-04)</t>
+    <t>Electromagnetic Compatibility (EMC) - Part 1: General - Section 1: Application and Interpretation of Fundamental Definitions and Terms (Adopted CEI/IEC 1000-1-1:1992, first edition, 1992-04)</t>
   </si>
   <si>
     <t>CAN/CSA-CEI/IEC 1000-2-1-97 (R2023)</t>
   </si>
   <si>
-    <t>Electromagnetic Compatibility (EMC) - Part 2: Environment - Section 1: Description of the environment - Electromagnetic environment for low-frequency conducted disturbances and signalling in public power supply systems (Adopted CEI/IEC 1000-2-1:1990, first edition, 1990-05) | Compatibilité électromagnétique (CEM) - Partie 2: Environnement - Section 1: Description de l'environnement - Environnement électromagnétique pour les perturbations conduites basse fréquence et la transmission de signaux sur les réseaux publics d'alimentation (norme CEI/IEC 1000-2-1:1990 adoptée, première édition, 1990-05)</t>
+    <t>Electromagnetic Compatibility (EMC) - Part 2: Environment - Section 1: Description of the environment - Electromagnetic environment for low-frequency conducted disturbances and signalling in public power supply systems (Adopted CEI/IEC 1000-2-1:1990, first edition, 1990-05)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 249:96 (R2020)</t>
   </si>
   <si>
     <t>Standard tests for determining compatibility of cable-pulling lubricants with wire and cable (Adopted IEEE 1210-1996)</t>
   </si>
   <si>
     <t>CSA C22.3 NO. 5.1:93 (R2022)</t>
   </si>
   <si>
     <t>Recommended practices for electrical protection - Electric contact between overhead supply and communication lines</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 745-2-32:95 (R2023)</t>
   </si>
   <si>
     <t>Safety of portable electric tools - Part 2: Particular requirements for magnetic drill presses (Binational standard with UL 745-2-32)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 745-2-31:95 (R2023)</t>
   </si>
   <si>
     <t>Safety of portable electric tools - Part 2: Particular Requirements for diamond core drills (Binational standard with UL 745-2-31)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 745-4-36:95 (R2023)</t>
   </si>
   <si>
     <t>Safety of portable battery-operated tools - Part 4: Particular requirements for hand motor tools (Binational standard with UL 745-4-36)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 157-92 (R2021)</t>
   </si>
   <si>
     <t>Intrinsically safe and non-incendive equipment for use in hazardous locations</t>
   </si>
   <si>
     <t>CAN/CSA-E1029-2-7-94 (R2022)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for diamond saws with water supply (Adopted IEC 1029-2-7:1993, first edition) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les tronçonneuses à béton (norme CEI 1029-2-7:1993 adoptée, première édition)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for diamond saws with water supply (Adopted IEC 1029-2-7:1993, first edition)</t>
   </si>
   <si>
     <t>CAN/CSA-E1029-2-6-94 (R2022)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for diamond drills with water supply (Adopted IEC 1029-2-6:1993, first edition) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les foreuses à béton (norme CEI 1029-2-6:1993 adoptée, première édition)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for diamond drills with water supply (Adopted IEC 1029-2-6:1993, first edition)</t>
   </si>
   <si>
     <t>CAN/CSA-E1029-2-4-94 (R2022)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for bench grinders (Adopted IEC 1029-2-4:1993, first edition) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les tourets à meuler (norme CEI 1029-2-4:1993 adoptée, première édition)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for bench grinders (Adopted IEC 1029-2-4:1993, first edition)</t>
   </si>
   <si>
     <t>CSA C22.1:21 Code &amp; Handbook Package</t>
   </si>
   <si>
     <t>Consists of CSA C22.1:21, Canadian Electrical Code, Part I (25th Edition), Safety Standard for Electrical Installations; CSA C22.1HB:21, Canadian Electrical Code Handbook - An Explanation of the Rules of the Canadian Electrical Code, Part I and the 2021 Electrical Quick Reference Guide</t>
   </si>
   <si>
     <t>CSA C22.1:21</t>
   </si>
   <si>
     <t>Canadian Electrical Code, Part I (25th Edition), Safety Standard for Electrical Installations</t>
   </si>
   <si>
     <t>CSA C116:18 (R2023)</t>
   </si>
   <si>
     <t>Fibre-reinforced polymer composite crossarms</t>
   </si>
   <si>
     <t>C22.10-18 PACKAGE</t>
   </si>
   <si>
     <t>Consists of C22.10-18, Québec Construction Code, Chapter V - Electricity, Canadian Electrical Code, Part I (Twenty-third edition) with Québec Amendments and C22.1HB-15, Canadian electrical code handbook - An explanation of the rules of the Canadian electrical code, part 1</t>
   </si>
@@ -5753,51 +5780,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H903"/>
+  <dimension ref="A1:H908"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -5807,20773 +5834,20888 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>115.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>490.0</v>
+        <v>730.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>240.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>240.0</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>120.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>700.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>430.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>375.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>180.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>250.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>720.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>125.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>200.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>190.0</v>
+        <v>700.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>450.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>450.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>450.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
         <v>250.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>130.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>450.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2025</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>190.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>260.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>200.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>26.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>26.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>490.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>720.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2025</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>190.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>720.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>720.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>320.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>2025</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>340.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>480.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>2025</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>580.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D36">
         <v>2025</v>
       </c>
       <c r="E36" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
-      <c r="H36">
-        <v>480.0</v>
+      <c r="G36">
+        <v>720.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D37">
         <v>2025</v>
       </c>
       <c r="E37" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
-      <c r="H37">
-        <v>580.0</v>
+      <c r="G37">
+        <v>190.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="D38">
         <v>2025</v>
       </c>
       <c r="E38" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>190.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D39">
         <v>2025</v>
       </c>
       <c r="E39" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>270.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D40">
         <v>2025</v>
       </c>
       <c r="E40" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>450.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D41">
         <v>2025</v>
       </c>
       <c r="E41" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>350.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D42">
         <v>2025</v>
       </c>
       <c r="E42" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>900.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D43">
         <v>2025</v>
       </c>
       <c r="E43" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>600.0</v>
+        <v>580.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>91</v>
       </c>
       <c r="D44">
         <v>2025</v>
       </c>
       <c r="E44" t="s">
         <v>92</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
-      <c r="G44">
-        <v>150.0</v>
+      <c r="H44">
+        <v>480.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>93</v>
       </c>
       <c r="D45">
         <v>2025</v>
       </c>
       <c r="E45" t="s">
         <v>94</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
-      <c r="G45">
-        <v>320.0</v>
+      <c r="H45">
+        <v>580.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>95</v>
       </c>
       <c r="D46">
         <v>2025</v>
       </c>
       <c r="E46" t="s">
         <v>96</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>300.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>97</v>
       </c>
       <c r="D47">
         <v>2025</v>
       </c>
       <c r="E47" t="s">
         <v>98</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>250.0</v>
+        <v>270.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>99</v>
       </c>
       <c r="D48">
         <v>2025</v>
       </c>
       <c r="E48" t="s">
         <v>100</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>60.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>101</v>
       </c>
       <c r="D49">
         <v>2025</v>
       </c>
       <c r="E49" t="s">
         <v>102</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>60.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>103</v>
       </c>
       <c r="D50">
         <v>2025</v>
       </c>
       <c r="E50" t="s">
         <v>104</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>60.0</v>
+        <v>900.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>105</v>
       </c>
       <c r="D51">
         <v>2025</v>
       </c>
       <c r="E51" t="s">
         <v>106</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>190.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>107</v>
       </c>
       <c r="D52">
         <v>2025</v>
       </c>
       <c r="E52" t="s">
         <v>108</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>570.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>109</v>
       </c>
       <c r="D53">
         <v>2025</v>
       </c>
       <c r="E53" t="s">
         <v>110</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>1100.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>111</v>
       </c>
       <c r="D54">
         <v>2025</v>
       </c>
       <c r="E54" t="s">
         <v>112</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>30.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>113</v>
       </c>
       <c r="D55">
         <v>2025</v>
       </c>
       <c r="E55" t="s">
         <v>114</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>345.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>115</v>
       </c>
       <c r="D56">
         <v>2025</v>
       </c>
       <c r="E56" t="s">
         <v>116</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>360.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>117</v>
       </c>
       <c r="D57">
         <v>2025</v>
       </c>
       <c r="E57" t="s">
         <v>118</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>190.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>119</v>
       </c>
       <c r="D58">
         <v>2025</v>
       </c>
       <c r="E58" t="s">
         <v>120</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>550.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>121</v>
       </c>
       <c r="D59">
         <v>2025</v>
       </c>
       <c r="E59" t="s">
         <v>122</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>430.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>123</v>
       </c>
       <c r="D60">
         <v>2025</v>
       </c>
       <c r="E60" t="s">
         <v>124</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>550.0</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>125</v>
       </c>
       <c r="D61">
         <v>2025</v>
       </c>
       <c r="E61" t="s">
         <v>126</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>130.0</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>127</v>
       </c>
       <c r="D62">
         <v>2025</v>
       </c>
       <c r="E62" t="s">
         <v>128</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>430.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>129</v>
       </c>
       <c r="D63">
         <v>2025</v>
       </c>
       <c r="E63" t="s">
         <v>130</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>130.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>131</v>
       </c>
       <c r="D64">
         <v>2025</v>
       </c>
       <c r="E64" t="s">
         <v>132</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>110.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>133</v>
       </c>
       <c r="D65">
         <v>2025</v>
       </c>
       <c r="E65" t="s">
         <v>134</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>890.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>135</v>
       </c>
       <c r="D66">
         <v>2025</v>
       </c>
       <c r="E66" t="s">
         <v>136</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>280.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>137</v>
       </c>
       <c r="D67">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
-      <c r="H67">
-        <v>135.0</v>
+      <c r="G67">
+        <v>430.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D68">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
-      <c r="H68">
-        <v>165.0</v>
+      <c r="G68">
+        <v>550.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D69">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
-      <c r="H69">
-        <v>190.0</v>
+      <c r="G69">
+        <v>130.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D70">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="E70" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
-      <c r="H70">
-        <v>165.0</v>
+      <c r="G70">
+        <v>430.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D71">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="E71" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
-      <c r="H71">
-        <v>137.0</v>
+      <c r="G71">
+        <v>130.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D72">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E72" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
-      <c r="H72">
-        <v>299.0</v>
+      <c r="G72">
+        <v>110.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D73">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E73" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>190.0</v>
+        <v>890.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D74">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E74" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>70.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D75">
         <v>2024</v>
       </c>
       <c r="E75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
-      <c r="G75">
-        <v>26.0</v>
+      <c r="H75">
+        <v>135.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D76">
         <v>2024</v>
       </c>
       <c r="E76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
-      <c r="G76">
-        <v>32.0</v>
+      <c r="H76">
+        <v>165.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D77">
         <v>2024</v>
       </c>
       <c r="E77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
-      <c r="G77">
-        <v>600.0</v>
+      <c r="H77">
+        <v>190.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D78">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="E78" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
-      <c r="G78">
-        <v>430.0</v>
+      <c r="H78">
+        <v>165.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>159</v>
       </c>
       <c r="D79">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="E79" t="s">
         <v>160</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
-      <c r="G79">
-        <v>16.0</v>
+      <c r="H79">
+        <v>137.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>161</v>
       </c>
       <c r="D80">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E80" t="s">
         <v>162</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
-      <c r="G80">
-        <v>565.0</v>
+      <c r="H80">
+        <v>299.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>163</v>
       </c>
       <c r="D81">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E81" t="s">
         <v>164</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>250.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>165</v>
       </c>
       <c r="D82">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E82" t="s">
         <v>166</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>500.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>167</v>
       </c>
       <c r="D83">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E83" t="s">
         <v>168</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>333.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>169</v>
       </c>
       <c r="D84">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E84" t="s">
         <v>170</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>525.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>171</v>
       </c>
       <c r="D85">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E85" t="s">
         <v>172</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>130.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>173</v>
       </c>
       <c r="D86">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E86" t="s">
         <v>174</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>130.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>175</v>
       </c>
       <c r="D87">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E87" t="s">
         <v>176</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>130.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>177</v>
       </c>
       <c r="D88">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="E88" t="s">
         <v>178</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>130.0</v>
+        <v>565.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>179</v>
       </c>
       <c r="D89">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="E89" t="s">
         <v>180</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>450.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>181</v>
       </c>
       <c r="D90">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="E90" t="s">
         <v>182</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>175.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>183</v>
       </c>
       <c r="D91">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E91" t="s">
         <v>184</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>270.0</v>
+        <v>333.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>185</v>
       </c>
       <c r="D92">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E92" t="s">
         <v>186</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>355.0</v>
+        <v>525.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>187</v>
       </c>
       <c r="D93">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E93" t="s">
         <v>188</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>350.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>189</v>
       </c>
       <c r="D94">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E94" t="s">
         <v>190</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>350.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>191</v>
       </c>
       <c r="D95">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E95" t="s">
         <v>192</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>380.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>193</v>
       </c>
       <c r="D96">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E96" t="s">
         <v>194</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>300.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>195</v>
       </c>
       <c r="D97">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E97" t="s">
         <v>196</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>430.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>197</v>
       </c>
       <c r="D98">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E98" t="s">
         <v>198</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>480.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>199</v>
       </c>
       <c r="D99">
         <v>2024</v>
       </c>
       <c r="E99" t="s">
         <v>200</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>1000.0</v>
+        <v>270.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>201</v>
       </c>
       <c r="D100">
         <v>2024</v>
       </c>
       <c r="E100" t="s">
         <v>202</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>380.0</v>
+        <v>355.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>203</v>
       </c>
       <c r="D101">
         <v>2024</v>
       </c>
       <c r="E101" t="s">
         <v>204</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>180.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>205</v>
       </c>
       <c r="D102">
         <v>2024</v>
       </c>
       <c r="E102" t="s">
         <v>206</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>330.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>207</v>
       </c>
       <c r="D103">
         <v>2024</v>
       </c>
       <c r="E103" t="s">
         <v>208</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>350.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>209</v>
       </c>
       <c r="D104">
         <v>2024</v>
       </c>
       <c r="E104" t="s">
         <v>210</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
         <v>300.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>211</v>
       </c>
       <c r="D105">
         <v>2024</v>
       </c>
       <c r="E105" t="s">
         <v>212</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>160.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>213</v>
       </c>
       <c r="D106">
         <v>2024</v>
       </c>
       <c r="E106" t="s">
         <v>214</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>26.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>215</v>
       </c>
       <c r="D107">
         <v>2024</v>
       </c>
       <c r="E107" t="s">
         <v>216</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>330.0</v>
+        <v>1000.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>217</v>
       </c>
       <c r="D108">
         <v>2024</v>
       </c>
       <c r="E108" t="s">
         <v>218</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>300.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>219</v>
       </c>
       <c r="D109">
         <v>2024</v>
       </c>
       <c r="E109" t="s">
         <v>220</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>150.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>221</v>
       </c>
       <c r="D110">
         <v>2024</v>
       </c>
       <c r="E110" t="s">
         <v>222</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>180.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>223</v>
       </c>
       <c r="D111">
         <v>2024</v>
       </c>
       <c r="E111" t="s">
         <v>224</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>225</v>
       </c>
       <c r="D112">
         <v>2024</v>
       </c>
       <c r="E112" t="s">
         <v>226</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
         <v>300.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>227</v>
       </c>
       <c r="D113">
         <v>2024</v>
       </c>
       <c r="E113" t="s">
         <v>228</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>380.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>229</v>
       </c>
       <c r="D114">
         <v>2024</v>
       </c>
       <c r="E114" t="s">
         <v>230</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>325.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>231</v>
       </c>
       <c r="D115">
         <v>2024</v>
       </c>
       <c r="E115" t="s">
         <v>232</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>300.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>233</v>
       </c>
       <c r="D116">
         <v>2024</v>
       </c>
       <c r="E116" t="s">
         <v>234</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>575.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>235</v>
       </c>
       <c r="D117">
         <v>2024</v>
       </c>
       <c r="E117" t="s">
         <v>236</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>130.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>237</v>
       </c>
       <c r="D118">
         <v>2024</v>
       </c>
       <c r="E118" t="s">
         <v>238</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>210.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>239</v>
       </c>
       <c r="D119">
         <v>2024</v>
       </c>
       <c r="E119" t="s">
         <v>240</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>30.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>241</v>
       </c>
       <c r="D120">
         <v>2024</v>
       </c>
       <c r="E120" t="s">
         <v>242</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>225.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>243</v>
       </c>
       <c r="D121">
         <v>2024</v>
       </c>
       <c r="E121" t="s">
         <v>244</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>20.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>245</v>
       </c>
       <c r="D122">
         <v>2024</v>
       </c>
       <c r="E122" t="s">
         <v>246</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>20.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>247</v>
       </c>
       <c r="D123">
         <v>2024</v>
       </c>
       <c r="E123" t="s">
         <v>248</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>16.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>249</v>
       </c>
       <c r="D124">
         <v>2024</v>
       </c>
       <c r="E124" t="s">
         <v>250</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>117.0</v>
+        <v>575.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>251</v>
       </c>
       <c r="D125">
         <v>2024</v>
       </c>
       <c r="E125" t="s">
         <v>252</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>405.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>253</v>
       </c>
       <c r="D126">
         <v>2024</v>
       </c>
       <c r="E126" t="s">
         <v>254</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>998.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>140</v>
+        <v>255</v>
       </c>
       <c r="D127">
         <v>2024</v>
       </c>
       <c r="E127" t="s">
-        <v>141</v>
+        <v>256</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>190.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>138</v>
+        <v>257</v>
       </c>
       <c r="D128">
         <v>2024</v>
       </c>
       <c r="E128" t="s">
-        <v>139</v>
+        <v>258</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>165.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D129">
         <v>2024</v>
       </c>
       <c r="E129" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D130">
         <v>2024</v>
       </c>
       <c r="E130" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>12.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D131">
         <v>2024</v>
       </c>
       <c r="E131" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>510.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="D132">
         <v>2024</v>
       </c>
       <c r="E132" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>25.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D133">
         <v>2024</v>
       </c>
       <c r="E133" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>320.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D134">
         <v>2024</v>
       </c>
       <c r="E134" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>576.0</v>
+        <v>998.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>267</v>
+        <v>156</v>
       </c>
       <c r="D135">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E135" t="s">
-        <v>268</v>
+        <v>157</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>12.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>269</v>
+        <v>154</v>
       </c>
       <c r="D136">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E136" t="s">
-        <v>270</v>
+        <v>155</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>24.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>271</v>
       </c>
       <c r="D137">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E137" t="s">
         <v>272</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>48.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>273</v>
       </c>
       <c r="D138">
         <v>2024</v>
       </c>
       <c r="E138" t="s">
         <v>274</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>315.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>275</v>
       </c>
       <c r="D139">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E139" t="s">
         <v>276</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>63.0</v>
+        <v>510.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>277</v>
       </c>
       <c r="D140">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E140" t="s">
         <v>278</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>200.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>279</v>
       </c>
       <c r="D141">
         <v>2024</v>
       </c>
       <c r="E141" t="s">
         <v>280</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>345.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>281</v>
       </c>
       <c r="D142">
         <v>2024</v>
       </c>
       <c r="E142" t="s">
         <v>282</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>345.0</v>
+        <v>576.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>283</v>
       </c>
       <c r="D143">
         <v>2023</v>
       </c>
       <c r="E143" t="s">
         <v>284</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
-        <v>394.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>285</v>
       </c>
       <c r="D144">
         <v>2023</v>
       </c>
       <c r="E144" t="s">
         <v>286</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>227.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>287</v>
       </c>
       <c r="D145">
         <v>2023</v>
       </c>
       <c r="E145" t="s">
         <v>288</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>24.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>289</v>
       </c>
       <c r="D146">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E146" t="s">
         <v>290</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>303.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>291</v>
       </c>
       <c r="D147">
         <v>2023</v>
       </c>
       <c r="E147" t="s">
         <v>292</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
-        <v>324.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>293</v>
       </c>
       <c r="D148">
         <v>2023</v>
       </c>
       <c r="E148" t="s">
         <v>294</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
-        <v>515.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>295</v>
       </c>
       <c r="D149">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E149" t="s">
         <v>296</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>656.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>297</v>
       </c>
       <c r="D150">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E150" t="s">
         <v>298</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>30.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>299</v>
       </c>
       <c r="D151">
         <v>2023</v>
       </c>
       <c r="E151" t="s">
         <v>300</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>170.0</v>
+        <v>394.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>8</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>301</v>
       </c>
       <c r="D152">
         <v>2023</v>
       </c>
       <c r="E152" t="s">
         <v>302</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>488.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>303</v>
       </c>
       <c r="D153">
         <v>2023</v>
       </c>
       <c r="E153" t="s">
         <v>304</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>650.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>305</v>
       </c>
       <c r="D154">
         <v>2023</v>
       </c>
       <c r="E154" t="s">
         <v>306</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>350.0</v>
+        <v>303.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>307</v>
       </c>
       <c r="D155">
         <v>2023</v>
       </c>
       <c r="E155" t="s">
         <v>308</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>310.0</v>
+        <v>324.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>309</v>
       </c>
       <c r="D156">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E156" t="s">
         <v>310</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>160.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>311</v>
       </c>
       <c r="D157">
         <v>2023</v>
       </c>
       <c r="E157" t="s">
         <v>312</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
-        <v>335.0</v>
+        <v>656.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>313</v>
       </c>
       <c r="D158">
         <v>2023</v>
       </c>
       <c r="E158" t="s">
         <v>314</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>616.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>315</v>
       </c>
       <c r="D159">
         <v>2023</v>
       </c>
       <c r="E159" t="s">
         <v>316</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
-        <v>30.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>317</v>
       </c>
       <c r="D160">
         <v>2023</v>
       </c>
       <c r="E160" t="s">
         <v>318</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>114.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>319</v>
       </c>
       <c r="D161">
         <v>2023</v>
       </c>
       <c r="E161" t="s">
         <v>320</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>319.0</v>
+        <v>650.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>321</v>
       </c>
       <c r="D162">
         <v>2023</v>
       </c>
       <c r="E162" t="s">
         <v>322</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>319.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>323</v>
       </c>
       <c r="D163">
         <v>2023</v>
       </c>
       <c r="E163" t="s">
         <v>324</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>552.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>8</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>325</v>
       </c>
       <c r="D164">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E164" t="s">
-        <v>326</v>
+        <v>14</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>319.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="D165">
         <v>2023</v>
       </c>
       <c r="E165" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>111.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>8</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="D166">
         <v>2023</v>
       </c>
       <c r="E166" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>378.0</v>
+        <v>616.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>8</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="D167">
         <v>2023</v>
       </c>
       <c r="E167" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>523.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>8</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D168">
         <v>2023</v>
       </c>
       <c r="E168" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
-        <v>421.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D169">
         <v>2023</v>
       </c>
       <c r="E169" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
-        <v>269.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>8</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D170">
         <v>2023</v>
       </c>
       <c r="E170" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
-        <v>215.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="D171">
         <v>2023</v>
       </c>
       <c r="E171" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>100.0</v>
+        <v>552.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="D172">
         <v>2023</v>
       </c>
       <c r="E172" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>135.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D173">
         <v>2023</v>
       </c>
       <c r="E173" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>222.0</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="D174">
         <v>2023</v>
       </c>
       <c r="E174" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
-        <v>220.0</v>
+        <v>378.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>8</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D175">
         <v>2023</v>
       </c>
       <c r="E175" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
-        <v>169.0</v>
+        <v>523.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="D176">
         <v>2023</v>
       </c>
       <c r="E176" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>323.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="D177">
         <v>2023</v>
       </c>
       <c r="E177" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>110.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>8</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D178">
         <v>2023</v>
       </c>
       <c r="E178" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>220.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="D179">
         <v>2023</v>
       </c>
       <c r="E179" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>8</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="D180">
         <v>2023</v>
       </c>
       <c r="E180" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
-        <v>306.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>8</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="D181">
         <v>2023</v>
       </c>
       <c r="E181" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>252.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="D182">
         <v>2023</v>
       </c>
       <c r="E182" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>241.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="D183">
         <v>2023</v>
       </c>
       <c r="E183" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>357.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="D184">
         <v>2023</v>
       </c>
       <c r="E184" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>124.0</v>
+        <v>323.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="D185">
         <v>2023</v>
       </c>
       <c r="E185" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
-        <v>272.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="D186">
         <v>2023</v>
       </c>
       <c r="E186" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
-        <v>302.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="D187">
         <v>2023</v>
       </c>
       <c r="E187" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>272.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
+        <v>372</v>
+      </c>
+      <c r="D188">
+        <v>2023</v>
+      </c>
+      <c r="E188" t="s">
         <v>373</v>
       </c>
-      <c r="D188">
-[...4 lines deleted...]
-      </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
-        <v>79.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="D189">
         <v>2023</v>
       </c>
       <c r="E189" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
-        <v>302.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D190">
         <v>2023</v>
       </c>
       <c r="E190" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>302.0</v>
+        <v>241.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D191">
         <v>2023</v>
       </c>
       <c r="E191" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>302.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="D192">
         <v>2023</v>
       </c>
       <c r="E192" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>355.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
+        <v>382</v>
+      </c>
+      <c r="D193">
+        <v>2023</v>
+      </c>
+      <c r="E193" t="s">
         <v>383</v>
       </c>
-      <c r="D193">
-[...4 lines deleted...]
-      </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>22.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>8</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
+        <v>384</v>
+      </c>
+      <c r="D194">
+        <v>2023</v>
+      </c>
+      <c r="E194" t="s">
         <v>385</v>
       </c>
-      <c r="D194">
-[...4 lines deleted...]
-      </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>873.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
+        <v>386</v>
+      </c>
+      <c r="D195">
+        <v>2023</v>
+      </c>
+      <c r="E195" t="s">
         <v>387</v>
       </c>
-      <c r="D195">
-[...4 lines deleted...]
-      </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>282.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="D196">
         <v>2022</v>
       </c>
       <c r="E196" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>267.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
+        <v>390</v>
+      </c>
+      <c r="D197">
+        <v>2023</v>
+      </c>
+      <c r="E197" t="s">
         <v>391</v>
       </c>
-      <c r="D197">
-[...4 lines deleted...]
-      </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
-        <v>301.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
+        <v>392</v>
+      </c>
+      <c r="D198">
+        <v>2023</v>
+      </c>
+      <c r="E198" t="s">
         <v>393</v>
       </c>
-      <c r="D198">
-[...4 lines deleted...]
-      </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>602.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
+        <v>394</v>
+      </c>
+      <c r="D199">
+        <v>2023</v>
+      </c>
+      <c r="E199" t="s">
         <v>395</v>
       </c>
-      <c r="D199">
-[...4 lines deleted...]
-      </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>27.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
+        <v>396</v>
+      </c>
+      <c r="D200">
+        <v>2023</v>
+      </c>
+      <c r="E200" t="s">
         <v>397</v>
       </c>
-      <c r="D200">
-[...4 lines deleted...]
-      </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>203.0</v>
+        <v>355.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="D201">
         <v>2022</v>
       </c>
       <c r="E201" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>227.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="D202">
         <v>2022</v>
       </c>
       <c r="E202" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>11.0</v>
+        <v>873.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D203">
         <v>2022</v>
       </c>
       <c r="E203" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>146.0</v>
+        <v>282.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
+        <v>404</v>
+      </c>
+      <c r="D204">
+        <v>2022</v>
+      </c>
+      <c r="E204" t="s">
         <v>405</v>
       </c>
-      <c r="D204">
-[...4 lines deleted...]
-      </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>209.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
+        <v>406</v>
+      </c>
+      <c r="D205">
+        <v>2022</v>
+      </c>
+      <c r="E205" t="s">
         <v>407</v>
       </c>
-      <c r="D205">
-[...4 lines deleted...]
-      </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>183.0</v>
+        <v>301.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="D206">
         <v>2022</v>
       </c>
       <c r="E206" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
-        <v>12.0</v>
+        <v>602.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
+        <v>410</v>
+      </c>
+      <c r="D207">
+        <v>2022</v>
+      </c>
+      <c r="E207" t="s">
         <v>411</v>
       </c>
-      <c r="D207">
-[...4 lines deleted...]
-      </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
-        <v>533.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="D208">
         <v>2022</v>
       </c>
       <c r="E208" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
-        <v>199.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="D209">
         <v>2022</v>
       </c>
       <c r="E209" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>200.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="D210">
         <v>2022</v>
       </c>
       <c r="E210" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>55.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
+        <v>418</v>
+      </c>
+      <c r="D211">
+        <v>2022</v>
+      </c>
+      <c r="E211" t="s">
         <v>419</v>
       </c>
-      <c r="D211">
-[...4 lines deleted...]
-      </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
-        <v>650.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
+        <v>420</v>
+      </c>
+      <c r="D212">
+        <v>2023</v>
+      </c>
+      <c r="E212" t="s">
         <v>421</v>
       </c>
-      <c r="D212">
-[...4 lines deleted...]
-      </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>380.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
+        <v>422</v>
+      </c>
+      <c r="D213">
+        <v>2023</v>
+      </c>
+      <c r="E213" t="s">
         <v>423</v>
       </c>
-      <c r="D213">
-[...4 lines deleted...]
-      </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
-        <v>135.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="D214">
         <v>2022</v>
       </c>
       <c r="E214" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
-        <v>299.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
+        <v>426</v>
+      </c>
+      <c r="D215">
+        <v>2023</v>
+      </c>
+      <c r="E215" t="s">
         <v>427</v>
       </c>
-      <c r="D215">
-[...4 lines deleted...]
-      </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>98.0</v>
+        <v>533.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D216">
         <v>2022</v>
       </c>
       <c r="E216" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
-        <v>220.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="D217">
         <v>2022</v>
       </c>
       <c r="E217" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>355.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="D218">
         <v>2022</v>
       </c>
       <c r="E218" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>445.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
+        <v>434</v>
+      </c>
+      <c r="D219">
+        <v>2023</v>
+      </c>
+      <c r="E219" t="s">
         <v>435</v>
       </c>
-      <c r="D219">
-[...4 lines deleted...]
-      </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>456.0</v>
+        <v>650.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="D220">
         <v>2022</v>
       </c>
       <c r="E220" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>397.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="D221">
         <v>2022</v>
       </c>
       <c r="E221" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>300.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="D222">
         <v>2022</v>
       </c>
       <c r="E222" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>557.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="D223">
         <v>2022</v>
       </c>
       <c r="E223" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
-        <v>143.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="D224">
         <v>2022</v>
       </c>
       <c r="E224" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>497.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="D225">
         <v>2022</v>
       </c>
       <c r="E225" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
-        <v>450.0</v>
+        <v>355.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="D226">
         <v>2022</v>
       </c>
       <c r="E226" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>14.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
+        <v>450</v>
+      </c>
+      <c r="D227">
+        <v>2020</v>
+      </c>
+      <c r="E227" t="s">
         <v>451</v>
       </c>
-      <c r="D227">
-[...4 lines deleted...]
-      </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
-        <v>765.0</v>
+        <v>456.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="D228">
         <v>2022</v>
       </c>
       <c r="E228" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>224.0</v>
+        <v>397.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D229">
         <v>2022</v>
       </c>
       <c r="E229" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
-        <v>399.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
+        <v>456</v>
+      </c>
+      <c r="D230">
+        <v>2022</v>
+      </c>
+      <c r="E230" t="s">
         <v>457</v>
       </c>
-      <c r="D230">
-[...4 lines deleted...]
-      </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
-        <v>11.0</v>
+        <v>557.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>8</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="D231">
         <v>2022</v>
       </c>
       <c r="E231" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
-        <v>206.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="D232">
         <v>2022</v>
       </c>
       <c r="E232" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>525.0</v>
+        <v>497.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="D233">
         <v>2022</v>
       </c>
       <c r="E233" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>1517.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="D234">
         <v>2022</v>
       </c>
       <c r="E234" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
-        <v>350.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="D235">
         <v>2022</v>
       </c>
       <c r="E235" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>290.0</v>
+        <v>765.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="D236">
         <v>2022</v>
       </c>
       <c r="E236" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
-        <v>200.0</v>
+        <v>224.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="D237">
         <v>2022</v>
       </c>
       <c r="E237" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
-        <v>27.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
+        <v>472</v>
+      </c>
+      <c r="D238">
+        <v>2021</v>
+      </c>
+      <c r="E238" t="s">
         <v>473</v>
       </c>
-      <c r="D238">
-[...4 lines deleted...]
-      </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
-        <v>424.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D239">
         <v>2022</v>
       </c>
       <c r="E239" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
-        <v>1614.0</v>
+        <v>525.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="D240">
         <v>2022</v>
       </c>
       <c r="E240" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
-        <v>417.0</v>
+        <v>1517.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="D241">
         <v>2022</v>
       </c>
       <c r="E241" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
-        <v>445.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="D242">
         <v>2022</v>
       </c>
       <c r="E242" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
-        <v>475.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
+        <v>482</v>
+      </c>
+      <c r="D243">
+        <v>2022</v>
+      </c>
+      <c r="E243" t="s">
         <v>483</v>
       </c>
-      <c r="D243">
-[...4 lines deleted...]
-      </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
-        <v>22.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="D244">
         <v>2022</v>
       </c>
       <c r="E244" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>283.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
+        <v>486</v>
+      </c>
+      <c r="D245">
+        <v>2022</v>
+      </c>
+      <c r="E245" t="s">
         <v>487</v>
       </c>
-      <c r="D245">
-[...4 lines deleted...]
-      </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
-        <v>97.0</v>
+        <v>424.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
+        <v>488</v>
+      </c>
+      <c r="D246">
+        <v>2022</v>
+      </c>
+      <c r="E246" t="s">
         <v>489</v>
       </c>
-      <c r="D246">
-[...4 lines deleted...]
-      </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
-        <v>383.0</v>
+        <v>1614.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
+        <v>490</v>
+      </c>
+      <c r="D247">
+        <v>2022</v>
+      </c>
+      <c r="E247" t="s">
         <v>491</v>
       </c>
-      <c r="D247">
-[...4 lines deleted...]
-      </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>55.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D248">
         <v>2022</v>
       </c>
       <c r="E248" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>410.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D249">
         <v>2022</v>
       </c>
       <c r="E249" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>965.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
+        <v>496</v>
+      </c>
+      <c r="D250">
+        <v>2021</v>
+      </c>
+      <c r="E250" t="s">
         <v>497</v>
       </c>
-      <c r="D250">
-[...4 lines deleted...]
-      </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
-        <v>297.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="D251">
         <v>2022</v>
       </c>
       <c r="E251" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
-        <v>423.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
+        <v>500</v>
+      </c>
+      <c r="D252">
+        <v>2021</v>
+      </c>
+      <c r="E252" t="s">
         <v>501</v>
       </c>
-      <c r="D252">
-[...4 lines deleted...]
-      </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
-        <v>515.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
+        <v>502</v>
+      </c>
+      <c r="D253">
+        <v>2021</v>
+      </c>
+      <c r="E253" t="s">
         <v>503</v>
       </c>
-      <c r="D253">
-[...4 lines deleted...]
-      </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
-        <v>323.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
+        <v>504</v>
+      </c>
+      <c r="D254">
+        <v>2021</v>
+      </c>
+      <c r="E254" t="s">
         <v>505</v>
       </c>
-      <c r="D254">
-[...4 lines deleted...]
-      </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
-        <v>386.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
+        <v>506</v>
+      </c>
+      <c r="D255">
+        <v>2022</v>
+      </c>
+      <c r="E255" t="s">
         <v>507</v>
       </c>
-      <c r="D255">
-[...4 lines deleted...]
-      </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>22.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="D256">
         <v>2022</v>
       </c>
       <c r="E256" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
-        <v>175.0</v>
+        <v>965.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="D257">
         <v>2022</v>
       </c>
       <c r="E257" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
-        <v>120.0</v>
+        <v>297.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="D258">
         <v>2022</v>
       </c>
       <c r="E258" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
-        <v>115.0</v>
+        <v>423.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
+        <v>514</v>
+      </c>
+      <c r="D259">
+        <v>2022</v>
+      </c>
+      <c r="E259" t="s">
         <v>515</v>
       </c>
-      <c r="D259">
-[...4 lines deleted...]
-      </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
-        <v>275.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
+        <v>516</v>
+      </c>
+      <c r="D260">
+        <v>2022</v>
+      </c>
+      <c r="E260" t="s">
         <v>517</v>
       </c>
-      <c r="D260">
-[...4 lines deleted...]
-      </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
-        <v>11.0</v>
+        <v>323.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="D261">
         <v>2022</v>
       </c>
       <c r="E261" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
-        <v>400.0</v>
+        <v>386.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="D262">
         <v>2021</v>
       </c>
       <c r="E262" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
-        <v>335.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
+        <v>522</v>
+      </c>
+      <c r="D263">
+        <v>2022</v>
+      </c>
+      <c r="E263" t="s">
         <v>523</v>
       </c>
-      <c r="D263">
-[...4 lines deleted...]
-      </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
-        <v>335.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
+        <v>524</v>
+      </c>
+      <c r="D264">
+        <v>2022</v>
+      </c>
+      <c r="E264" t="s">
         <v>525</v>
       </c>
-      <c r="D264">
-[...4 lines deleted...]
-      </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264">
-        <v>288.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
+        <v>526</v>
+      </c>
+      <c r="D265">
+        <v>2022</v>
+      </c>
+      <c r="E265" t="s">
         <v>527</v>
       </c>
-      <c r="D265">
-[...4 lines deleted...]
-      </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
-        <v>340.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
+        <v>528</v>
+      </c>
+      <c r="D266">
+        <v>2021</v>
+      </c>
+      <c r="E266" t="s">
         <v>529</v>
       </c>
-      <c r="D266">
-[...4 lines deleted...]
-      </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
-        <v>500.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
+        <v>530</v>
+      </c>
+      <c r="D267">
+        <v>2021</v>
+      </c>
+      <c r="E267" t="s">
         <v>531</v>
       </c>
-      <c r="D267">
-[...4 lines deleted...]
-      </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
-        <v>56.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="D268">
         <v>2022</v>
       </c>
       <c r="E268" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268">
-        <v>389.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="D269">
         <v>2021</v>
       </c>
       <c r="E269" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269">
-        <v>417.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="D270">
         <v>2021</v>
       </c>
       <c r="E270" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270">
-        <v>199.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
+        <v>538</v>
+      </c>
+      <c r="D271">
+        <v>2021</v>
+      </c>
+      <c r="E271" t="s">
         <v>539</v>
       </c>
-      <c r="D271">
-[...4 lines deleted...]
-      </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271">
-        <v>540.0</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="D272">
         <v>2021</v>
       </c>
       <c r="E272" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272">
-        <v>143.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
+        <v>542</v>
+      </c>
+      <c r="D273">
+        <v>2022</v>
+      </c>
+      <c r="E273" t="s">
         <v>543</v>
       </c>
-      <c r="D273">
-[...4 lines deleted...]
-      </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273">
-        <v>277.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="D274">
         <v>2022</v>
       </c>
       <c r="E274" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274">
-        <v>438.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>8</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="D275">
         <v>2022</v>
       </c>
       <c r="E275" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275">
-        <v>271.0</v>
+        <v>389.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="D276">
         <v>2021</v>
       </c>
       <c r="E276" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276">
         <v>417.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="D277">
         <v>2021</v>
       </c>
       <c r="E277" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277">
-        <v>22.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="D278">
         <v>2022</v>
       </c>
       <c r="E278" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278">
-        <v>170.0</v>
+        <v>540.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="D279">
         <v>2021</v>
       </c>
       <c r="E279" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279">
-        <v>53.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>8</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="D280">
         <v>2021</v>
       </c>
       <c r="E280" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280">
-        <v>264.0</v>
+        <v>277.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
+        <v>558</v>
+      </c>
+      <c r="D281">
+        <v>2022</v>
+      </c>
+      <c r="E281" t="s">
         <v>559</v>
       </c>
-      <c r="D281">
-[...4 lines deleted...]
-      </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281">
-        <v>275.0</v>
+        <v>438.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>8</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
+        <v>560</v>
+      </c>
+      <c r="D282">
+        <v>2022</v>
+      </c>
+      <c r="E282" t="s">
         <v>561</v>
       </c>
-      <c r="D282">
-[...4 lines deleted...]
-      </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282">
-        <v>447.0</v>
+        <v>271.0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>8</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="D283">
         <v>2021</v>
       </c>
       <c r="E283" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283">
-        <v>290.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>8</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="D284">
         <v>2021</v>
       </c>
       <c r="E284" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284">
-        <v>55.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>8</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D285">
         <v>2022</v>
       </c>
       <c r="E285" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
       <c r="G285">
-        <v>660.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>8</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
+        <v>568</v>
+      </c>
+      <c r="D286">
+        <v>2021</v>
+      </c>
+      <c r="E286" t="s">
         <v>569</v>
       </c>
-      <c r="D286">
-[...4 lines deleted...]
-      </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286">
-        <v>588.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>8</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D287">
         <v>2021</v>
       </c>
       <c r="E287" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287">
-        <v>318.0</v>
+        <v>264.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>8</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
+        <v>572</v>
+      </c>
+      <c r="D288">
+        <v>2021</v>
+      </c>
+      <c r="E288" t="s">
         <v>573</v>
       </c>
-      <c r="D288">
-[...4 lines deleted...]
-      </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288">
-        <v>588.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>8</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="D289">
         <v>2021</v>
       </c>
       <c r="E289" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289">
-        <v>195.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>8</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="D290">
         <v>2021</v>
       </c>
       <c r="E290" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290">
-        <v>616.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>8</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
+        <v>578</v>
+      </c>
+      <c r="D291">
+        <v>2021</v>
+      </c>
+      <c r="E291" t="s">
         <v>579</v>
       </c>
-      <c r="D291">
-[...4 lines deleted...]
-      </c>
       <c r="F291" t="s">
         <v>12</v>
       </c>
       <c r="G291">
-        <v>402.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>8</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
+        <v>580</v>
+      </c>
+      <c r="D292">
+        <v>2022</v>
+      </c>
+      <c r="E292" t="s">
         <v>581</v>
       </c>
-      <c r="D292">
-[...4 lines deleted...]
-      </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292">
-        <v>281.0</v>
+        <v>660.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>8</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
+        <v>582</v>
+      </c>
+      <c r="D293">
+        <v>2022</v>
+      </c>
+      <c r="E293" t="s">
         <v>583</v>
       </c>
-      <c r="D293">
-[...4 lines deleted...]
-      </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
-        <v>348.0</v>
+        <v>588.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="D294">
         <v>2021</v>
       </c>
       <c r="E294" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
-        <v>253.0</v>
+        <v>318.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
+        <v>586</v>
+      </c>
+      <c r="D295">
+        <v>2022</v>
+      </c>
+      <c r="E295" t="s">
         <v>587</v>
       </c>
-      <c r="D295">
-[...4 lines deleted...]
-      </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
-        <v>398.0</v>
+        <v>588.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="D296">
         <v>2021</v>
       </c>
       <c r="E296" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
-        <v>251.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="D297">
         <v>2021</v>
       </c>
       <c r="E297" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
-        <v>442.0</v>
+        <v>616.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
+        <v>592</v>
+      </c>
+      <c r="D298">
+        <v>2022</v>
+      </c>
+      <c r="E298" t="s">
         <v>593</v>
       </c>
-      <c r="D298">
-[...4 lines deleted...]
-      </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>1000.0</v>
+        <v>402.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="D299">
         <v>2021</v>
       </c>
       <c r="E299" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
-        <v>331.0</v>
+        <v>281.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="D300">
         <v>2021</v>
       </c>
       <c r="E300" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
-        <v>402.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
+        <v>598</v>
+      </c>
+      <c r="D301">
+        <v>2021</v>
+      </c>
+      <c r="E301" t="s">
         <v>599</v>
       </c>
-      <c r="D301">
-[...4 lines deleted...]
-      </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
-        <v>447.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
+        <v>600</v>
+      </c>
+      <c r="D302">
+        <v>2021</v>
+      </c>
+      <c r="E302" t="s">
         <v>601</v>
       </c>
-      <c r="D302">
-[...4 lines deleted...]
-      </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
-        <v>286.0</v>
+        <v>398.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
+        <v>602</v>
+      </c>
+      <c r="D303">
+        <v>2021</v>
+      </c>
+      <c r="E303" t="s">
         <v>603</v>
       </c>
-      <c r="D303">
-[...4 lines deleted...]
-      </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>257.0</v>
+        <v>251.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="D304">
         <v>2021</v>
       </c>
       <c r="E304" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>58.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="D305">
         <v>2021</v>
       </c>
       <c r="E305" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>750.0</v>
+        <v>1000.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="D306">
         <v>2021</v>
       </c>
       <c r="E306" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
-        <v>300.0</v>
+        <v>331.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
+        <v>610</v>
+      </c>
+      <c r="D307">
+        <v>2021</v>
+      </c>
+      <c r="E307" t="s">
         <v>611</v>
       </c>
-      <c r="D307">
-[...4 lines deleted...]
-      </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>305.0</v>
+        <v>402.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
+        <v>612</v>
+      </c>
+      <c r="D308">
+        <v>2020</v>
+      </c>
+      <c r="E308" t="s">
         <v>613</v>
       </c>
-      <c r="D308">
-[...4 lines deleted...]
-      </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
-        <v>485.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>8</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
+        <v>614</v>
+      </c>
+      <c r="D309">
+        <v>2020</v>
+      </c>
+      <c r="E309" t="s">
         <v>615</v>
       </c>
-      <c r="D309">
-[...4 lines deleted...]
-      </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
-        <v>320.0</v>
+        <v>286.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="D310">
         <v>2020</v>
       </c>
       <c r="E310" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
-        <v>29.0</v>
+        <v>257.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="D311">
         <v>2021</v>
       </c>
       <c r="E311" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
-        <v>259.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
+        <v>620</v>
+      </c>
+      <c r="D312">
+        <v>2021</v>
+      </c>
+      <c r="E312" t="s">
         <v>621</v>
       </c>
-      <c r="D312">
-[...4 lines deleted...]
-      </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
-        <v>15.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="D313">
         <v>2021</v>
       </c>
       <c r="E313" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
-        <v>260.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
+        <v>624</v>
+      </c>
+      <c r="D314">
+        <v>2020</v>
+      </c>
+      <c r="E314" t="s">
         <v>625</v>
       </c>
-      <c r="D314">
-[...4 lines deleted...]
-      </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
-        <v>442.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="D315">
         <v>2021</v>
       </c>
       <c r="E315" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
-        <v>499.0</v>
+        <v>485.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="D316">
         <v>2021</v>
       </c>
       <c r="E316" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>150.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
+        <v>630</v>
+      </c>
+      <c r="D317">
+        <v>2020</v>
+      </c>
+      <c r="E317" t="s">
         <v>631</v>
       </c>
-      <c r="D317">
-[...4 lines deleted...]
-      </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
-        <v>600.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
+        <v>632</v>
+      </c>
+      <c r="D318">
+        <v>2021</v>
+      </c>
+      <c r="E318" t="s">
         <v>633</v>
       </c>
-      <c r="D318">
-[...4 lines deleted...]
-      </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
-        <v>90.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
+        <v>634</v>
+      </c>
+      <c r="D319">
+        <v>2020</v>
+      </c>
+      <c r="E319" t="s">
         <v>635</v>
       </c>
-      <c r="D319">
-[...4 lines deleted...]
-      </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
-        <v>670.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="D320">
         <v>2021</v>
       </c>
       <c r="E320" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
-        <v>11.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="D321">
         <v>2021</v>
       </c>
       <c r="E321" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
-        <v>100.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
+        <v>640</v>
+      </c>
+      <c r="D322">
+        <v>2021</v>
+      </c>
+      <c r="E322" t="s">
         <v>641</v>
       </c>
-      <c r="D322">
-[...4 lines deleted...]
-      </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
-        <v>430.0</v>
+        <v>499.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
+        <v>642</v>
+      </c>
+      <c r="D323">
+        <v>2021</v>
+      </c>
+      <c r="E323" t="s">
         <v>643</v>
       </c>
-      <c r="D323">
-[...4 lines deleted...]
-      </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
-        <v>382.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
+        <v>644</v>
+      </c>
+      <c r="D324">
+        <v>2021</v>
+      </c>
+      <c r="E324" t="s">
         <v>645</v>
       </c>
-      <c r="D324">
-[...4 lines deleted...]
-      </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
-        <v>152.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
+        <v>646</v>
+      </c>
+      <c r="D325">
+        <v>2020</v>
+      </c>
+      <c r="E325" t="s">
         <v>647</v>
       </c>
-      <c r="D325">
-[...4 lines deleted...]
-      </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
-        <v>136.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
+        <v>648</v>
+      </c>
+      <c r="D326">
+        <v>2021</v>
+      </c>
+      <c r="E326" t="s">
         <v>649</v>
       </c>
-      <c r="D326">
-[...4 lines deleted...]
-      </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
-        <v>474.0</v>
+        <v>670.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
+        <v>650</v>
+      </c>
+      <c r="D327">
+        <v>2021</v>
+      </c>
+      <c r="E327" t="s">
         <v>651</v>
       </c>
-      <c r="D327">
-[...4 lines deleted...]
-      </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
-        <v>474.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
+        <v>652</v>
+      </c>
+      <c r="D328">
+        <v>2021</v>
+      </c>
+      <c r="E328" t="s">
         <v>653</v>
       </c>
-      <c r="D328">
-[...4 lines deleted...]
-      </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
-        <v>210.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
+        <v>654</v>
+      </c>
+      <c r="D329">
+        <v>2020</v>
+      </c>
+      <c r="E329" t="s">
         <v>655</v>
       </c>
-      <c r="D329">
-[...4 lines deleted...]
-      </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>220.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D330">
         <v>2020</v>
       </c>
       <c r="E330" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
-        <v>150.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="D331">
         <v>2020</v>
       </c>
       <c r="E331" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>190.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
+        <v>660</v>
+      </c>
+      <c r="D332">
+        <v>2022</v>
+      </c>
+      <c r="E332" t="s">
         <v>661</v>
       </c>
-      <c r="D332">
-[...4 lines deleted...]
-      </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>470.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
+        <v>662</v>
+      </c>
+      <c r="D333">
+        <v>2022</v>
+      </c>
+      <c r="E333" t="s">
         <v>663</v>
       </c>
-      <c r="D333">
-[...4 lines deleted...]
-      </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
-        <v>305.0</v>
+        <v>474.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="D334">
         <v>2022</v>
       </c>
       <c r="E334" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
-        <v>461.0</v>
+        <v>474.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
+        <v>666</v>
+      </c>
+      <c r="D335">
+        <v>2020</v>
+      </c>
+      <c r="E335" t="s">
         <v>667</v>
       </c>
-      <c r="D335">
-[...4 lines deleted...]
-      </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
-        <v>447.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
+        <v>668</v>
+      </c>
+      <c r="D336">
+        <v>2022</v>
+      </c>
+      <c r="E336" t="s">
         <v>669</v>
       </c>
-      <c r="D336">
-[...4 lines deleted...]
-      </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
-        <v>1070.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
+        <v>670</v>
+      </c>
+      <c r="D337">
+        <v>2020</v>
+      </c>
+      <c r="E337" t="s">
         <v>671</v>
       </c>
-      <c r="D337">
-[...4 lines deleted...]
-      </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
-        <v>300.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="D338">
         <v>2020</v>
       </c>
       <c r="E338" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
-        <v>175.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="D339">
         <v>2020</v>
       </c>
       <c r="E339" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
-        <v>210.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="D340">
         <v>2020</v>
       </c>
       <c r="E340" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
-        <v>210.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
+        <v>678</v>
+      </c>
+      <c r="D341">
+        <v>2022</v>
+      </c>
+      <c r="E341" t="s">
         <v>679</v>
       </c>
-      <c r="D341">
-[...4 lines deleted...]
-      </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
-        <v>400.0</v>
+        <v>461.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>8</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
+        <v>680</v>
+      </c>
+      <c r="D342">
+        <v>2022</v>
+      </c>
+      <c r="E342" t="s">
         <v>681</v>
       </c>
-      <c r="D342">
-[...4 lines deleted...]
-      </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
-        <v>213.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="D343">
         <v>2021</v>
       </c>
       <c r="E343" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
-        <v>515.0</v>
+        <v>1070.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>8</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D344">
         <v>2021</v>
       </c>
       <c r="E344" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
-        <v>656.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="D345">
         <v>2020</v>
       </c>
       <c r="E345" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
-        <v>345.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>8</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D346">
         <v>2020</v>
       </c>
       <c r="E346" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
-        <v>300.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="D347">
         <v>2020</v>
       </c>
       <c r="E347" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
-        <v>250.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
+        <v>692</v>
+      </c>
+      <c r="D348">
+        <v>2020</v>
+      </c>
+      <c r="E348" t="s">
         <v>693</v>
       </c>
-      <c r="D348">
-[...4 lines deleted...]
-      </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
-        <v>390.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
+        <v>694</v>
+      </c>
+      <c r="D349">
+        <v>2020</v>
+      </c>
+      <c r="E349" t="s">
         <v>695</v>
       </c>
-      <c r="D349">
-[...4 lines deleted...]
-      </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
-        <v>130.0</v>
+        <v>213.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
+        <v>696</v>
+      </c>
+      <c r="D350">
+        <v>2021</v>
+      </c>
+      <c r="E350" t="s">
         <v>697</v>
       </c>
-      <c r="D350">
-[...4 lines deleted...]
-      </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
-        <v>132.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>8</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
+        <v>698</v>
+      </c>
+      <c r="D351">
+        <v>2021</v>
+      </c>
+      <c r="E351" t="s">
         <v>699</v>
       </c>
-      <c r="D351">
-[...4 lines deleted...]
-      </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
-        <v>105.0</v>
+        <v>656.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>8</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
+        <v>700</v>
+      </c>
+      <c r="D352">
+        <v>2020</v>
+      </c>
+      <c r="E352" t="s">
         <v>701</v>
       </c>
-      <c r="D352">
-[...4 lines deleted...]
-      </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
-        <v>660.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
+        <v>702</v>
+      </c>
+      <c r="D353">
+        <v>2020</v>
+      </c>
+      <c r="E353" t="s">
         <v>703</v>
       </c>
-      <c r="D353">
-[...4 lines deleted...]
-      </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
-        <v>594.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>8</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
+        <v>704</v>
+      </c>
+      <c r="D354">
+        <v>2020</v>
+      </c>
+      <c r="E354" t="s">
         <v>705</v>
       </c>
-      <c r="D354">
-[...4 lines deleted...]
-      </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
-        <v>15.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
+        <v>706</v>
+      </c>
+      <c r="D355">
+        <v>2019</v>
+      </c>
+      <c r="E355" t="s">
         <v>707</v>
       </c>
-      <c r="D355">
-[...4 lines deleted...]
-      </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
-        <v>15.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
+        <v>708</v>
+      </c>
+      <c r="D356">
+        <v>2019</v>
+      </c>
+      <c r="E356" t="s">
         <v>709</v>
       </c>
-      <c r="D356">
-[...4 lines deleted...]
-      </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
-        <v>360.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>8</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
+        <v>710</v>
+      </c>
+      <c r="D357">
+        <v>2019</v>
+      </c>
+      <c r="E357" t="s">
         <v>711</v>
       </c>
-      <c r="D357">
-[...4 lines deleted...]
-      </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
-        <v>215.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>8</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="D358">
         <v>2020</v>
       </c>
       <c r="E358" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358">
-        <v>55.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>8</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
+        <v>714</v>
+      </c>
+      <c r="D359">
+        <v>2019</v>
+      </c>
+      <c r="E359" t="s">
         <v>715</v>
       </c>
-      <c r="D359">
-[...4 lines deleted...]
-      </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359">
-        <v>210.0</v>
+        <v>660.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>8</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
+        <v>716</v>
+      </c>
+      <c r="D360">
+        <v>2019</v>
+      </c>
+      <c r="E360" t="s">
         <v>717</v>
       </c>
-      <c r="D360">
-[...4 lines deleted...]
-      </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
-        <v>560.0</v>
+        <v>594.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
+        <v>718</v>
+      </c>
+      <c r="D361">
+        <v>2019</v>
+      </c>
+      <c r="E361" t="s">
         <v>719</v>
       </c>
-      <c r="D361">
-[...4 lines deleted...]
-      </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
-        <v>180.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
+        <v>720</v>
+      </c>
+      <c r="D362">
+        <v>2020</v>
+      </c>
+      <c r="E362" t="s">
         <v>721</v>
       </c>
-      <c r="D362">
-[...4 lines deleted...]
-      </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
-        <v>220.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>8</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
+        <v>722</v>
+      </c>
+      <c r="D363">
+        <v>2020</v>
+      </c>
+      <c r="E363" t="s">
         <v>723</v>
       </c>
-      <c r="D363">
-[...4 lines deleted...]
-      </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363">
-        <v>60.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>8</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
+        <v>724</v>
+      </c>
+      <c r="D364">
+        <v>2020</v>
+      </c>
+      <c r="E364" t="s">
         <v>725</v>
       </c>
-      <c r="D364">
-[...4 lines deleted...]
-      </c>
       <c r="F364" t="s">
         <v>12</v>
       </c>
       <c r="G364">
-        <v>350.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>8</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
+        <v>726</v>
+      </c>
+      <c r="D365">
+        <v>2020</v>
+      </c>
+      <c r="E365" t="s">
         <v>727</v>
       </c>
-      <c r="D365">
-[...4 lines deleted...]
-      </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365">
-        <v>180.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>8</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
+        <v>728</v>
+      </c>
+      <c r="D366">
+        <v>2020</v>
+      </c>
+      <c r="E366" t="s">
         <v>729</v>
       </c>
-      <c r="D366">
-[...4 lines deleted...]
-      </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366">
-        <v>675.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>8</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
+        <v>730</v>
+      </c>
+      <c r="D367">
+        <v>2020</v>
+      </c>
+      <c r="E367" t="s">
         <v>731</v>
       </c>
-      <c r="D367">
-[...4 lines deleted...]
-      </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367">
-        <v>100.0</v>
+        <v>560.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>8</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
+        <v>732</v>
+      </c>
+      <c r="D368">
+        <v>2020</v>
+      </c>
+      <c r="E368" t="s">
         <v>733</v>
       </c>
-      <c r="D368">
-[...4 lines deleted...]
-      </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
-        <v>390.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="D369">
         <v>2019</v>
       </c>
       <c r="E369" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
-        <v>350.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>8</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="D370">
         <v>2019</v>
       </c>
       <c r="E370" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
-        <v>445.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>8</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="D371">
         <v>2019</v>
       </c>
       <c r="E371" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371">
-        <v>415.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>8</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
+        <v>740</v>
+      </c>
+      <c r="D372">
+        <v>2019</v>
+      </c>
+      <c r="E372" t="s">
         <v>741</v>
       </c>
-      <c r="D372">
-[...4 lines deleted...]
-      </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372">
-        <v>345.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>8</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
+        <v>742</v>
+      </c>
+      <c r="D373">
+        <v>2019</v>
+      </c>
+      <c r="E373" t="s">
         <v>743</v>
       </c>
-      <c r="D373">
-[...4 lines deleted...]
-      </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373">
-        <v>260.0</v>
+        <v>675.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>8</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
+        <v>744</v>
+      </c>
+      <c r="D374">
+        <v>2019</v>
+      </c>
+      <c r="E374" t="s">
         <v>745</v>
       </c>
-      <c r="D374">
-[...4 lines deleted...]
-      </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374">
-        <v>135.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>8</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="D375">
         <v>2019</v>
       </c>
       <c r="E375" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375">
-        <v>135.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>8</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="D376">
         <v>2019</v>
       </c>
       <c r="E376" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376">
-        <v>135.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>8</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="D377">
         <v>2019</v>
       </c>
       <c r="E377" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377">
-        <v>54.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>8</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="D378">
         <v>2019</v>
       </c>
       <c r="E378" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378">
-        <v>132.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>8</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="D379">
         <v>2020</v>
       </c>
       <c r="E379" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379">
-        <v>330.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>8</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="D380">
         <v>2020</v>
       </c>
       <c r="E380" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="F380" t="s">
         <v>12</v>
       </c>
       <c r="G380">
         <v>260.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>8</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="D381">
         <v>2020</v>
       </c>
       <c r="E381" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="F381" t="s">
         <v>12</v>
       </c>
       <c r="G381">
-        <v>295.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>8</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
+        <v>760</v>
+      </c>
+      <c r="D382">
+        <v>2019</v>
+      </c>
+      <c r="E382" t="s">
         <v>761</v>
       </c>
-      <c r="D382">
-[...4 lines deleted...]
-      </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382">
-        <v>260.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>8</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
+        <v>762</v>
+      </c>
+      <c r="D383">
+        <v>2019</v>
+      </c>
+      <c r="E383" t="s">
         <v>763</v>
       </c>
-      <c r="D383">
-[...4 lines deleted...]
-      </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383">
-        <v>325.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
+        <v>764</v>
+      </c>
+      <c r="D384">
+        <v>2019</v>
+      </c>
+      <c r="E384" t="s">
         <v>765</v>
       </c>
-      <c r="D384">
-[...4 lines deleted...]
-      </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
-        <v>390.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>8</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
+        <v>766</v>
+      </c>
+      <c r="D385">
+        <v>2019</v>
+      </c>
+      <c r="E385" t="s">
         <v>767</v>
       </c>
-      <c r="D385">
-[...4 lines deleted...]
-      </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
-        <v>295.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>8</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="D386">
         <v>2020</v>
       </c>
       <c r="E386" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386">
-        <v>390.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>8</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="D387">
         <v>2020</v>
       </c>
       <c r="E387" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387">
         <v>260.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>8</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="D388">
         <v>2020</v>
       </c>
       <c r="E388" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
       <c r="G388">
-        <v>260.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
+        <v>774</v>
+      </c>
+      <c r="D389">
+        <v>2020</v>
+      </c>
+      <c r="E389" t="s">
         <v>775</v>
       </c>
-      <c r="D389">
-[...4 lines deleted...]
-      </c>
       <c r="F389" t="s">
         <v>12</v>
       </c>
       <c r="G389">
-        <v>120.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>8</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="D390">
         <v>2020</v>
       </c>
       <c r="E390" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="F390" t="s">
         <v>12</v>
       </c>
       <c r="G390">
-        <v>300.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>8</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
+        <v>778</v>
+      </c>
+      <c r="D391">
+        <v>2020</v>
+      </c>
+      <c r="E391" t="s">
         <v>779</v>
       </c>
-      <c r="D391">
-[...4 lines deleted...]
-      </c>
       <c r="F391" t="s">
         <v>12</v>
       </c>
       <c r="G391">
-        <v>290.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>8</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
+        <v>780</v>
+      </c>
+      <c r="D392">
+        <v>2020</v>
+      </c>
+      <c r="E392" t="s">
         <v>781</v>
       </c>
-      <c r="D392">
-[...4 lines deleted...]
-      </c>
       <c r="F392" t="s">
         <v>12</v>
       </c>
       <c r="G392">
-        <v>260.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>8</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
+        <v>782</v>
+      </c>
+      <c r="D393">
+        <v>2020</v>
+      </c>
+      <c r="E393" t="s">
         <v>783</v>
       </c>
-      <c r="D393">
-[...4 lines deleted...]
-      </c>
       <c r="F393" t="s">
         <v>12</v>
       </c>
       <c r="G393">
-        <v>400.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>8</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="D394">
         <v>2020</v>
       </c>
       <c r="E394" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="F394" t="s">
         <v>12</v>
       </c>
       <c r="G394">
-        <v>115.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>8</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
+        <v>786</v>
+      </c>
+      <c r="D395">
+        <v>2020</v>
+      </c>
+      <c r="E395" t="s">
         <v>787</v>
       </c>
-      <c r="D395">
-[...4 lines deleted...]
-      </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395">
-        <v>97.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>8</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="D396">
         <v>2019</v>
       </c>
       <c r="E396" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396">
-        <v>195.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>8</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="D397">
         <v>2020</v>
       </c>
       <c r="E397" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="F397" t="s">
         <v>12</v>
       </c>
       <c r="G397">
         <v>300.0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>8</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
+        <v>792</v>
+      </c>
+      <c r="D398">
+        <v>2019</v>
+      </c>
+      <c r="E398" t="s">
         <v>793</v>
       </c>
-      <c r="D398">
-[...4 lines deleted...]
-      </c>
       <c r="F398" t="s">
         <v>12</v>
       </c>
       <c r="G398">
-        <v>232.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>8</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
+        <v>794</v>
+      </c>
+      <c r="D399">
+        <v>2019</v>
+      </c>
+      <c r="E399" t="s">
         <v>795</v>
       </c>
-      <c r="D399">
-[...4 lines deleted...]
-      </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399">
-        <v>421.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
+        <v>796</v>
+      </c>
+      <c r="D400">
+        <v>2019</v>
+      </c>
+      <c r="E400" t="s">
         <v>797</v>
       </c>
-      <c r="D400">
-[...4 lines deleted...]
-      </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400">
-        <v>238.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>8</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="D401">
         <v>2020</v>
       </c>
       <c r="E401" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
       <c r="G401">
-        <v>230.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>8</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="D402">
         <v>2019</v>
       </c>
       <c r="E402" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402">
-        <v>407.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>8</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="D403">
         <v>2019</v>
       </c>
       <c r="E403" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403">
-        <v>25.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>8</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
+        <v>804</v>
+      </c>
+      <c r="D404">
+        <v>2020</v>
+      </c>
+      <c r="E404" t="s">
         <v>805</v>
       </c>
-      <c r="D404">
-[...4 lines deleted...]
-      </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404">
-        <v>25.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>8</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
+        <v>806</v>
+      </c>
+      <c r="D405">
+        <v>2020</v>
+      </c>
+      <c r="E405" t="s">
         <v>807</v>
       </c>
-      <c r="D405">
-[...4 lines deleted...]
-      </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
       <c r="G405">
-        <v>110.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>8</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="D406">
         <v>2020</v>
       </c>
       <c r="E406" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="F406" t="s">
         <v>12</v>
       </c>
       <c r="G406">
-        <v>396.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>8</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="D407">
         <v>2020</v>
       </c>
       <c r="E407" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="F407" t="s">
         <v>12</v>
       </c>
       <c r="G407">
-        <v>180.0</v>
+        <v>238.0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>8</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
+        <v>812</v>
+      </c>
+      <c r="D408">
+        <v>2020</v>
+      </c>
+      <c r="E408" t="s">
         <v>813</v>
       </c>
-      <c r="D408">
-[...4 lines deleted...]
-      </c>
       <c r="F408" t="s">
         <v>12</v>
       </c>
       <c r="G408">
-        <v>550.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>8</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
+        <v>814</v>
+      </c>
+      <c r="D409">
+        <v>2019</v>
+      </c>
+      <c r="E409" t="s">
         <v>815</v>
       </c>
-      <c r="D409">
-[...4 lines deleted...]
-      </c>
       <c r="F409" t="s">
         <v>12</v>
       </c>
       <c r="G409">
-        <v>178.0</v>
+        <v>407.0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>8</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="D410">
         <v>2019</v>
       </c>
       <c r="E410" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="F410" t="s">
         <v>12</v>
       </c>
       <c r="G410">
-        <v>178.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>8</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="D411">
         <v>2019</v>
       </c>
       <c r="E411" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="F411" t="s">
         <v>12</v>
       </c>
       <c r="G411">
-        <v>95.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>8</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="D412">
         <v>2019</v>
       </c>
       <c r="E412" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="F412" t="s">
         <v>12</v>
       </c>
       <c r="G412">
-        <v>250.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>8</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
+        <v>822</v>
+      </c>
+      <c r="D413">
+        <v>2020</v>
+      </c>
+      <c r="E413" t="s">
         <v>823</v>
       </c>
-      <c r="D413">
-[...4 lines deleted...]
-      </c>
       <c r="F413" t="s">
         <v>12</v>
       </c>
       <c r="G413">
-        <v>255.0</v>
+        <v>396.0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>8</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
+        <v>824</v>
+      </c>
+      <c r="D414">
+        <v>2020</v>
+      </c>
+      <c r="E414" t="s">
         <v>825</v>
       </c>
-      <c r="D414">
-[...4 lines deleted...]
-      </c>
       <c r="F414" t="s">
         <v>12</v>
       </c>
       <c r="G414">
-        <v>336.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>8</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="D415">
         <v>2019</v>
       </c>
       <c r="E415" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="F415" t="s">
         <v>12</v>
       </c>
       <c r="G415">
-        <v>420.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>8</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
+        <v>828</v>
+      </c>
+      <c r="D416">
+        <v>2018</v>
+      </c>
+      <c r="E416" t="s">
         <v>829</v>
       </c>
-      <c r="D416">
-[...4 lines deleted...]
-      </c>
       <c r="F416" t="s">
         <v>12</v>
       </c>
       <c r="G416">
-        <v>196.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>8</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
+        <v>830</v>
+      </c>
+      <c r="D417">
+        <v>2019</v>
+      </c>
+      <c r="E417" t="s">
         <v>831</v>
       </c>
-      <c r="D417">
-[...4 lines deleted...]
-      </c>
       <c r="F417" t="s">
         <v>12</v>
       </c>
       <c r="G417">
-        <v>173.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>8</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="D418">
         <v>2019</v>
       </c>
       <c r="E418" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="F418" t="s">
         <v>12</v>
       </c>
       <c r="G418">
-        <v>112.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>8</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
+        <v>834</v>
+      </c>
+      <c r="D419">
+        <v>2019</v>
+      </c>
+      <c r="E419" t="s">
         <v>835</v>
       </c>
-      <c r="D419">
-[...4 lines deleted...]
-      </c>
       <c r="F419" t="s">
         <v>12</v>
       </c>
       <c r="G419">
-        <v>12.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>8</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
+        <v>836</v>
+      </c>
+      <c r="D420">
+        <v>2019</v>
+      </c>
+      <c r="E420" t="s">
         <v>837</v>
       </c>
-      <c r="D420">
-[...4 lines deleted...]
-      </c>
       <c r="F420" t="s">
         <v>12</v>
       </c>
       <c r="G420">
-        <v>12.0</v>
+        <v>255.0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>8</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
+        <v>838</v>
+      </c>
+      <c r="D421">
+        <v>2019</v>
+      </c>
+      <c r="E421" t="s">
         <v>839</v>
       </c>
-      <c r="D421">
-[...4 lines deleted...]
-      </c>
       <c r="F421" t="s">
         <v>12</v>
       </c>
       <c r="G421">
-        <v>320.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>8</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="D422">
         <v>2019</v>
       </c>
       <c r="E422" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="F422" t="s">
         <v>12</v>
       </c>
       <c r="G422">
-        <v>382.0</v>
+        <v>420.0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>8</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
+        <v>842</v>
+      </c>
+      <c r="D423">
+        <v>2018</v>
+      </c>
+      <c r="E423" t="s">
         <v>843</v>
       </c>
-      <c r="D423">
-[...4 lines deleted...]
-      </c>
       <c r="F423" t="s">
         <v>12</v>
       </c>
       <c r="G423">
-        <v>495.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>8</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="D424">
         <v>2019</v>
       </c>
       <c r="E424" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="F424" t="s">
         <v>12</v>
       </c>
       <c r="G424">
-        <v>130.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>8</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
+        <v>846</v>
+      </c>
+      <c r="D425">
+        <v>2018</v>
+      </c>
+      <c r="E425" t="s">
         <v>847</v>
       </c>
-      <c r="D425">
-[...4 lines deleted...]
-      </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425">
-        <v>500.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>8</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="D426">
         <v>2018</v>
       </c>
       <c r="E426" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="F426" t="s">
         <v>12</v>
       </c>
       <c r="G426">
-        <v>21.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>8</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
+        <v>850</v>
+      </c>
+      <c r="D427">
+        <v>2020</v>
+      </c>
+      <c r="E427" t="s">
         <v>851</v>
       </c>
-      <c r="D427">
-[...4 lines deleted...]
-      </c>
       <c r="F427" t="s">
         <v>12</v>
       </c>
       <c r="G427">
-        <v>20.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>8</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
+        <v>852</v>
+      </c>
+      <c r="D428">
+        <v>2019</v>
+      </c>
+      <c r="E428" t="s">
         <v>853</v>
       </c>
-      <c r="D428">
-[...4 lines deleted...]
-      </c>
       <c r="F428" t="s">
         <v>12</v>
       </c>
       <c r="G428">
-        <v>20.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>8</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="D429">
         <v>2019</v>
       </c>
       <c r="E429" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="F429" t="s">
         <v>12</v>
       </c>
       <c r="G429">
-        <v>113.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>8</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
+        <v>856</v>
+      </c>
+      <c r="D430">
+        <v>2019</v>
+      </c>
+      <c r="E430" t="s">
         <v>857</v>
       </c>
-      <c r="D430">
-[...4 lines deleted...]
-      </c>
       <c r="F430" t="s">
         <v>12</v>
       </c>
       <c r="G430">
-        <v>491.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>8</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
+        <v>858</v>
+      </c>
+      <c r="D431">
+        <v>2020</v>
+      </c>
+      <c r="E431" t="s">
         <v>859</v>
       </c>
-      <c r="D431">
-[...4 lines deleted...]
-      </c>
       <c r="F431" t="s">
         <v>12</v>
       </c>
       <c r="G431">
-        <v>95.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>8</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
+        <v>860</v>
+      </c>
+      <c r="D432">
+        <v>2018</v>
+      </c>
+      <c r="E432" t="s">
         <v>861</v>
       </c>
-      <c r="D432">
-[...4 lines deleted...]
-      </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
       <c r="G432">
-        <v>410.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>8</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>862</v>
       </c>
       <c r="D433">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E433" t="s">
         <v>863</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
       <c r="G433">
-        <v>90.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>8</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
         <v>864</v>
       </c>
       <c r="D434">
         <v>2018</v>
       </c>
       <c r="E434" t="s">
         <v>865</v>
       </c>
       <c r="F434" t="s">
         <v>12</v>
       </c>
       <c r="G434">
-        <v>283.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>8</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
         <v>866</v>
       </c>
       <c r="D435">
         <v>2019</v>
       </c>
       <c r="E435" t="s">
         <v>867</v>
       </c>
       <c r="F435" t="s">
         <v>12</v>
       </c>
       <c r="G435">
-        <v>212.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>8</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
         <v>868</v>
       </c>
       <c r="D436">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E436" t="s">
         <v>869</v>
       </c>
       <c r="F436" t="s">
         <v>12</v>
       </c>
       <c r="G436">
-        <v>499.0</v>
+        <v>491.0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>8</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
         <v>870</v>
       </c>
       <c r="D437">
         <v>2018</v>
       </c>
       <c r="E437" t="s">
         <v>871</v>
       </c>
       <c r="F437" t="s">
         <v>12</v>
       </c>
       <c r="G437">
-        <v>159.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>8</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
         <v>872</v>
       </c>
       <c r="D438">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E438" t="s">
-        <v>873</v>
+        <v>401</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
       <c r="G438">
-        <v>95.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>8</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
+        <v>873</v>
+      </c>
+      <c r="D439">
+        <v>2019</v>
+      </c>
+      <c r="E439" t="s">
         <v>874</v>
       </c>
-      <c r="D439">
-[...4 lines deleted...]
-      </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439">
-        <v>100.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>8</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
+        <v>875</v>
+      </c>
+      <c r="D440">
+        <v>2018</v>
+      </c>
+      <c r="E440" t="s">
         <v>876</v>
       </c>
-      <c r="D440">
-[...4 lines deleted...]
-      </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
       <c r="G440">
-        <v>325.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>8</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="D441">
         <v>2019</v>
       </c>
       <c r="E441" t="s">
-        <v>879</v>
+        <v>878</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
       <c r="G441">
-        <v>340.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>8</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="D442">
         <v>2018</v>
       </c>
       <c r="E442" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
-        <v>347.0</v>
+        <v>499.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>8</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
+        <v>881</v>
+      </c>
+      <c r="D443">
+        <v>2018</v>
+      </c>
+      <c r="E443" t="s">
         <v>882</v>
       </c>
-      <c r="D443">
-[...4 lines deleted...]
-      </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443">
-        <v>420.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>8</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="D444">
         <v>2018</v>
       </c>
       <c r="E444" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="F444" t="s">
         <v>12</v>
       </c>
       <c r="G444">
-        <v>225.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>8</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
+        <v>885</v>
+      </c>
+      <c r="D445">
+        <v>2018</v>
+      </c>
+      <c r="E445" t="s">
         <v>886</v>
       </c>
-      <c r="D445">
-[...4 lines deleted...]
-      </c>
       <c r="F445" t="s">
         <v>12</v>
       </c>
       <c r="G445">
-        <v>250.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>8</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
+        <v>887</v>
+      </c>
+      <c r="D446">
+        <v>2019</v>
+      </c>
+      <c r="E446" t="s">
         <v>888</v>
       </c>
-      <c r="D446">
-[...4 lines deleted...]
-      </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446">
-        <v>575.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>8</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
+        <v>889</v>
+      </c>
+      <c r="D447">
+        <v>2019</v>
+      </c>
+      <c r="E447" t="s">
         <v>890</v>
       </c>
-      <c r="D447">
-[...4 lines deleted...]
-      </c>
       <c r="F447" t="s">
         <v>12</v>
       </c>
       <c r="G447">
-        <v>210.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>8</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="D448">
         <v>2018</v>
       </c>
       <c r="E448" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="F448" t="s">
         <v>12</v>
       </c>
       <c r="G448">
-        <v>200.0</v>
+        <v>347.0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>8</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
+        <v>893</v>
+      </c>
+      <c r="D449">
+        <v>2019</v>
+      </c>
+      <c r="E449" t="s">
         <v>894</v>
       </c>
-      <c r="D449">
-[...4 lines deleted...]
-      </c>
       <c r="F449" t="s">
         <v>12</v>
       </c>
       <c r="G449">
-        <v>600.0</v>
+        <v>420.0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>8</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="D450">
         <v>2018</v>
       </c>
       <c r="E450" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="F450" t="s">
         <v>12</v>
       </c>
       <c r="G450">
-        <v>700.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>8</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
+        <v>897</v>
+      </c>
+      <c r="D451">
+        <v>2019</v>
+      </c>
+      <c r="E451" t="s">
         <v>898</v>
       </c>
-      <c r="D451">
-[...4 lines deleted...]
-      </c>
       <c r="F451" t="s">
         <v>12</v>
       </c>
       <c r="G451">
-        <v>170.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>8</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
+        <v>899</v>
+      </c>
+      <c r="D452">
+        <v>2021</v>
+      </c>
+      <c r="E452" t="s">
         <v>900</v>
       </c>
-      <c r="D452">
-[...4 lines deleted...]
-      </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452">
-        <v>110.0</v>
+        <v>575.0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>8</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
+        <v>901</v>
+      </c>
+      <c r="D453">
+        <v>2018</v>
+      </c>
+      <c r="E453" t="s">
         <v>902</v>
       </c>
-      <c r="D453">
-[...4 lines deleted...]
-      </c>
       <c r="F453" t="s">
         <v>12</v>
       </c>
       <c r="G453">
-        <v>110.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>8</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
+        <v>903</v>
+      </c>
+      <c r="D454">
+        <v>2018</v>
+      </c>
+      <c r="E454" t="s">
         <v>904</v>
       </c>
-      <c r="D454">
-[...4 lines deleted...]
-      </c>
       <c r="F454" t="s">
         <v>12</v>
       </c>
       <c r="G454">
-        <v>525.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>8</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="D455">
         <v>2018</v>
       </c>
       <c r="E455" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="F455" t="s">
         <v>12</v>
       </c>
       <c r="G455">
-        <v>299.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>8</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
+        <v>907</v>
+      </c>
+      <c r="D456">
+        <v>2018</v>
+      </c>
+      <c r="E456" t="s">
         <v>908</v>
       </c>
-      <c r="D456">
-[...4 lines deleted...]
-      </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
       <c r="G456">
-        <v>594.0</v>
+        <v>700.0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>8</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="D457">
         <v>2018</v>
       </c>
       <c r="E457" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="F457" t="s">
         <v>12</v>
       </c>
       <c r="G457">
-        <v>225.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>8</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
+        <v>911</v>
+      </c>
+      <c r="D458">
+        <v>2019</v>
+      </c>
+      <c r="E458" t="s">
         <v>912</v>
       </c>
-      <c r="D458">
-[...4 lines deleted...]
-      </c>
       <c r="F458" t="s">
         <v>12</v>
       </c>
       <c r="G458">
-        <v>189.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>8</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="D459">
         <v>2019</v>
       </c>
       <c r="E459" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="F459" t="s">
         <v>12</v>
       </c>
       <c r="G459">
-        <v>350.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>8</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
+        <v>915</v>
+      </c>
+      <c r="D460">
+        <v>2019</v>
+      </c>
+      <c r="E460" t="s">
         <v>916</v>
       </c>
-      <c r="D460">
-[...4 lines deleted...]
-      </c>
       <c r="F460" t="s">
         <v>12</v>
       </c>
       <c r="G460">
-        <v>89.0</v>
+        <v>525.0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>8</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="D461">
         <v>2018</v>
       </c>
       <c r="E461" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="F461" t="s">
         <v>12</v>
       </c>
       <c r="G461">
-        <v>279.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>8</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
+        <v>919</v>
+      </c>
+      <c r="D462">
+        <v>2019</v>
+      </c>
+      <c r="E462" t="s">
         <v>920</v>
       </c>
-      <c r="D462">
-[...4 lines deleted...]
-      </c>
       <c r="F462" t="s">
         <v>12</v>
       </c>
       <c r="G462">
-        <v>300.0</v>
+        <v>594.0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>8</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="D463">
         <v>2018</v>
       </c>
       <c r="E463" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="F463" t="s">
         <v>12</v>
       </c>
       <c r="G463">
-        <v>16.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>8</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="D464">
         <v>2018</v>
       </c>
       <c r="E464" t="s">
-        <v>925</v>
+        <v>924</v>
       </c>
       <c r="F464" t="s">
         <v>12</v>
       </c>
       <c r="G464">
-        <v>25.0</v>
+        <v>189.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>8</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
+        <v>925</v>
+      </c>
+      <c r="D465">
+        <v>2019</v>
+      </c>
+      <c r="E465" t="s">
         <v>926</v>
       </c>
-      <c r="D465">
-[...4 lines deleted...]
-      </c>
       <c r="F465" t="s">
         <v>12</v>
       </c>
       <c r="G465">
-        <v>120.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>8</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="D466">
         <v>2018</v>
       </c>
       <c r="E466" t="s">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466">
-        <v>289.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>8</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
+        <v>929</v>
+      </c>
+      <c r="D467">
+        <v>2018</v>
+      </c>
+      <c r="E467" t="s">
         <v>930</v>
       </c>
-      <c r="D467">
-[...4 lines deleted...]
-      </c>
       <c r="F467" t="s">
         <v>12</v>
       </c>
       <c r="G467">
-        <v>470.0</v>
+        <v>279.0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>8</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
+        <v>931</v>
+      </c>
+      <c r="D468">
+        <v>2018</v>
+      </c>
+      <c r="E468" t="s">
         <v>932</v>
       </c>
-      <c r="D468">
-[...4 lines deleted...]
-      </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
       <c r="G468">
-        <v>170.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>8</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="D469">
         <v>2018</v>
       </c>
       <c r="E469" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
       <c r="G469">
-        <v>95.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>8</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
+        <v>935</v>
+      </c>
+      <c r="D470">
+        <v>2018</v>
+      </c>
+      <c r="E470" t="s">
         <v>936</v>
       </c>
-      <c r="D470">
-[...4 lines deleted...]
-      </c>
       <c r="F470" t="s">
         <v>12</v>
       </c>
       <c r="G470">
-        <v>160.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>8</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
+        <v>937</v>
+      </c>
+      <c r="D471">
+        <v>2018</v>
+      </c>
+      <c r="E471" t="s">
         <v>938</v>
       </c>
-      <c r="D471">
-[...4 lines deleted...]
-      </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471">
-        <v>80.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>8</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
+        <v>939</v>
+      </c>
+      <c r="D472">
+        <v>2018</v>
+      </c>
+      <c r="E472" t="s">
         <v>940</v>
       </c>
-      <c r="D472">
-[...4 lines deleted...]
-      </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472">
-        <v>120.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>8</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
+        <v>941</v>
+      </c>
+      <c r="D473">
+        <v>2019</v>
+      </c>
+      <c r="E473" t="s">
         <v>942</v>
       </c>
-      <c r="D473">
-[...4 lines deleted...]
-      </c>
       <c r="F473" t="s">
         <v>12</v>
       </c>
       <c r="G473">
-        <v>265.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>8</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="D474">
         <v>2017</v>
       </c>
       <c r="E474" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="F474" t="s">
         <v>12</v>
       </c>
       <c r="G474">
-        <v>90.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>8</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
+        <v>945</v>
+      </c>
+      <c r="D475">
+        <v>2018</v>
+      </c>
+      <c r="E475" t="s">
         <v>946</v>
       </c>
-      <c r="D475">
-[...4 lines deleted...]
-      </c>
       <c r="F475" t="s">
         <v>12</v>
       </c>
       <c r="G475">
-        <v>546.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>8</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="D476">
         <v>2017</v>
       </c>
       <c r="E476" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
       <c r="G476">
-        <v>125.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>8</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="D477">
         <v>2017</v>
       </c>
       <c r="E477" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
       <c r="G477">
-        <v>235.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>8</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
+        <v>951</v>
+      </c>
+      <c r="D478">
+        <v>2017</v>
+      </c>
+      <c r="E478" t="s">
         <v>952</v>
       </c>
-      <c r="D478">
-[...4 lines deleted...]
-      </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
       <c r="G478">
-        <v>309.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>8</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
+        <v>953</v>
+      </c>
+      <c r="D479">
+        <v>2018</v>
+      </c>
+      <c r="E479" t="s">
         <v>954</v>
       </c>
-      <c r="D479">
-[...4 lines deleted...]
-      </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
       <c r="G479">
-        <v>235.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>8</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
       <c r="D480">
         <v>2017</v>
       </c>
       <c r="E480" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
       <c r="F480" t="s">
         <v>12</v>
       </c>
       <c r="G480">
         <v>90.0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>8</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>958</v>
+        <v>957</v>
       </c>
       <c r="D481">
         <v>2017</v>
       </c>
       <c r="E481" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481">
-        <v>659.0</v>
+        <v>546.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>8</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>960</v>
+        <v>959</v>
       </c>
       <c r="D482">
         <v>2017</v>
       </c>
       <c r="E482" t="s">
-        <v>961</v>
+        <v>960</v>
       </c>
       <c r="F482" t="s">
         <v>12</v>
       </c>
       <c r="G482">
-        <v>340.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>8</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
       <c r="D483">
         <v>2017</v>
       </c>
       <c r="E483" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="F483" t="s">
         <v>12</v>
       </c>
       <c r="G483">
-        <v>20.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>8</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="D484">
         <v>2018</v>
       </c>
       <c r="E484" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="F484" t="s">
         <v>12</v>
       </c>
       <c r="G484">
-        <v>168.0</v>
+        <v>309.0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>8</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="D485">
         <v>2017</v>
       </c>
       <c r="E485" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="F485" t="s">
         <v>12</v>
       </c>
       <c r="G485">
-        <v>171.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>8</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>968</v>
+        <v>967</v>
       </c>
       <c r="D486">
         <v>2017</v>
       </c>
       <c r="E486" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="F486" t="s">
         <v>12</v>
       </c>
       <c r="G486">
-        <v>85.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>8</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="D487">
         <v>2017</v>
       </c>
       <c r="E487" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="F487" t="s">
         <v>12</v>
       </c>
       <c r="G487">
-        <v>240.0</v>
+        <v>659.0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>8</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
+        <v>971</v>
+      </c>
+      <c r="D488">
+        <v>2017</v>
+      </c>
+      <c r="E488" t="s">
         <v>972</v>
       </c>
-      <c r="D488">
-[...4 lines deleted...]
-      </c>
       <c r="F488" t="s">
         <v>12</v>
       </c>
       <c r="G488">
-        <v>200.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>8</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="D489">
         <v>2017</v>
       </c>
       <c r="E489" t="s">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="F489" t="s">
         <v>12</v>
       </c>
       <c r="G489">
-        <v>165.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>8</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
+        <v>975</v>
+      </c>
+      <c r="D490">
+        <v>2018</v>
+      </c>
+      <c r="E490" t="s">
         <v>976</v>
       </c>
-      <c r="D490">
-[...4 lines deleted...]
-      </c>
       <c r="F490" t="s">
         <v>12</v>
       </c>
       <c r="G490">
-        <v>197.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>8</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>978</v>
+        <v>977</v>
       </c>
       <c r="D491">
         <v>2017</v>
       </c>
       <c r="E491" t="s">
-        <v>979</v>
+        <v>978</v>
       </c>
       <c r="F491" t="s">
         <v>12</v>
       </c>
       <c r="G491">
-        <v>354.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>8</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="D492">
         <v>2017</v>
       </c>
       <c r="E492" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
       <c r="F492" t="s">
         <v>12</v>
       </c>
       <c r="G492">
-        <v>120.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>8</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="D493">
         <v>2017</v>
       </c>
       <c r="E493" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="F493" t="s">
         <v>12</v>
       </c>
       <c r="G493">
-        <v>200.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>8</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
+        <v>983</v>
+      </c>
+      <c r="D494">
+        <v>2018</v>
+      </c>
+      <c r="E494" t="s">
         <v>984</v>
       </c>
-      <c r="D494">
-[...4 lines deleted...]
-      </c>
       <c r="F494" t="s">
         <v>12</v>
       </c>
       <c r="G494">
-        <v>120.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>8</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="D495">
         <v>2017</v>
       </c>
       <c r="E495" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="F495" t="s">
         <v>12</v>
       </c>
       <c r="G495">
-        <v>240.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>8</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="D496">
         <v>2017</v>
       </c>
       <c r="E496" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="F496" t="s">
         <v>12</v>
       </c>
       <c r="G496">
-        <v>125.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>8</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="D497">
         <v>2017</v>
       </c>
       <c r="E497" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="F497" t="s">
         <v>12</v>
       </c>
       <c r="G497">
-        <v>126.0</v>
+        <v>354.0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>8</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="D498">
         <v>2017</v>
       </c>
       <c r="E498" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="F498" t="s">
         <v>12</v>
       </c>
       <c r="G498">
-        <v>128.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>8</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="D499">
         <v>2017</v>
       </c>
       <c r="E499" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="F499" t="s">
         <v>12</v>
       </c>
       <c r="G499">
-        <v>90.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>8</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="D500">
         <v>2017</v>
       </c>
       <c r="E500" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="F500" t="s">
         <v>12</v>
       </c>
       <c r="G500">
-        <v>350.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>8</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
       <c r="D501">
         <v>2017</v>
       </c>
       <c r="E501" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="F501" t="s">
         <v>12</v>
       </c>
       <c r="G501">
-        <v>125.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>8</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
+        <v>999</v>
+      </c>
+      <c r="D502">
+        <v>2017</v>
+      </c>
+      <c r="E502" t="s">
         <v>1000</v>
       </c>
-      <c r="D502">
-[...4 lines deleted...]
-      </c>
       <c r="F502" t="s">
         <v>12</v>
       </c>
       <c r="G502">
-        <v>485.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>8</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D503">
+        <v>2017</v>
+      </c>
+      <c r="E503" t="s">
         <v>1002</v>
       </c>
-      <c r="D503">
-[...4 lines deleted...]
-      </c>
       <c r="F503" t="s">
         <v>12</v>
       </c>
       <c r="G503">
-        <v>565.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>8</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="D504">
         <v>2017</v>
       </c>
       <c r="E504" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="F504" t="s">
         <v>12</v>
       </c>
       <c r="G504">
-        <v>135.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>8</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="D505">
         <v>2017</v>
       </c>
       <c r="E505" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="F505" t="s">
         <v>12</v>
       </c>
       <c r="G505">
-        <v>150.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>8</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="D506">
         <v>2017</v>
       </c>
       <c r="E506" t="s">
-        <v>1009</v>
+        <v>1008</v>
       </c>
       <c r="F506" t="s">
         <v>12</v>
       </c>
       <c r="G506">
-        <v>150.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>8</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="D507">
         <v>2017</v>
       </c>
       <c r="E507" t="s">
-        <v>1011</v>
+        <v>1010</v>
       </c>
       <c r="F507" t="s">
         <v>12</v>
       </c>
       <c r="G507">
-        <v>150.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>8</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D508">
+        <v>2018</v>
+      </c>
+      <c r="E508" t="s">
         <v>1012</v>
       </c>
-      <c r="D508">
-[...4 lines deleted...]
-      </c>
       <c r="F508" t="s">
         <v>12</v>
       </c>
       <c r="G508">
-        <v>150.0</v>
+        <v>485.0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>8</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D509">
+        <v>2018</v>
+      </c>
+      <c r="E509" t="s">
         <v>1014</v>
       </c>
-      <c r="D509">
-[...4 lines deleted...]
-      </c>
       <c r="F509" t="s">
         <v>12</v>
       </c>
       <c r="G509">
-        <v>90.0</v>
+        <v>565.0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>8</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D510">
+        <v>2017</v>
+      </c>
+      <c r="E510" t="s">
         <v>1016</v>
       </c>
-      <c r="D510">
-[...4 lines deleted...]
-      </c>
       <c r="F510" t="s">
         <v>12</v>
       </c>
       <c r="G510">
-        <v>60.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>8</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D511">
+        <v>2017</v>
+      </c>
+      <c r="E511" t="s">
         <v>1018</v>
       </c>
-      <c r="D511">
-[...4 lines deleted...]
-      </c>
       <c r="F511" t="s">
         <v>12</v>
       </c>
       <c r="G511">
-        <v>200.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>8</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="D512">
         <v>2017</v>
       </c>
       <c r="E512" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="F512" t="s">
         <v>12</v>
       </c>
       <c r="G512">
-        <v>400.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>8</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="D513">
         <v>2017</v>
       </c>
       <c r="E513" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="F513" t="s">
         <v>12</v>
       </c>
       <c r="G513">
-        <v>120.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>8</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="D514">
         <v>2017</v>
       </c>
       <c r="E514" t="s">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="F514" t="s">
         <v>12</v>
       </c>
       <c r="G514">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>8</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="D515">
         <v>2017</v>
       </c>
       <c r="E515" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="F515" t="s">
         <v>12</v>
       </c>
       <c r="G515">
-        <v>225.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>8</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D516">
+        <v>2016</v>
+      </c>
+      <c r="E516" t="s">
         <v>1028</v>
       </c>
-      <c r="D516">
-[...4 lines deleted...]
-      </c>
       <c r="F516" t="s">
         <v>12</v>
       </c>
       <c r="G516">
-        <v>230.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>8</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D517">
+        <v>2016</v>
+      </c>
+      <c r="E517" t="s">
         <v>1030</v>
-      </c>
-[...4 lines deleted...]
-        <v>1031</v>
       </c>
       <c r="F517" t="s">
         <v>12</v>
       </c>
       <c r="G517">
         <v>200.0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>8</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="D518">
         <v>2017</v>
       </c>
       <c r="E518" t="s">
-        <v>1033</v>
+        <v>1032</v>
       </c>
       <c r="F518" t="s">
         <v>12</v>
       </c>
       <c r="G518">
-        <v>107.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>8</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
       <c r="D519">
         <v>2017</v>
       </c>
       <c r="E519" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519">
-        <v>85.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>8</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="D520">
         <v>2017</v>
       </c>
       <c r="E520" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
       <c r="G520">
         <v>100.0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>8</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="D521">
         <v>2017</v>
       </c>
       <c r="E521" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="F521" t="s">
         <v>12</v>
       </c>
       <c r="G521">
-        <v>100.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>8</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D522">
+        <v>2017</v>
+      </c>
+      <c r="E522" t="s">
         <v>1040</v>
       </c>
-      <c r="D522">
-[...4 lines deleted...]
-      </c>
       <c r="F522" t="s">
         <v>12</v>
       </c>
       <c r="G522">
-        <v>360.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>8</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="D523">
         <v>2017</v>
       </c>
       <c r="E523" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523">
-        <v>415.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>8</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="D524">
         <v>2017</v>
       </c>
       <c r="E524" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524">
-        <v>400.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>8</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="D525">
         <v>2017</v>
       </c>
       <c r="E525" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525">
-        <v>390.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>8</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="D526">
         <v>2017</v>
       </c>
       <c r="E526" t="s">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526">
-        <v>365.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>8</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="D527">
         <v>2017</v>
       </c>
       <c r="E527" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>8</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D528">
+        <v>2016</v>
+      </c>
+      <c r="E528" t="s">
         <v>1052</v>
       </c>
-      <c r="D528">
-[...4 lines deleted...]
-      </c>
       <c r="F528" t="s">
         <v>12</v>
       </c>
       <c r="G528">
-        <v>120.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>8</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="D529">
         <v>2017</v>
       </c>
       <c r="E529" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="F529" t="s">
         <v>12</v>
       </c>
       <c r="G529">
-        <v>300.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>8</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="D530">
         <v>2017</v>
       </c>
       <c r="E530" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="F530" t="s">
         <v>12</v>
       </c>
       <c r="G530">
-        <v>100.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>8</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="D531">
         <v>2017</v>
       </c>
       <c r="E531" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="F531" t="s">
         <v>12</v>
       </c>
       <c r="G531">
-        <v>175.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>8</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D532">
+        <v>2017</v>
+      </c>
+      <c r="E532" t="s">
         <v>1060</v>
       </c>
-      <c r="D532">
-[...4 lines deleted...]
-      </c>
       <c r="F532" t="s">
         <v>12</v>
       </c>
       <c r="G532">
-        <v>300.0</v>
+        <v>365.0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>8</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D533">
+        <v>2017</v>
+      </c>
+      <c r="E533" t="s">
         <v>1062</v>
       </c>
-      <c r="D533">
-[...4 lines deleted...]
-      </c>
       <c r="F533" t="s">
         <v>12</v>
       </c>
       <c r="G533">
-        <v>415.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>8</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D534">
+        <v>2017</v>
+      </c>
+      <c r="E534" t="s">
         <v>1064</v>
       </c>
-      <c r="D534">
-[...4 lines deleted...]
-      </c>
       <c r="F534" t="s">
         <v>12</v>
       </c>
       <c r="G534">
-        <v>85.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>8</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D535">
+        <v>2017</v>
+      </c>
+      <c r="E535" t="s">
         <v>1066</v>
       </c>
-      <c r="D535">
-[...4 lines deleted...]
-      </c>
       <c r="F535" t="s">
         <v>12</v>
       </c>
       <c r="G535">
-        <v>200.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>8</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D536">
+        <v>2017</v>
+      </c>
+      <c r="E536" t="s">
         <v>1068</v>
       </c>
-      <c r="D536">
-[...4 lines deleted...]
-      </c>
       <c r="F536" t="s">
         <v>12</v>
       </c>
       <c r="G536">
-        <v>305.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>8</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="D537">
         <v>2017</v>
       </c>
       <c r="E537" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="F537" t="s">
         <v>12</v>
       </c>
       <c r="G537">
-        <v>185.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>8</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D538">
+        <v>2016</v>
+      </c>
+      <c r="E538" t="s">
         <v>1072</v>
       </c>
-      <c r="D538">
-[...4 lines deleted...]
-      </c>
       <c r="F538" t="s">
         <v>12</v>
       </c>
       <c r="G538">
-        <v>500.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>8</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D539">
+        <v>2016</v>
+      </c>
+      <c r="E539" t="s">
         <v>1074</v>
       </c>
-      <c r="D539">
-[...4 lines deleted...]
-      </c>
       <c r="F539" t="s">
         <v>12</v>
       </c>
       <c r="G539">
-        <v>95.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>8</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="D540">
         <v>2016</v>
       </c>
       <c r="E540" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="F540" t="s">
         <v>12</v>
       </c>
       <c r="G540">
-        <v>120.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>8</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
       <c r="D541">
         <v>2016</v>
       </c>
       <c r="E541" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="F541" t="s">
         <v>12</v>
       </c>
       <c r="G541">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>8</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="D542">
         <v>2016</v>
       </c>
       <c r="E542" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="F542" t="s">
         <v>12</v>
       </c>
       <c r="G542">
-        <v>96.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>8</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D543">
+        <v>2017</v>
+      </c>
+      <c r="E543" t="s">
         <v>1082</v>
       </c>
-      <c r="D543">
-[...4 lines deleted...]
-      </c>
       <c r="F543" t="s">
         <v>12</v>
       </c>
       <c r="G543">
-        <v>150.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>8</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D544">
+        <v>2018</v>
+      </c>
+      <c r="E544" t="s">
         <v>1084</v>
       </c>
-      <c r="D544">
-[...4 lines deleted...]
-      </c>
       <c r="F544" t="s">
         <v>12</v>
       </c>
       <c r="G544">
-        <v>150.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>8</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D545">
+        <v>2017</v>
+      </c>
+      <c r="E545" t="s">
         <v>1086</v>
       </c>
-      <c r="D545">
-[...4 lines deleted...]
-      </c>
       <c r="F545" t="s">
         <v>12</v>
       </c>
       <c r="G545">
-        <v>195.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>8</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="D546">
         <v>2016</v>
       </c>
       <c r="E546" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="F546" t="s">
         <v>12</v>
       </c>
       <c r="G546">
-        <v>225.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>8</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="D547">
         <v>2016</v>
       </c>
       <c r="E547" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547">
-        <v>325.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>8</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="D548">
         <v>2016</v>
       </c>
       <c r="E548" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
       <c r="G548">
-        <v>309.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>8</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D549">
+        <v>2016</v>
+      </c>
+      <c r="E549" t="s">
         <v>1094</v>
       </c>
-      <c r="D549">
-[...4 lines deleted...]
-      </c>
       <c r="F549" t="s">
         <v>12</v>
       </c>
       <c r="G549">
-        <v>500.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>8</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="D550">
         <v>2016</v>
       </c>
       <c r="E550" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="F550" t="s">
         <v>12</v>
       </c>
       <c r="G550">
-        <v>289.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>8</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="D551">
         <v>2016</v>
       </c>
       <c r="E551" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="F551" t="s">
         <v>12</v>
       </c>
       <c r="G551">
-        <v>252.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>8</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="D552">
         <v>2016</v>
       </c>
       <c r="E552" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="F552" t="s">
         <v>12</v>
       </c>
       <c r="G552">
-        <v>190.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>8</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="D553">
         <v>2016</v>
       </c>
       <c r="E553" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="F553" t="s">
         <v>12</v>
       </c>
       <c r="G553">
-        <v>60.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>8</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="D554">
         <v>2016</v>
       </c>
       <c r="E554" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="F554" t="s">
         <v>12</v>
       </c>
       <c r="G554">
-        <v>120.0</v>
+        <v>309.0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>8</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>1106</v>
+        <v>1105</v>
       </c>
       <c r="D555">
         <v>2017</v>
       </c>
       <c r="E555" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="F555" t="s">
         <v>12</v>
       </c>
       <c r="G555">
         <v>500.0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>8</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="D556">
         <v>2016</v>
       </c>
       <c r="E556" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="F556" t="s">
         <v>12</v>
       </c>
       <c r="G556">
-        <v>135.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>8</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="D557">
         <v>2016</v>
       </c>
       <c r="E557" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="F557" t="s">
         <v>12</v>
       </c>
       <c r="G557">
-        <v>276.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>8</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="D558">
         <v>2016</v>
       </c>
       <c r="E558" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="F558" t="s">
         <v>12</v>
       </c>
       <c r="G558">
-        <v>228.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>8</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="D559">
         <v>2016</v>
       </c>
       <c r="E559" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="F559" t="s">
         <v>12</v>
       </c>
       <c r="G559">
-        <v>104.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>8</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D560">
+        <v>2016</v>
+      </c>
+      <c r="E560" t="s">
         <v>1116</v>
       </c>
-      <c r="D560">
-[...4 lines deleted...]
-      </c>
       <c r="F560" t="s">
         <v>12</v>
       </c>
       <c r="G560">
-        <v>505.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>8</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D561">
+        <v>2017</v>
+      </c>
+      <c r="E561" t="s">
         <v>1118</v>
       </c>
-      <c r="D561">
-[...4 lines deleted...]
-      </c>
       <c r="F561" t="s">
         <v>12</v>
       </c>
       <c r="G561">
-        <v>325.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>8</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>1120</v>
+        <v>1119</v>
       </c>
       <c r="D562">
         <v>2016</v>
       </c>
       <c r="E562" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="F562" t="s">
         <v>12</v>
       </c>
       <c r="G562">
-        <v>133.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>8</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="D563">
         <v>2016</v>
       </c>
       <c r="E563" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="F563" t="s">
         <v>12</v>
       </c>
       <c r="G563">
-        <v>283.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>8</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="D564">
         <v>2016</v>
       </c>
       <c r="E564" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="F564" t="s">
         <v>12</v>
       </c>
       <c r="G564">
-        <v>235.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>8</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="D565">
         <v>2016</v>
       </c>
       <c r="E565" t="s">
-        <v>1127</v>
+        <v>1126</v>
       </c>
       <c r="F565" t="s">
         <v>12</v>
       </c>
       <c r="G565">
-        <v>118.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>8</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D566">
+        <v>2017</v>
+      </c>
+      <c r="E566" t="s">
         <v>1128</v>
       </c>
-      <c r="D566">
-[...4 lines deleted...]
-      </c>
       <c r="F566" t="s">
         <v>12</v>
       </c>
       <c r="G566">
-        <v>550.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>8</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D567">
+        <v>2016</v>
+      </c>
+      <c r="E567" t="s">
         <v>1130</v>
       </c>
-      <c r="D567">
-[...4 lines deleted...]
-      </c>
       <c r="F567" t="s">
         <v>12</v>
       </c>
       <c r="G567">
-        <v>342.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>8</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="D568">
         <v>2016</v>
       </c>
       <c r="E568" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="F568" t="s">
         <v>12</v>
       </c>
       <c r="G568">
-        <v>104.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>8</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="D569">
         <v>2016</v>
       </c>
       <c r="E569" t="s">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="F569" t="s">
         <v>12</v>
       </c>
       <c r="G569">
-        <v>104.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>8</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D570">
+        <v>2016</v>
+      </c>
+      <c r="E570" t="s">
         <v>1136</v>
       </c>
-      <c r="D570">
-[...4 lines deleted...]
-      </c>
       <c r="F570" t="s">
         <v>12</v>
       </c>
       <c r="G570">
-        <v>106.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>8</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D571">
+        <v>2016</v>
+      </c>
+      <c r="E571" t="s">
         <v>1138</v>
       </c>
-      <c r="D571">
-[...4 lines deleted...]
-      </c>
       <c r="F571" t="s">
         <v>12</v>
       </c>
       <c r="G571">
-        <v>14.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>8</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D572">
+        <v>2016</v>
+      </c>
+      <c r="E572" t="s">
         <v>1140</v>
       </c>
-      <c r="D572">
-[...4 lines deleted...]
-      </c>
       <c r="F572" t="s">
         <v>12</v>
       </c>
       <c r="G572">
-        <v>329.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>8</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="D573">
         <v>2015</v>
       </c>
       <c r="E573" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="F573" t="s">
         <v>12</v>
       </c>
       <c r="G573">
         <v>342.0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>8</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D574">
+        <v>2016</v>
+      </c>
+      <c r="E574" t="s">
         <v>1144</v>
       </c>
-      <c r="D574">
-[...4 lines deleted...]
-      </c>
       <c r="F574" t="s">
         <v>12</v>
       </c>
       <c r="G574">
-        <v>385.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>8</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D575">
+        <v>2016</v>
+      </c>
+      <c r="E575" t="s">
         <v>1146</v>
       </c>
-      <c r="D575">
-[...4 lines deleted...]
-      </c>
       <c r="F575" t="s">
         <v>12</v>
       </c>
       <c r="G575">
-        <v>320.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>8</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>1148</v>
+        <v>1147</v>
       </c>
       <c r="D576">
         <v>2015</v>
       </c>
       <c r="E576" t="s">
-        <v>1149</v>
+        <v>1148</v>
       </c>
       <c r="F576" t="s">
         <v>12</v>
       </c>
       <c r="G576">
-        <v>480.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>8</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="D577">
         <v>2015</v>
       </c>
       <c r="E577" t="s">
-        <v>1151</v>
+        <v>1150</v>
       </c>
       <c r="F577" t="s">
         <v>12</v>
       </c>
       <c r="G577">
-        <v>385.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>8</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="D578">
         <v>2015</v>
       </c>
       <c r="E578" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="F578" t="s">
         <v>12</v>
       </c>
       <c r="G578">
-        <v>480.0</v>
+        <v>329.0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>8</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D579">
+        <v>2015</v>
+      </c>
+      <c r="E579" t="s">
         <v>1154</v>
       </c>
-      <c r="D579">
-[...4 lines deleted...]
-      </c>
       <c r="F579" t="s">
         <v>12</v>
       </c>
       <c r="G579">
-        <v>155.0</v>
+        <v>342.0</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>8</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D580">
+        <v>2015</v>
+      </c>
+      <c r="E580" t="s">
         <v>1156</v>
       </c>
-      <c r="D580">
-[...4 lines deleted...]
-      </c>
       <c r="F580" t="s">
         <v>12</v>
       </c>
       <c r="G580">
-        <v>104.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>8</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D581">
+        <v>2015</v>
+      </c>
+      <c r="E581" t="s">
         <v>1158</v>
       </c>
-      <c r="D581">
-[...4 lines deleted...]
-      </c>
       <c r="F581" t="s">
         <v>12</v>
       </c>
       <c r="G581">
-        <v>166.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>8</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D582">
+        <v>2015</v>
+      </c>
+      <c r="E582" t="s">
         <v>1160</v>
       </c>
-      <c r="D582">
-[...4 lines deleted...]
-      </c>
       <c r="F582" t="s">
         <v>12</v>
       </c>
       <c r="G582">
-        <v>171.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>8</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D583">
+        <v>2015</v>
+      </c>
+      <c r="E583" t="s">
         <v>1162</v>
       </c>
-      <c r="D583">
-[...4 lines deleted...]
-      </c>
       <c r="F583" t="s">
         <v>12</v>
       </c>
       <c r="G583">
-        <v>171.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>8</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D584">
+        <v>2015</v>
+      </c>
+      <c r="E584" t="s">
         <v>1164</v>
       </c>
-      <c r="D584">
-[...4 lines deleted...]
-      </c>
       <c r="F584" t="s">
         <v>12</v>
       </c>
       <c r="G584">
-        <v>187.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>8</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="D585">
         <v>2016</v>
       </c>
       <c r="E585" t="s">
-        <v>1167</v>
+        <v>1166</v>
       </c>
       <c r="F585" t="s">
         <v>12</v>
       </c>
       <c r="G585">
-        <v>187.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>8</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="D586">
         <v>2016</v>
       </c>
       <c r="E586" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="F586" t="s">
         <v>12</v>
       </c>
       <c r="G586">
-        <v>187.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>8</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="D587">
         <v>2016</v>
       </c>
       <c r="E587" t="s">
-        <v>1171</v>
+        <v>1170</v>
       </c>
       <c r="F587" t="s">
         <v>12</v>
       </c>
       <c r="G587">
-        <v>125.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>8</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="D588">
         <v>2016</v>
       </c>
       <c r="E588" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
       <c r="F588" t="s">
         <v>12</v>
       </c>
       <c r="G588">
-        <v>350.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>8</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D589">
+        <v>2016</v>
+      </c>
+      <c r="E589" t="s">
         <v>1174</v>
       </c>
-      <c r="D589">
-[...4 lines deleted...]
-      </c>
       <c r="F589" t="s">
         <v>12</v>
       </c>
       <c r="G589">
-        <v>98.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>8</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="D590">
         <v>2016</v>
       </c>
       <c r="E590" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="F590" t="s">
         <v>12</v>
       </c>
       <c r="G590">
-        <v>106.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>8</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="D591">
         <v>2016</v>
       </c>
       <c r="E591" t="s">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="F591" t="s">
         <v>12</v>
       </c>
       <c r="G591">
-        <v>368.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
         <v>8</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="D592">
         <v>2016</v>
       </c>
       <c r="E592" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="F592" t="s">
         <v>12</v>
       </c>
       <c r="G592">
-        <v>349.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>8</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D593">
+        <v>2016</v>
+      </c>
+      <c r="E593" t="s">
         <v>1182</v>
       </c>
-      <c r="D593">
-[...4 lines deleted...]
-      </c>
       <c r="F593" t="s">
         <v>12</v>
       </c>
       <c r="G593">
-        <v>68.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>8</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="D594">
         <v>2016</v>
       </c>
       <c r="E594" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="F594" t="s">
         <v>12</v>
       </c>
       <c r="G594">
-        <v>125.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
         <v>8</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D595">
+        <v>2015</v>
+      </c>
+      <c r="E595" t="s">
         <v>1186</v>
       </c>
-      <c r="D595">
-[...4 lines deleted...]
-      </c>
       <c r="F595" t="s">
         <v>12</v>
       </c>
       <c r="G595">
-        <v>80.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
         <v>8</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D596">
+        <v>2016</v>
+      </c>
+      <c r="E596" t="s">
         <v>1188</v>
       </c>
-      <c r="D596">
-[...4 lines deleted...]
-      </c>
       <c r="F596" t="s">
         <v>12</v>
       </c>
       <c r="G596">
-        <v>489.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>8</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="D597">
         <v>2016</v>
       </c>
       <c r="E597" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="F597" t="s">
         <v>12</v>
       </c>
       <c r="G597">
-        <v>104.0</v>
+        <v>368.0</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>8</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D598">
+        <v>2016</v>
+      </c>
+      <c r="E598" t="s">
         <v>1192</v>
       </c>
-      <c r="D598">
-[...4 lines deleted...]
-      </c>
       <c r="F598" t="s">
         <v>12</v>
       </c>
       <c r="G598">
-        <v>85.0</v>
+        <v>349.0</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>8</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D599">
+        <v>2015</v>
+      </c>
+      <c r="E599" t="s">
         <v>1194</v>
       </c>
-      <c r="D599">
-[...4 lines deleted...]
-      </c>
       <c r="F599" t="s">
         <v>12</v>
       </c>
       <c r="G599">
-        <v>325.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>8</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D600">
+        <v>2016</v>
+      </c>
+      <c r="E600" t="s">
         <v>1196</v>
       </c>
-      <c r="D600">
-[...4 lines deleted...]
-      </c>
       <c r="F600" t="s">
         <v>12</v>
       </c>
       <c r="G600">
-        <v>325.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>8</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="D601">
         <v>2016</v>
       </c>
       <c r="E601" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="F601" t="s">
         <v>12</v>
       </c>
       <c r="G601">
-        <v>200.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>8</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D602">
+        <v>2017</v>
+      </c>
+      <c r="E602" t="s">
         <v>1200</v>
       </c>
-      <c r="D602">
-[...4 lines deleted...]
-      </c>
       <c r="F602" t="s">
         <v>12</v>
       </c>
       <c r="G602">
-        <v>300.0</v>
+        <v>489.0</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>8</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D603">
+        <v>2016</v>
+      </c>
+      <c r="E603" t="s">
         <v>1202</v>
       </c>
-      <c r="D603">
-[...4 lines deleted...]
-      </c>
       <c r="F603" t="s">
         <v>12</v>
       </c>
       <c r="G603">
-        <v>89.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>8</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="D604">
         <v>2015</v>
       </c>
       <c r="E604" t="s">
-        <v>1205</v>
+        <v>1204</v>
       </c>
       <c r="F604" t="s">
         <v>12</v>
       </c>
       <c r="G604">
-        <v>310.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
         <v>8</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D605">
+        <v>2019</v>
+      </c>
+      <c r="E605" t="s">
         <v>1206</v>
       </c>
-      <c r="D605">
-[...4 lines deleted...]
-      </c>
       <c r="F605" t="s">
         <v>12</v>
       </c>
       <c r="G605">
-        <v>200.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>8</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D606">
+        <v>2019</v>
+      </c>
+      <c r="E606" t="s">
         <v>1208</v>
       </c>
-      <c r="D606">
-[...4 lines deleted...]
-      </c>
       <c r="F606" t="s">
         <v>12</v>
       </c>
       <c r="G606">
-        <v>125.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>8</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="D607">
         <v>2016</v>
       </c>
       <c r="E607" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="F607" t="s">
         <v>12</v>
       </c>
       <c r="G607">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>8</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D608">
+        <v>2015</v>
+      </c>
+      <c r="E608" t="s">
         <v>1212</v>
       </c>
-      <c r="D608">
-[...4 lines deleted...]
-      </c>
       <c r="F608" t="s">
         <v>12</v>
       </c>
       <c r="G608">
-        <v>104.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>8</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D609">
+        <v>2015</v>
+      </c>
+      <c r="E609" t="s">
         <v>1214</v>
       </c>
-      <c r="D609">
-[...4 lines deleted...]
-      </c>
       <c r="F609" t="s">
         <v>12</v>
       </c>
       <c r="G609">
-        <v>104.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>8</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D610">
+        <v>2015</v>
+      </c>
+      <c r="E610" t="s">
         <v>1216</v>
       </c>
-      <c r="D610">
-[...4 lines deleted...]
-      </c>
       <c r="F610" t="s">
         <v>12</v>
       </c>
       <c r="G610">
-        <v>225.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
         <v>8</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D611">
+        <v>2015</v>
+      </c>
+      <c r="E611" t="s">
         <v>1218</v>
       </c>
-      <c r="D611">
-[...4 lines deleted...]
-      </c>
       <c r="F611" t="s">
         <v>12</v>
       </c>
       <c r="G611">
-        <v>250.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
         <v>8</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D612">
+        <v>2016</v>
+      </c>
+      <c r="E612" t="s">
         <v>1220</v>
-      </c>
-[...4 lines deleted...]
-        <v>1221</v>
       </c>
       <c r="F612" t="s">
         <v>12</v>
       </c>
       <c r="G612">
         <v>125.0</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
         <v>8</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D613">
+        <v>2016</v>
+      </c>
+      <c r="E613" t="s">
         <v>1222</v>
       </c>
-      <c r="D613">
-[...4 lines deleted...]
-      </c>
       <c r="F613" t="s">
         <v>12</v>
       </c>
       <c r="G613">
-        <v>260.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
         <v>8</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D614">
+        <v>2016</v>
+      </c>
+      <c r="E614" t="s">
         <v>1224</v>
       </c>
-      <c r="D614">
-[...4 lines deleted...]
-      </c>
       <c r="F614" t="s">
         <v>12</v>
       </c>
       <c r="G614">
-        <v>290.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
         <v>8</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="D615">
         <v>2016</v>
       </c>
       <c r="E615" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="F615" t="s">
         <v>12</v>
       </c>
       <c r="G615">
-        <v>599.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
         <v>8</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D616">
+        <v>2017</v>
+      </c>
+      <c r="E616" t="s">
         <v>1228</v>
       </c>
-      <c r="D616">
-[...4 lines deleted...]
-      </c>
       <c r="F616" t="s">
         <v>12</v>
       </c>
       <c r="G616">
-        <v>100.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>8</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D617">
+        <v>2017</v>
+      </c>
+      <c r="E617" t="s">
         <v>1230</v>
       </c>
-      <c r="D617">
-[...4 lines deleted...]
-      </c>
       <c r="F617" t="s">
         <v>12</v>
       </c>
       <c r="G617">
-        <v>215.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>8</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D618">
+        <v>2017</v>
+      </c>
+      <c r="E618" t="s">
         <v>1232</v>
       </c>
-      <c r="D618">
-[...4 lines deleted...]
-      </c>
       <c r="F618" t="s">
         <v>12</v>
       </c>
       <c r="G618">
-        <v>250.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
         <v>8</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D619">
+        <v>2017</v>
+      </c>
+      <c r="E619" t="s">
         <v>1234</v>
       </c>
-      <c r="D619">
-[...4 lines deleted...]
-      </c>
       <c r="F619" t="s">
         <v>12</v>
       </c>
       <c r="G619">
-        <v>375.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
         <v>8</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="D620">
         <v>2015</v>
       </c>
       <c r="E620" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="F620" t="s">
         <v>12</v>
       </c>
       <c r="G620">
-        <v>557.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
         <v>8</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D621">
+        <v>2016</v>
+      </c>
+      <c r="E621" t="s">
         <v>1238</v>
       </c>
-      <c r="D621">
-[...4 lines deleted...]
-      </c>
       <c r="F621" t="s">
         <v>12</v>
       </c>
       <c r="G621">
-        <v>594.0</v>
+        <v>599.0</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>8</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D622">
+        <v>2015</v>
+      </c>
+      <c r="E622" t="s">
         <v>1240</v>
       </c>
-      <c r="D622">
-[...4 lines deleted...]
-      </c>
       <c r="F622" t="s">
         <v>12</v>
       </c>
       <c r="G622">
-        <v>170.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
         <v>8</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D623">
+        <v>2016</v>
+      </c>
+      <c r="E623" t="s">
         <v>1242</v>
       </c>
-      <c r="D623">
-[...4 lines deleted...]
-      </c>
       <c r="F623" t="s">
         <v>12</v>
       </c>
       <c r="G623">
-        <v>18.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
         <v>8</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
       <c r="D624">
         <v>2015</v>
       </c>
       <c r="E624" t="s">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="F624" t="s">
         <v>12</v>
       </c>
       <c r="G624">
-        <v>500.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
         <v>8</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D625">
+        <v>2016</v>
+      </c>
+      <c r="E625" t="s">
         <v>1246</v>
       </c>
-      <c r="D625">
-[...4 lines deleted...]
-      </c>
       <c r="F625" t="s">
         <v>12</v>
       </c>
       <c r="G625">
-        <v>120.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
         <v>8</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
       <c r="D626">
         <v>2015</v>
       </c>
       <c r="E626" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="F626" t="s">
         <v>12</v>
       </c>
       <c r="G626">
-        <v>220.0</v>
+        <v>557.0</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
         <v>8</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D627">
+        <v>2014</v>
+      </c>
+      <c r="E627" t="s">
         <v>1250</v>
       </c>
-      <c r="D627">
-[...4 lines deleted...]
-      </c>
       <c r="F627" t="s">
         <v>12</v>
       </c>
       <c r="G627">
-        <v>130.0</v>
+        <v>594.0</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
         <v>8</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D628">
+        <v>2014</v>
+      </c>
+      <c r="E628" t="s">
         <v>1252</v>
       </c>
-      <c r="D628">
-[...4 lines deleted...]
-      </c>
       <c r="F628" t="s">
         <v>12</v>
       </c>
       <c r="G628">
-        <v>104.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
         <v>8</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D629">
+        <v>2014</v>
+      </c>
+      <c r="E629" t="s">
         <v>1254</v>
       </c>
-      <c r="D629">
-[...4 lines deleted...]
-      </c>
       <c r="F629" t="s">
         <v>12</v>
       </c>
       <c r="G629">
-        <v>142.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
         <v>8</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="D630">
         <v>2015</v>
       </c>
       <c r="E630" t="s">
-        <v>1257</v>
+        <v>1256</v>
       </c>
       <c r="F630" t="s">
         <v>12</v>
       </c>
       <c r="G630">
-        <v>210.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
         <v>8</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>1258</v>
+        <v>1257</v>
       </c>
       <c r="D631">
         <v>2015</v>
       </c>
       <c r="E631" t="s">
-        <v>1259</v>
+        <v>1258</v>
       </c>
       <c r="F631" t="s">
         <v>12</v>
       </c>
       <c r="G631">
-        <v>104.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>8</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="D632">
         <v>2015</v>
       </c>
       <c r="E632" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="F632" t="s">
         <v>12</v>
       </c>
       <c r="G632">
-        <v>95.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>8</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D633">
+        <v>2015</v>
+      </c>
+      <c r="E633" t="s">
         <v>1262</v>
       </c>
-      <c r="D633">
-[...4 lines deleted...]
-      </c>
       <c r="F633" t="s">
         <v>12</v>
       </c>
       <c r="G633">
-        <v>175.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>8</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D634">
+        <v>2015</v>
+      </c>
+      <c r="E634" t="s">
         <v>1264</v>
       </c>
-      <c r="D634">
-[...4 lines deleted...]
-      </c>
       <c r="F634" t="s">
         <v>12</v>
       </c>
       <c r="G634">
-        <v>86.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>8</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="D635">
         <v>2015</v>
       </c>
       <c r="E635" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="F635" t="s">
         <v>12</v>
       </c>
       <c r="G635">
-        <v>230.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>8</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="D636">
         <v>2015</v>
       </c>
       <c r="E636" t="s">
-        <v>1269</v>
+        <v>1268</v>
       </c>
       <c r="F636" t="s">
         <v>12</v>
       </c>
       <c r="G636">
-        <v>280.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
         <v>8</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="D637">
         <v>2015</v>
       </c>
       <c r="E637" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="F637" t="s">
         <v>12</v>
       </c>
       <c r="G637">
-        <v>230.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>8</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D638">
+        <v>2015</v>
+      </c>
+      <c r="E638" t="s">
         <v>1272</v>
       </c>
-      <c r="D638">
-[...4 lines deleted...]
-      </c>
       <c r="F638" t="s">
         <v>12</v>
       </c>
       <c r="G638">
-        <v>400.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>8</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D639">
+        <v>2014</v>
+      </c>
+      <c r="E639" t="s">
         <v>1274</v>
       </c>
-      <c r="D639">
-[...4 lines deleted...]
-      </c>
       <c r="F639" t="s">
         <v>12</v>
       </c>
       <c r="G639">
-        <v>160.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>8</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="D640">
         <v>2014</v>
       </c>
       <c r="E640" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="F640" t="s">
         <v>12</v>
       </c>
       <c r="G640">
-        <v>150.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>8</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="D641">
         <v>2015</v>
       </c>
       <c r="E641" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="F641" t="s">
         <v>12</v>
       </c>
       <c r="G641">
-        <v>495.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>8</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>1280</v>
+        <v>1279</v>
       </c>
       <c r="D642">
         <v>2015</v>
       </c>
       <c r="E642" t="s">
-        <v>1281</v>
+        <v>1280</v>
       </c>
       <c r="F642" t="s">
         <v>12</v>
       </c>
       <c r="G642">
-        <v>334.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
         <v>8</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>1282</v>
+        <v>1281</v>
       </c>
       <c r="D643">
         <v>2015</v>
       </c>
       <c r="E643" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="F643" t="s">
         <v>12</v>
       </c>
       <c r="G643">
-        <v>340.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
         <v>8</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D644">
+        <v>2016</v>
+      </c>
+      <c r="E644" t="s">
         <v>1284</v>
       </c>
-      <c r="D644">
-[...4 lines deleted...]
-      </c>
       <c r="F644" t="s">
         <v>12</v>
       </c>
       <c r="G644">
-        <v>268.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
         <v>8</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="D645">
         <v>2015</v>
       </c>
       <c r="E645" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="F645" t="s">
         <v>12</v>
       </c>
       <c r="G645">
-        <v>294.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
         <v>8</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>1288</v>
+        <v>1287</v>
       </c>
       <c r="D646">
         <v>2014</v>
       </c>
       <c r="E646" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="F646" t="s">
         <v>12</v>
       </c>
       <c r="G646">
-        <v>190.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
         <v>8</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D647">
+        <v>2015</v>
+      </c>
+      <c r="E647" t="s">
         <v>1290</v>
       </c>
-      <c r="D647">
-[...4 lines deleted...]
-      </c>
       <c r="F647" t="s">
         <v>12</v>
       </c>
       <c r="G647">
-        <v>155.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>8</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="D648">
         <v>2015</v>
       </c>
       <c r="E648" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="F648" t="s">
         <v>12</v>
       </c>
       <c r="G648">
-        <v>150.0</v>
+        <v>334.0</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>8</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D649">
+        <v>2015</v>
+      </c>
+      <c r="E649" t="s">
         <v>1294</v>
       </c>
-      <c r="D649">
-[...4 lines deleted...]
-      </c>
       <c r="F649" t="s">
         <v>12</v>
       </c>
       <c r="G649">
-        <v>300.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
         <v>8</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="D650">
         <v>2014</v>
       </c>
       <c r="E650" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="F650" t="s">
         <v>12</v>
       </c>
       <c r="G650">
-        <v>175.0</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
         <v>8</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D651">
+        <v>2015</v>
+      </c>
+      <c r="E651" t="s">
         <v>1298</v>
       </c>
-      <c r="D651">
-[...4 lines deleted...]
-      </c>
       <c r="F651" t="s">
         <v>12</v>
       </c>
       <c r="G651">
-        <v>360.0</v>
+        <v>294.0</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
         <v>8</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="D652">
         <v>2014</v>
       </c>
       <c r="E652" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="F652" t="s">
         <v>12</v>
       </c>
       <c r="G652">
-        <v>350.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
         <v>8</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>1302</v>
+        <v>1301</v>
       </c>
       <c r="D653">
         <v>2014</v>
       </c>
       <c r="E653" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="F653" t="s">
         <v>12</v>
       </c>
       <c r="G653">
-        <v>170.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
         <v>8</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D654">
+        <v>2015</v>
+      </c>
+      <c r="E654" t="s">
         <v>1304</v>
       </c>
-      <c r="D654">
-[...4 lines deleted...]
-      </c>
       <c r="F654" t="s">
         <v>12</v>
       </c>
       <c r="G654">
-        <v>83.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>8</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>1306</v>
+        <v>1305</v>
       </c>
       <c r="D655">
         <v>2014</v>
       </c>
       <c r="E655" t="s">
-        <v>1307</v>
+        <v>1306</v>
       </c>
       <c r="F655" t="s">
         <v>12</v>
       </c>
       <c r="G655">
-        <v>90.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>8</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="D656">
         <v>2014</v>
       </c>
       <c r="E656" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
       <c r="F656" t="s">
         <v>12</v>
       </c>
       <c r="G656">
-        <v>130.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>8</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="D657">
         <v>2014</v>
       </c>
       <c r="E657" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="F657" t="s">
         <v>12</v>
       </c>
       <c r="G657">
-        <v>130.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>8</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
       <c r="D658">
         <v>2014</v>
       </c>
       <c r="E658" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="F658" t="s">
         <v>12</v>
       </c>
       <c r="G658">
-        <v>280.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
         <v>8</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="D659">
         <v>2014</v>
       </c>
       <c r="E659" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="F659" t="s">
         <v>12</v>
       </c>
       <c r="G659">
-        <v>130.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
         <v>8</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>1316</v>
+        <v>1315</v>
       </c>
       <c r="D660">
         <v>2014</v>
       </c>
       <c r="E660" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="F660" t="s">
         <v>12</v>
       </c>
       <c r="G660">
-        <v>170.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
         <v>8</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="D661">
         <v>2014</v>
       </c>
       <c r="E661" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="F661" t="s">
         <v>12</v>
       </c>
       <c r="G661">
-        <v>280.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>8</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="D662">
         <v>2014</v>
       </c>
       <c r="E662" t="s">
-        <v>1321</v>
+        <v>1320</v>
       </c>
       <c r="F662" t="s">
         <v>12</v>
       </c>
       <c r="G662">
-        <v>280.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>8</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="D663">
         <v>2014</v>
       </c>
       <c r="E663" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="F663" t="s">
         <v>12</v>
       </c>
       <c r="G663">
-        <v>120.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>8</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>1324</v>
+        <v>1323</v>
       </c>
       <c r="D664">
         <v>2014</v>
       </c>
       <c r="E664" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="F664" t="s">
         <v>12</v>
       </c>
       <c r="G664">
-        <v>155.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>8</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="D665">
         <v>2014</v>
       </c>
       <c r="E665" t="s">
-        <v>1327</v>
+        <v>1326</v>
       </c>
       <c r="F665" t="s">
         <v>12</v>
       </c>
       <c r="G665">
-        <v>35.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>8</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D666">
+        <v>2014</v>
+      </c>
+      <c r="E666" t="s">
         <v>1328</v>
       </c>
-      <c r="D666">
-[...4 lines deleted...]
-      </c>
       <c r="F666" t="s">
         <v>12</v>
       </c>
       <c r="G666">
-        <v>465.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>8</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="D667">
         <v>2014</v>
       </c>
       <c r="E667" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="F667" t="s">
         <v>12</v>
       </c>
       <c r="G667">
-        <v>150.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>8</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="D668">
         <v>2014</v>
       </c>
       <c r="E668" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="F668" t="s">
         <v>12</v>
       </c>
       <c r="G668">
-        <v>130.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>8</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>1334</v>
+        <v>1333</v>
       </c>
       <c r="D669">
         <v>2014</v>
       </c>
       <c r="E669" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="F669" t="s">
         <v>12</v>
       </c>
       <c r="G669">
-        <v>123.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>8</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
       <c r="D670">
         <v>2014</v>
       </c>
       <c r="E670" t="s">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="F670" t="s">
         <v>12</v>
       </c>
       <c r="G670">
-        <v>85.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>8</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>1338</v>
+        <v>1337</v>
       </c>
       <c r="D671">
         <v>2014</v>
       </c>
       <c r="E671" t="s">
-        <v>1339</v>
+        <v>1338</v>
       </c>
       <c r="F671" t="s">
         <v>12</v>
       </c>
       <c r="G671">
-        <v>920.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>8</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D672">
+        <v>2015</v>
+      </c>
+      <c r="E672" t="s">
         <v>1340</v>
       </c>
-      <c r="D672">
-[...4 lines deleted...]
-      </c>
       <c r="F672" t="s">
         <v>12</v>
       </c>
       <c r="G672">
-        <v>85.0</v>
+        <v>465.0</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>8</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="D673">
         <v>2014</v>
       </c>
       <c r="E673" t="s">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="F673" t="s">
         <v>12</v>
       </c>
       <c r="G673">
-        <v>110.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>8</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="D674">
         <v>2014</v>
       </c>
       <c r="E674" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="F674" t="s">
         <v>12</v>
       </c>
       <c r="G674">
-        <v>225.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>8</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D675">
+        <v>2014</v>
+      </c>
+      <c r="E675" t="s">
         <v>1346</v>
       </c>
-      <c r="D675">
-[...4 lines deleted...]
-      </c>
       <c r="F675" t="s">
         <v>12</v>
       </c>
       <c r="G675">
-        <v>464.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>8</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D676">
+        <v>2014</v>
+      </c>
+      <c r="E676" t="s">
         <v>1348</v>
       </c>
-      <c r="D676">
-[...4 lines deleted...]
-      </c>
       <c r="F676" t="s">
         <v>12</v>
       </c>
       <c r="G676">
-        <v>103.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>8</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D677">
+        <v>2014</v>
+      </c>
+      <c r="E677" t="s">
         <v>1350</v>
       </c>
-      <c r="D677">
-[...4 lines deleted...]
-      </c>
       <c r="F677" t="s">
         <v>12</v>
       </c>
       <c r="G677">
-        <v>108.0</v>
+        <v>920.0</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>8</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="D678">
         <v>2013</v>
       </c>
       <c r="E678" t="s">
-        <v>1353</v>
+        <v>1352</v>
       </c>
       <c r="F678" t="s">
         <v>12</v>
       </c>
       <c r="G678">
-        <v>278.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>8</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D679">
+        <v>2014</v>
+      </c>
+      <c r="E679" t="s">
         <v>1354</v>
       </c>
-      <c r="D679">
-[...4 lines deleted...]
-      </c>
       <c r="F679" t="s">
         <v>12</v>
       </c>
       <c r="G679">
-        <v>268.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>8</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D680">
+        <v>2014</v>
+      </c>
+      <c r="E680" t="s">
         <v>1356</v>
       </c>
-      <c r="D680">
-[...4 lines deleted...]
-      </c>
       <c r="F680" t="s">
         <v>12</v>
       </c>
       <c r="G680">
-        <v>309.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>8</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="D681">
         <v>2013</v>
       </c>
       <c r="E681" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="F681" t="s">
         <v>12</v>
       </c>
       <c r="G681">
-        <v>196.0</v>
+        <v>464.0</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>8</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="D682">
         <v>2013</v>
       </c>
       <c r="E682" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="F682" t="s">
         <v>12</v>
       </c>
       <c r="G682">
-        <v>129.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>8</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="D683">
         <v>2013</v>
       </c>
       <c r="E683" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="F683" t="s">
         <v>12</v>
       </c>
       <c r="G683">
-        <v>155.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>8</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="D684">
         <v>2013</v>
       </c>
       <c r="E684" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="F684" t="s">
         <v>12</v>
       </c>
       <c r="G684">
-        <v>79.0</v>
+        <v>278.0</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>8</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>1366</v>
+        <v>1365</v>
       </c>
       <c r="D685">
         <v>2013</v>
       </c>
       <c r="E685" t="s">
-        <v>1367</v>
+        <v>1366</v>
       </c>
       <c r="F685" t="s">
         <v>12</v>
       </c>
       <c r="G685">
-        <v>72.0</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>8</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="D686">
         <v>2013</v>
       </c>
       <c r="E686" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="F686" t="s">
         <v>12</v>
       </c>
       <c r="G686">
-        <v>180.0</v>
+        <v>309.0</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>8</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>1370</v>
+        <v>1369</v>
       </c>
       <c r="D687">
         <v>2013</v>
       </c>
       <c r="E687" t="s">
-        <v>1371</v>
+        <v>1370</v>
       </c>
       <c r="F687" t="s">
         <v>12</v>
       </c>
       <c r="G687">
-        <v>466.0</v>
+        <v>196.0</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>8</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="D688">
         <v>2013</v>
       </c>
       <c r="E688" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="F688" t="s">
         <v>12</v>
       </c>
       <c r="G688">
-        <v>46.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>8</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D689">
+        <v>2013</v>
+      </c>
+      <c r="E689" t="s">
         <v>1374</v>
       </c>
-      <c r="D689">
-[...4 lines deleted...]
-      </c>
       <c r="F689" t="s">
         <v>12</v>
       </c>
       <c r="G689">
-        <v>400.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>8</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D690">
+        <v>2013</v>
+      </c>
+      <c r="E690" t="s">
         <v>1376</v>
       </c>
-      <c r="D690">
-[...4 lines deleted...]
-      </c>
       <c r="F690" t="s">
         <v>12</v>
       </c>
       <c r="G690">
-        <v>212.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>8</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D691">
+        <v>2013</v>
+      </c>
+      <c r="E691" t="s">
         <v>1378</v>
       </c>
-      <c r="D691">
-[...4 lines deleted...]
-      </c>
       <c r="F691" t="s">
         <v>12</v>
       </c>
       <c r="G691">
-        <v>385.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>8</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D692">
+        <v>2013</v>
+      </c>
+      <c r="E692" t="s">
         <v>1380</v>
       </c>
-      <c r="D692">
-[...4 lines deleted...]
-      </c>
       <c r="F692" t="s">
         <v>12</v>
       </c>
       <c r="G692">
-        <v>795.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>8</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D693">
+        <v>2013</v>
+      </c>
+      <c r="E693" t="s">
         <v>1382</v>
       </c>
-      <c r="D693">
-[...4 lines deleted...]
-      </c>
       <c r="F693" t="s">
         <v>12</v>
       </c>
       <c r="G693">
-        <v>775.0</v>
+        <v>466.0</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>8</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D694">
+        <v>2013</v>
+      </c>
+      <c r="E694" t="s">
         <v>1384</v>
       </c>
-      <c r="D694">
-[...4 lines deleted...]
-      </c>
       <c r="F694" t="s">
         <v>12</v>
       </c>
       <c r="G694">
-        <v>210.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>8</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D695">
+        <v>2012</v>
+      </c>
+      <c r="E695" t="s">
         <v>1386</v>
       </c>
-      <c r="D695">
-[...4 lines deleted...]
-      </c>
       <c r="F695" t="s">
         <v>12</v>
       </c>
       <c r="G695">
-        <v>94.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>8</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="D696">
         <v>2012</v>
       </c>
       <c r="E696" t="s">
-        <v>1389</v>
+        <v>1388</v>
       </c>
       <c r="F696" t="s">
         <v>12</v>
       </c>
       <c r="G696">
-        <v>190.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>8</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="D697">
         <v>2012</v>
       </c>
       <c r="E697" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="F697" t="s">
         <v>12</v>
       </c>
       <c r="G697">
-        <v>283.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>8</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="D698">
         <v>2012</v>
       </c>
       <c r="E698" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
       <c r="F698" t="s">
         <v>12</v>
       </c>
       <c r="G698">
-        <v>231.0</v>
+        <v>795.0</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>8</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="D699">
         <v>2012</v>
       </c>
       <c r="E699" t="s">
-        <v>1395</v>
+        <v>1394</v>
       </c>
       <c r="F699" t="s">
         <v>12</v>
       </c>
       <c r="G699">
-        <v>47.0</v>
+        <v>775.0</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>8</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="D700">
         <v>2012</v>
       </c>
       <c r="E700" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="F700" t="s">
         <v>12</v>
       </c>
       <c r="G700">
-        <v>300.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>8</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D701">
+        <v>2013</v>
+      </c>
+      <c r="E701" t="s">
         <v>1398</v>
       </c>
-      <c r="D701">
-[...4 lines deleted...]
-      </c>
       <c r="F701" t="s">
         <v>12</v>
       </c>
       <c r="G701">
-        <v>318.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>8</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="D702">
         <v>2012</v>
       </c>
       <c r="E702" t="s">
-        <v>1401</v>
+        <v>1400</v>
       </c>
       <c r="F702" t="s">
         <v>12</v>
       </c>
       <c r="G702">
-        <v>283.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>8</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>1402</v>
+        <v>1401</v>
       </c>
       <c r="D703">
         <v>2012</v>
       </c>
       <c r="E703" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="F703" t="s">
         <v>12</v>
       </c>
       <c r="G703">
-        <v>147.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>8</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="D704">
         <v>2012</v>
       </c>
       <c r="E704" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="F704" t="s">
         <v>12</v>
       </c>
       <c r="G704">
         <v>231.0</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>8</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="D705">
         <v>2012</v>
       </c>
       <c r="E705" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="F705" t="s">
         <v>12</v>
       </c>
       <c r="G705">
-        <v>390.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
         <v>8</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D706">
+        <v>2012</v>
+      </c>
+      <c r="E706" t="s">
         <v>1408</v>
       </c>
-      <c r="D706">
-[...4 lines deleted...]
-      </c>
       <c r="F706" t="s">
         <v>12</v>
       </c>
       <c r="G706">
-        <v>84.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>8</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D707">
+        <v>2012</v>
+      </c>
+      <c r="E707" t="s">
         <v>1410</v>
       </c>
-      <c r="D707">
-[...4 lines deleted...]
-      </c>
       <c r="F707" t="s">
         <v>12</v>
       </c>
       <c r="G707">
-        <v>168.0</v>
+        <v>318.0</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
         <v>8</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="D708">
         <v>2012</v>
       </c>
       <c r="E708" t="s">
-        <v>1413</v>
+        <v>1412</v>
       </c>
       <c r="F708" t="s">
         <v>12</v>
       </c>
       <c r="G708">
-        <v>231.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>8</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>1414</v>
+        <v>1413</v>
       </c>
       <c r="D709">
         <v>2012</v>
       </c>
       <c r="E709" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="F709" t="s">
         <v>12</v>
       </c>
       <c r="G709">
-        <v>210.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>8</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D710">
+        <v>2012</v>
+      </c>
+      <c r="E710" t="s">
         <v>1416</v>
       </c>
-      <c r="D710">
-[...4 lines deleted...]
-      </c>
       <c r="F710" t="s">
         <v>12</v>
       </c>
       <c r="G710">
-        <v>190.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>8</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D711">
+        <v>2012</v>
+      </c>
+      <c r="E711" t="s">
         <v>1418</v>
       </c>
-      <c r="D711">
-[...4 lines deleted...]
-      </c>
       <c r="F711" t="s">
         <v>12</v>
       </c>
       <c r="G711">
-        <v>192.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
         <v>8</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>1420</v>
+        <v>1419</v>
       </c>
       <c r="D712">
         <v>2011</v>
       </c>
       <c r="E712" t="s">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="F712" t="s">
         <v>12</v>
       </c>
       <c r="G712">
-        <v>190.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>8</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="D713">
         <v>2011</v>
       </c>
       <c r="E713" t="s">
-        <v>1423</v>
+        <v>1422</v>
       </c>
       <c r="F713" t="s">
         <v>12</v>
       </c>
       <c r="G713">
-        <v>283.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
         <v>8</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D714">
+        <v>2012</v>
+      </c>
+      <c r="E714" t="s">
         <v>1424</v>
       </c>
-      <c r="D714">
-[...4 lines deleted...]
-      </c>
       <c r="F714" t="s">
         <v>12</v>
       </c>
       <c r="G714">
-        <v>168.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
         <v>8</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D715">
+        <v>2012</v>
+      </c>
+      <c r="E715" t="s">
         <v>1426</v>
       </c>
-      <c r="D715">
-[...4 lines deleted...]
-      </c>
       <c r="F715" t="s">
         <v>12</v>
       </c>
       <c r="G715">
-        <v>252.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
         <v>8</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>1428</v>
+        <v>1427</v>
       </c>
       <c r="D716">
         <v>2011</v>
       </c>
       <c r="E716" t="s">
-        <v>1429</v>
+        <v>1428</v>
       </c>
       <c r="F716" t="s">
         <v>12</v>
       </c>
       <c r="G716">
-        <v>252.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
         <v>8</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="D717">
         <v>2011</v>
       </c>
       <c r="E717" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="F717" t="s">
         <v>12</v>
       </c>
       <c r="G717">
-        <v>160.0</v>
+        <v>192.0</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
         <v>8</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="D718">
         <v>2011</v>
       </c>
       <c r="E718" t="s">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="F718" t="s">
         <v>12</v>
       </c>
       <c r="G718">
-        <v>203.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
         <v>8</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>1434</v>
+        <v>1433</v>
       </c>
       <c r="D719">
         <v>2011</v>
       </c>
       <c r="E719" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="F719" t="s">
         <v>12</v>
       </c>
       <c r="G719">
-        <v>304.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
         <v>8</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>1436</v>
+        <v>1435</v>
       </c>
       <c r="D720">
         <v>2011</v>
       </c>
       <c r="E720" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="F720" t="s">
         <v>12</v>
       </c>
       <c r="G720">
-        <v>231.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
         <v>8</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="D721">
         <v>2011</v>
       </c>
       <c r="E721" t="s">
-        <v>1439</v>
+        <v>1438</v>
       </c>
       <c r="F721" t="s">
         <v>12</v>
       </c>
       <c r="G721">
-        <v>190.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
         <v>8</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>1440</v>
+        <v>1439</v>
       </c>
       <c r="D722">
         <v>2011</v>
       </c>
       <c r="E722" t="s">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="F722" t="s">
         <v>12</v>
       </c>
       <c r="G722">
-        <v>421.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
         <v>8</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>1442</v>
+        <v>1441</v>
       </c>
       <c r="D723">
         <v>2011</v>
       </c>
       <c r="E723" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="F723" t="s">
         <v>12</v>
       </c>
       <c r="G723">
-        <v>421.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
         <v>8</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>1444</v>
+        <v>1443</v>
       </c>
       <c r="D724">
         <v>2011</v>
       </c>
       <c r="E724" t="s">
-        <v>1445</v>
+        <v>1444</v>
       </c>
       <c r="F724" t="s">
         <v>12</v>
       </c>
       <c r="G724">
-        <v>421.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
         <v>8</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>1446</v>
+        <v>1445</v>
       </c>
       <c r="D725">
         <v>2011</v>
       </c>
       <c r="E725" t="s">
-        <v>1447</v>
+        <v>1446</v>
       </c>
       <c r="F725" t="s">
         <v>12</v>
       </c>
       <c r="G725">
-        <v>421.0</v>
+        <v>304.0</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
         <v>8</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>1448</v>
+        <v>1447</v>
       </c>
       <c r="D726">
         <v>2011</v>
       </c>
       <c r="E726" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="F726" t="s">
         <v>12</v>
       </c>
       <c r="G726">
-        <v>284.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
         <v>8</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>1450</v>
+        <v>1449</v>
       </c>
       <c r="D727">
         <v>2011</v>
       </c>
       <c r="E727" t="s">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="F727" t="s">
         <v>12</v>
       </c>
       <c r="G727">
-        <v>150.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
         <v>8</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>1452</v>
+        <v>1451</v>
       </c>
       <c r="D728">
         <v>2011</v>
       </c>
       <c r="E728" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
       <c r="F728" t="s">
         <v>12</v>
       </c>
       <c r="G728">
-        <v>22.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
         <v>8</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="D729">
         <v>2011</v>
       </c>
       <c r="E729" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="F729" t="s">
         <v>12</v>
       </c>
       <c r="G729">
-        <v>173.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
         <v>8</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>1456</v>
+        <v>1455</v>
       </c>
       <c r="D730">
         <v>2011</v>
       </c>
       <c r="E730" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
       <c r="F730" t="s">
         <v>12</v>
       </c>
       <c r="G730">
-        <v>150.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
         <v>8</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>1458</v>
+        <v>1457</v>
       </c>
       <c r="D731">
         <v>2011</v>
       </c>
       <c r="E731" t="s">
-        <v>1459</v>
+        <v>1458</v>
       </c>
       <c r="F731" t="s">
         <v>12</v>
       </c>
       <c r="G731">
-        <v>100.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
         <v>8</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>1460</v>
+        <v>1459</v>
       </c>
       <c r="D732">
         <v>2011</v>
       </c>
       <c r="E732" t="s">
-        <v>1461</v>
+        <v>1460</v>
       </c>
       <c r="F732" t="s">
         <v>12</v>
       </c>
       <c r="G732">
-        <v>22.0</v>
+        <v>284.0</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
         <v>8</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>1462</v>
+        <v>1461</v>
       </c>
       <c r="D733">
         <v>2011</v>
       </c>
       <c r="E733" t="s">
-        <v>1463</v>
+        <v>1462</v>
       </c>
       <c r="F733" t="s">
         <v>12</v>
       </c>
       <c r="G733">
-        <v>190.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
         <v>8</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D734">
+        <v>2011</v>
+      </c>
+      <c r="E734" t="s">
         <v>1464</v>
       </c>
-      <c r="D734">
-[...4 lines deleted...]
-      </c>
       <c r="F734" t="s">
         <v>12</v>
       </c>
       <c r="G734">
-        <v>34.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
         <v>8</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D735">
+        <v>2011</v>
+      </c>
+      <c r="E735" t="s">
         <v>1466</v>
       </c>
-      <c r="D735">
-[...4 lines deleted...]
-      </c>
       <c r="F735" t="s">
         <v>12</v>
       </c>
       <c r="G735">
-        <v>22.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
         <v>8</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D736">
+        <v>2011</v>
+      </c>
+      <c r="E736" t="s">
         <v>1468</v>
       </c>
-      <c r="D736">
-[...4 lines deleted...]
-      </c>
       <c r="F736" t="s">
         <v>12</v>
       </c>
       <c r="G736">
-        <v>56.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
         <v>8</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D737">
+        <v>2011</v>
+      </c>
+      <c r="E737" t="s">
         <v>1470</v>
       </c>
-      <c r="D737">
-[...4 lines deleted...]
-      </c>
       <c r="F737" t="s">
         <v>12</v>
       </c>
       <c r="G737">
-        <v>125.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
         <v>8</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D738">
+        <v>2011</v>
+      </c>
+      <c r="E738" t="s">
         <v>1472</v>
       </c>
-      <c r="D738">
-[...4 lines deleted...]
-      </c>
       <c r="F738" t="s">
         <v>12</v>
       </c>
       <c r="G738">
-        <v>71.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
         <v>8</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D739">
+        <v>2011</v>
+      </c>
+      <c r="E739" t="s">
         <v>1474</v>
       </c>
-      <c r="D739">
-[...4 lines deleted...]
-      </c>
       <c r="F739" t="s">
         <v>12</v>
       </c>
       <c r="G739">
-        <v>363.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>8</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>1476</v>
+        <v>1475</v>
       </c>
       <c r="D740">
         <v>2010</v>
       </c>
       <c r="E740" t="s">
-        <v>1477</v>
+        <v>1476</v>
       </c>
       <c r="F740" t="s">
         <v>12</v>
       </c>
       <c r="G740">
-        <v>85.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>8</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>1478</v>
+        <v>1477</v>
       </c>
       <c r="D741">
         <v>2010</v>
       </c>
       <c r="E741" t="s">
-        <v>1479</v>
+        <v>1478</v>
       </c>
       <c r="F741" t="s">
         <v>12</v>
       </c>
       <c r="G741">
-        <v>95.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>8</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="D742">
         <v>2010</v>
       </c>
       <c r="E742" t="s">
-        <v>1481</v>
+        <v>1480</v>
       </c>
       <c r="F742" t="s">
         <v>12</v>
       </c>
       <c r="G742">
-        <v>220.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
         <v>8</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>1482</v>
+        <v>1481</v>
       </c>
       <c r="D743">
         <v>2010</v>
       </c>
       <c r="E743" t="s">
-        <v>1483</v>
+        <v>1482</v>
       </c>
       <c r="F743" t="s">
         <v>12</v>
       </c>
       <c r="G743">
-        <v>187.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
         <v>8</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>1484</v>
+        <v>1483</v>
       </c>
       <c r="D744">
         <v>2010</v>
       </c>
       <c r="E744" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="F744" t="s">
         <v>12</v>
       </c>
       <c r="G744">
-        <v>276.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
         <v>8</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="D745">
         <v>2010</v>
       </c>
       <c r="E745" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="F745" t="s">
         <v>12</v>
       </c>
       <c r="G745">
-        <v>95.0</v>
+        <v>363.0</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
         <v>8</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>1488</v>
+        <v>1487</v>
       </c>
       <c r="D746">
         <v>2010</v>
       </c>
       <c r="E746" t="s">
-        <v>1489</v>
+        <v>1488</v>
       </c>
       <c r="F746" t="s">
         <v>12</v>
       </c>
       <c r="G746">
-        <v>95.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
         <v>8</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>1490</v>
+        <v>1489</v>
       </c>
       <c r="D747">
         <v>2010</v>
       </c>
       <c r="E747" t="s">
-        <v>1491</v>
+        <v>1490</v>
       </c>
       <c r="F747" t="s">
         <v>12</v>
       </c>
       <c r="G747">
-        <v>187.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
         <v>8</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D748">
+        <v>2010</v>
+      </c>
+      <c r="E748" t="s">
         <v>1492</v>
       </c>
-      <c r="D748">
-[...4 lines deleted...]
-      </c>
       <c r="F748" t="s">
         <v>12</v>
       </c>
       <c r="G748">
-        <v>150.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
         <v>8</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D749">
+        <v>2010</v>
+      </c>
+      <c r="E749" t="s">
         <v>1494</v>
       </c>
-      <c r="D749">
-[...4 lines deleted...]
-      </c>
       <c r="F749" t="s">
         <v>12</v>
       </c>
       <c r="G749">
-        <v>150.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
         <v>8</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D750">
+        <v>2010</v>
+      </c>
+      <c r="E750" t="s">
         <v>1496</v>
       </c>
-      <c r="D750">
-[...4 lines deleted...]
-      </c>
       <c r="F750" t="s">
         <v>12</v>
       </c>
       <c r="G750">
-        <v>195.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
         <v>8</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D751">
+        <v>2010</v>
+      </c>
+      <c r="E751" t="s">
         <v>1498</v>
       </c>
-      <c r="D751">
-[...4 lines deleted...]
-      </c>
       <c r="F751" t="s">
         <v>12</v>
       </c>
       <c r="G751">
-        <v>300.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>8</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>1500</v>
+        <v>1499</v>
       </c>
       <c r="D752">
         <v>2010</v>
       </c>
       <c r="E752" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="F752" t="s">
         <v>12</v>
       </c>
       <c r="G752">
-        <v>147.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>8</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>1502</v>
+        <v>1501</v>
       </c>
       <c r="D753">
         <v>2010</v>
       </c>
       <c r="E753" t="s">
-        <v>1503</v>
+        <v>1502</v>
       </c>
       <c r="F753" t="s">
         <v>12</v>
       </c>
       <c r="G753">
-        <v>194.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>8</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="D754">
         <v>2009</v>
       </c>
       <c r="E754" t="s">
-        <v>1505</v>
+        <v>1504</v>
       </c>
       <c r="F754" t="s">
         <v>12</v>
       </c>
       <c r="G754">
-        <v>94.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>8</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="D755">
         <v>2009</v>
       </c>
       <c r="E755" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
       <c r="F755" t="s">
         <v>12</v>
       </c>
       <c r="G755">
-        <v>210.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>8</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>1508</v>
+        <v>1507</v>
       </c>
       <c r="D756">
         <v>2009</v>
       </c>
       <c r="E756" t="s">
-        <v>1509</v>
+        <v>1508</v>
       </c>
       <c r="F756" t="s">
         <v>12</v>
       </c>
       <c r="G756">
-        <v>231.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>8</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>1510</v>
+        <v>1509</v>
       </c>
       <c r="D757">
         <v>2009</v>
       </c>
       <c r="E757" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="F757" t="s">
         <v>12</v>
       </c>
       <c r="G757">
-        <v>557.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>8</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D758">
+        <v>2010</v>
+      </c>
+      <c r="E758" t="s">
         <v>1512</v>
       </c>
-      <c r="D758">
-[...4 lines deleted...]
-      </c>
       <c r="F758" t="s">
         <v>12</v>
       </c>
       <c r="G758">
-        <v>44.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>8</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D759">
+        <v>2010</v>
+      </c>
+      <c r="E759" t="s">
         <v>1514</v>
       </c>
-      <c r="D759">
-[...4 lines deleted...]
-      </c>
       <c r="F759" t="s">
         <v>12</v>
       </c>
       <c r="G759">
-        <v>39.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>8</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>1516</v>
+        <v>1515</v>
       </c>
       <c r="D760">
         <v>2009</v>
       </c>
       <c r="E760" t="s">
-        <v>1517</v>
+        <v>1516</v>
       </c>
       <c r="F760" t="s">
         <v>12</v>
       </c>
       <c r="G760">
-        <v>39.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>8</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>1518</v>
+        <v>1517</v>
       </c>
       <c r="D761">
         <v>2009</v>
       </c>
       <c r="E761" t="s">
-        <v>1519</v>
+        <v>1518</v>
       </c>
       <c r="F761" t="s">
         <v>12</v>
       </c>
       <c r="G761">
-        <v>22.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>8</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="D762">
         <v>2009</v>
       </c>
       <c r="E762" t="s">
-        <v>1521</v>
+        <v>1520</v>
       </c>
       <c r="F762" t="s">
         <v>12</v>
       </c>
       <c r="G762">
-        <v>22.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>8</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>1522</v>
+        <v>1521</v>
       </c>
       <c r="D763">
         <v>2009</v>
       </c>
       <c r="E763" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="F763" t="s">
         <v>12</v>
       </c>
       <c r="G763">
-        <v>22.0</v>
+        <v>557.0</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
         <v>8</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="D764">
         <v>2009</v>
       </c>
       <c r="E764" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="F764" t="s">
         <v>12</v>
       </c>
       <c r="G764">
         <v>44.0</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
         <v>8</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>1526</v>
+        <v>1525</v>
       </c>
       <c r="D765">
         <v>2009</v>
       </c>
       <c r="E765" t="s">
-        <v>1527</v>
+        <v>1526</v>
       </c>
       <c r="F765" t="s">
         <v>12</v>
       </c>
       <c r="G765">
-        <v>22.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>8</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>1528</v>
+        <v>1527</v>
       </c>
       <c r="D766">
         <v>2009</v>
       </c>
       <c r="E766" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="F766" t="s">
         <v>12</v>
       </c>
       <c r="G766">
         <v>39.0</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>8</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
       <c r="D767">
         <v>2009</v>
       </c>
       <c r="E767" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="F767" t="s">
         <v>12</v>
       </c>
       <c r="G767">
-        <v>278.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
         <v>8</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>1532</v>
+        <v>1531</v>
       </c>
       <c r="D768">
         <v>2009</v>
       </c>
       <c r="E768" t="s">
-        <v>1533</v>
+        <v>1532</v>
       </c>
       <c r="F768" t="s">
         <v>12</v>
       </c>
       <c r="G768">
-        <v>278.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
         <v>8</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D769">
+        <v>2009</v>
+      </c>
+      <c r="E769" t="s">
         <v>1534</v>
       </c>
-      <c r="D769">
-[...4 lines deleted...]
-      </c>
       <c r="F769" t="s">
         <v>12</v>
       </c>
       <c r="G769">
-        <v>342.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
         <v>8</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="D770">
         <v>2009</v>
       </c>
       <c r="E770" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
       <c r="F770" t="s">
         <v>12</v>
       </c>
       <c r="G770">
-        <v>325.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
         <v>8</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>1538</v>
+        <v>1537</v>
       </c>
       <c r="D771">
         <v>2009</v>
       </c>
       <c r="E771" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="F771" t="s">
         <v>12</v>
       </c>
       <c r="G771">
-        <v>260.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>8</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D772">
+        <v>2009</v>
+      </c>
+      <c r="E772" t="s">
         <v>1540</v>
       </c>
-      <c r="D772">
-[...4 lines deleted...]
-      </c>
       <c r="F772" t="s">
         <v>12</v>
       </c>
       <c r="G772">
-        <v>557.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>8</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D773">
+        <v>2009</v>
+      </c>
+      <c r="E773" t="s">
         <v>1542</v>
       </c>
-      <c r="D773">
-[...4 lines deleted...]
-      </c>
       <c r="F773" t="s">
         <v>12</v>
       </c>
       <c r="G773">
-        <v>49.0</v>
+        <v>278.0</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
         <v>8</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D774">
+        <v>2009</v>
+      </c>
+      <c r="E774" t="s">
         <v>1544</v>
       </c>
-      <c r="D774">
-[...4 lines deleted...]
-      </c>
       <c r="F774" t="s">
         <v>12</v>
       </c>
       <c r="G774">
-        <v>95.0</v>
+        <v>278.0</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
         <v>8</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D775">
+        <v>2008</v>
+      </c>
+      <c r="E775" t="s">
         <v>1546</v>
       </c>
-      <c r="D775">
-[...4 lines deleted...]
-      </c>
       <c r="F775" t="s">
         <v>12</v>
       </c>
       <c r="G775">
-        <v>1076.0</v>
+        <v>342.0</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
         <v>8</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D776">
+        <v>2009</v>
+      </c>
+      <c r="E776" t="s">
         <v>1548</v>
       </c>
-      <c r="D776">
-[...4 lines deleted...]
-      </c>
       <c r="F776" t="s">
         <v>12</v>
       </c>
       <c r="G776">
-        <v>599.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
         <v>8</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D777">
+        <v>2009</v>
+      </c>
+      <c r="E777" t="s">
         <v>1550</v>
       </c>
-      <c r="D777">
-[...4 lines deleted...]
-      </c>
       <c r="F777" t="s">
         <v>12</v>
       </c>
       <c r="G777">
-        <v>557.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
         <v>8</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>1552</v>
+        <v>1551</v>
       </c>
       <c r="D778">
         <v>2008</v>
       </c>
       <c r="E778" t="s">
-        <v>1553</v>
+        <v>1552</v>
       </c>
       <c r="F778" t="s">
         <v>12</v>
       </c>
       <c r="G778">
-        <v>243.0</v>
+        <v>557.0</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
         <v>8</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="D779">
         <v>2008</v>
       </c>
       <c r="E779" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="F779" t="s">
         <v>12</v>
       </c>
       <c r="G779">
-        <v>744.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
         <v>8</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D780">
+        <v>2008</v>
+      </c>
+      <c r="E780" t="s">
         <v>1556</v>
       </c>
-      <c r="D780">
-[...4 lines deleted...]
-      </c>
       <c r="F780" t="s">
         <v>12</v>
       </c>
       <c r="G780">
-        <v>56.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
         <v>8</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D781">
+        <v>2009</v>
+      </c>
+      <c r="E781" t="s">
         <v>1558</v>
       </c>
-      <c r="D781">
-[...4 lines deleted...]
-      </c>
       <c r="F781" t="s">
         <v>12</v>
       </c>
       <c r="G781">
-        <v>728.0</v>
+        <v>1076.0</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
         <v>8</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D782">
+        <v>2014</v>
+      </c>
+      <c r="E782" t="s">
         <v>1560</v>
       </c>
-      <c r="D782">
-[...4 lines deleted...]
-      </c>
       <c r="F782" t="s">
         <v>12</v>
       </c>
       <c r="G782">
-        <v>728.0</v>
+        <v>599.0</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
         <v>8</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D783">
+        <v>2007</v>
+      </c>
+      <c r="E783" t="s">
         <v>1562</v>
       </c>
-      <c r="D783">
-[...4 lines deleted...]
-      </c>
       <c r="F783" t="s">
         <v>12</v>
       </c>
       <c r="G783">
-        <v>110.0</v>
+        <v>557.0</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
         <v>8</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D784">
+        <v>2008</v>
+      </c>
+      <c r="E784" t="s">
         <v>1564</v>
       </c>
-      <c r="D784">
-[...4 lines deleted...]
-      </c>
       <c r="F784" t="s">
         <v>12</v>
       </c>
       <c r="G784">
-        <v>315.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
         <v>8</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D785">
+        <v>2008</v>
+      </c>
+      <c r="E785" t="s">
         <v>1566</v>
       </c>
-      <c r="D785">
-[...4 lines deleted...]
-      </c>
       <c r="F785" t="s">
         <v>12</v>
       </c>
       <c r="G785">
-        <v>531.0</v>
+        <v>744.0</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
         <v>8</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D786">
+        <v>2007</v>
+      </c>
+      <c r="E786" t="s">
         <v>1568</v>
       </c>
-      <c r="D786">
-[...4 lines deleted...]
-      </c>
       <c r="F786" t="s">
         <v>12</v>
       </c>
       <c r="G786">
-        <v>531.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
         <v>8</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="D787">
         <v>2007</v>
       </c>
       <c r="E787" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
       <c r="F787" t="s">
         <v>12</v>
       </c>
       <c r="G787">
-        <v>210.0</v>
+        <v>728.0</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
         <v>8</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D788">
+        <v>2007</v>
+      </c>
+      <c r="E788" t="s">
         <v>1572</v>
       </c>
-      <c r="D788">
-[...4 lines deleted...]
-      </c>
       <c r="F788" t="s">
         <v>12</v>
       </c>
       <c r="G788">
-        <v>531.0</v>
+        <v>728.0</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
         <v>8</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="D789">
         <v>2006</v>
       </c>
       <c r="E789" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="F789" t="s">
         <v>12</v>
       </c>
       <c r="G789">
-        <v>39.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
         <v>8</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D790">
+        <v>2007</v>
+      </c>
+      <c r="E790" t="s">
         <v>1576</v>
       </c>
-      <c r="D790">
-[...4 lines deleted...]
-      </c>
       <c r="F790" t="s">
         <v>12</v>
       </c>
       <c r="G790">
-        <v>137.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
         <v>8</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D791">
+        <v>2006</v>
+      </c>
+      <c r="E791" t="s">
         <v>1578</v>
       </c>
-      <c r="D791">
-[...4 lines deleted...]
-      </c>
       <c r="F791" t="s">
         <v>12</v>
       </c>
       <c r="G791">
-        <v>194.0</v>
+        <v>531.0</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
         <v>8</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="D792">
         <v>2006</v>
       </c>
       <c r="E792" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="F792" t="s">
         <v>12</v>
       </c>
       <c r="G792">
-        <v>132.0</v>
+        <v>531.0</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
         <v>8</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D793">
+        <v>2007</v>
+      </c>
+      <c r="E793" t="s">
         <v>1582</v>
-      </c>
-[...4 lines deleted...]
-        <v>1583</v>
       </c>
       <c r="F793" t="s">
         <v>12</v>
       </c>
       <c r="G793">
         <v>210.0</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
         <v>8</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>1584</v>
+        <v>1583</v>
       </c>
       <c r="D794">
         <v>2006</v>
       </c>
       <c r="E794" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="F794" t="s">
         <v>12</v>
       </c>
       <c r="G794">
-        <v>313.0</v>
+        <v>531.0</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
         <v>8</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D795">
         <v>2006</v>
       </c>
       <c r="E795" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="F795" t="s">
         <v>12</v>
       </c>
       <c r="G795">
-        <v>313.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
         <v>8</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="D796">
         <v>2006</v>
       </c>
       <c r="E796" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="F796" t="s">
         <v>12</v>
       </c>
       <c r="G796">
-        <v>95.0</v>
+        <v>137.0</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
         <v>8</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D797">
+        <v>2005</v>
+      </c>
+      <c r="E797" t="s">
         <v>1590</v>
       </c>
-      <c r="D797">
-[...4 lines deleted...]
-      </c>
       <c r="F797" t="s">
         <v>12</v>
       </c>
       <c r="G797">
-        <v>95.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
         <v>8</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D798">
+        <v>2006</v>
+      </c>
+      <c r="E798" t="s">
         <v>1592</v>
       </c>
-      <c r="D798">
-[...4 lines deleted...]
-      </c>
       <c r="F798" t="s">
         <v>12</v>
       </c>
       <c r="G798">
-        <v>107.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
         <v>8</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>1594</v>
+        <v>1593</v>
       </c>
       <c r="D799">
         <v>2006</v>
       </c>
       <c r="E799" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="F799" t="s">
         <v>12</v>
       </c>
       <c r="G799">
-        <v>68.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
         <v>8</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>1596</v>
+        <v>1595</v>
       </c>
       <c r="D800">
         <v>2006</v>
       </c>
       <c r="E800" t="s">
-        <v>1597</v>
+        <v>1596</v>
       </c>
       <c r="F800" t="s">
         <v>12</v>
       </c>
       <c r="G800">
-        <v>105.0</v>
+        <v>313.0</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>8</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="D801">
         <v>2006</v>
       </c>
       <c r="E801" t="s">
-        <v>1599</v>
+        <v>1598</v>
       </c>
       <c r="F801" t="s">
         <v>12</v>
       </c>
       <c r="G801">
-        <v>178.0</v>
+        <v>313.0</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
         <v>8</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D802">
+        <v>2006</v>
+      </c>
+      <c r="E802" t="s">
         <v>1600</v>
       </c>
-      <c r="D802">
-[...4 lines deleted...]
-      </c>
       <c r="F802" t="s">
         <v>12</v>
       </c>
       <c r="G802">
-        <v>71.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
         <v>8</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D803">
+        <v>2006</v>
+      </c>
+      <c r="E803" t="s">
         <v>1602</v>
       </c>
-      <c r="D803">
-[...4 lines deleted...]
-      </c>
       <c r="F803" t="s">
         <v>12</v>
       </c>
       <c r="G803">
-        <v>88.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
         <v>8</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D804">
+        <v>2005</v>
+      </c>
+      <c r="E804" t="s">
         <v>1604</v>
       </c>
-      <c r="D804">
-[...4 lines deleted...]
-      </c>
       <c r="F804" t="s">
         <v>12</v>
       </c>
       <c r="G804">
-        <v>137.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
         <v>8</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D805">
+        <v>2006</v>
+      </c>
+      <c r="E805" t="s">
         <v>1606</v>
       </c>
-      <c r="D805">
-[...4 lines deleted...]
-      </c>
       <c r="F805" t="s">
         <v>12</v>
       </c>
       <c r="G805">
-        <v>133.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>8</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D806">
+        <v>2006</v>
+      </c>
+      <c r="E806" t="s">
         <v>1608</v>
       </c>
-      <c r="D806">
-[...4 lines deleted...]
-      </c>
       <c r="F806" t="s">
         <v>12</v>
       </c>
       <c r="G806">
-        <v>137.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
         <v>8</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D807">
+        <v>2006</v>
+      </c>
+      <c r="E807" t="s">
         <v>1610</v>
       </c>
-      <c r="D807">
-[...4 lines deleted...]
-      </c>
       <c r="F807" t="s">
         <v>12</v>
       </c>
       <c r="G807">
-        <v>348.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
         <v>8</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>1612</v>
+        <v>1611</v>
       </c>
       <c r="D808">
         <v>2005</v>
       </c>
       <c r="E808" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="F808" t="s">
         <v>12</v>
       </c>
       <c r="G808">
-        <v>348.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
         <v>8</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
       <c r="D809">
         <v>2005</v>
       </c>
       <c r="E809" t="s">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="F809" t="s">
         <v>12</v>
       </c>
       <c r="G809">
-        <v>348.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
         <v>8</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D810">
+        <v>2004</v>
+      </c>
+      <c r="E810" t="s">
         <v>1616</v>
       </c>
-      <c r="D810">
-[...4 lines deleted...]
-      </c>
       <c r="F810" t="s">
         <v>12</v>
       </c>
       <c r="G810">
-        <v>348.0</v>
+        <v>137.0</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
         <v>8</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>1618</v>
+        <v>1617</v>
       </c>
       <c r="D811">
         <v>2004</v>
       </c>
       <c r="E811" t="s">
-        <v>1619</v>
+        <v>1618</v>
       </c>
       <c r="F811" t="s">
         <v>12</v>
       </c>
       <c r="G811">
-        <v>168.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
         <v>8</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="D812">
         <v>2004</v>
       </c>
       <c r="E812" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="F812" t="s">
         <v>12</v>
       </c>
       <c r="G812">
-        <v>178.0</v>
+        <v>137.0</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
         <v>8</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D813">
+        <v>2005</v>
+      </c>
+      <c r="E813" t="s">
         <v>1622</v>
       </c>
-      <c r="D813">
-[...4 lines deleted...]
-      </c>
       <c r="F813" t="s">
         <v>12</v>
       </c>
       <c r="G813">
-        <v>210.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
         <v>8</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D814">
+        <v>2005</v>
+      </c>
+      <c r="E814" t="s">
         <v>1624</v>
       </c>
-      <c r="D814">
-[...4 lines deleted...]
-      </c>
       <c r="F814" t="s">
         <v>12</v>
       </c>
       <c r="G814">
-        <v>226.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>8</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D815">
+        <v>2005</v>
+      </c>
+      <c r="E815" t="s">
         <v>1626</v>
       </c>
-      <c r="D815">
-[...4 lines deleted...]
-      </c>
       <c r="F815" t="s">
         <v>12</v>
       </c>
       <c r="G815">
-        <v>369.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
         <v>8</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D816">
+        <v>2005</v>
+      </c>
+      <c r="E816" t="s">
         <v>1628</v>
-      </c>
-[...4 lines deleted...]
-        <v>1629</v>
       </c>
       <c r="F816" t="s">
         <v>12</v>
       </c>
       <c r="G816">
         <v>348.0</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
         <v>8</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>1630</v>
+        <v>1629</v>
       </c>
       <c r="D817">
         <v>2004</v>
       </c>
       <c r="E817" t="s">
-        <v>1631</v>
+        <v>1630</v>
       </c>
       <c r="F817" t="s">
         <v>12</v>
       </c>
       <c r="G817">
-        <v>348.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>8</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D818">
         <v>2004</v>
       </c>
       <c r="E818" t="s">
-        <v>1633</v>
+        <v>1632</v>
       </c>
       <c r="F818" t="s">
         <v>12</v>
       </c>
       <c r="G818">
-        <v>348.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>8</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="D819">
         <v>2004</v>
       </c>
       <c r="E819" t="s">
-        <v>1635</v>
+        <v>1634</v>
       </c>
       <c r="F819" t="s">
         <v>12</v>
       </c>
       <c r="G819">
-        <v>348.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>8</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>1636</v>
+        <v>1635</v>
       </c>
       <c r="D820">
         <v>2004</v>
       </c>
       <c r="E820" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="F820" t="s">
         <v>12</v>
       </c>
       <c r="G820">
-        <v>348.0</v>
+        <v>226.0</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
         <v>8</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
       <c r="D821">
         <v>2004</v>
       </c>
       <c r="E821" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="F821" t="s">
         <v>12</v>
       </c>
       <c r="G821">
-        <v>348.0</v>
+        <v>369.0</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
         <v>8</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="D822">
         <v>2004</v>
       </c>
       <c r="E822" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="F822" t="s">
         <v>12</v>
       </c>
       <c r="G822">
         <v>348.0</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>8</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>1642</v>
+        <v>1641</v>
       </c>
       <c r="D823">
         <v>2004</v>
       </c>
       <c r="E823" t="s">
-        <v>1643</v>
+        <v>1642</v>
       </c>
       <c r="F823" t="s">
         <v>12</v>
       </c>
       <c r="G823">
         <v>348.0</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>8</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>1644</v>
+        <v>1643</v>
       </c>
       <c r="D824">
         <v>2004</v>
       </c>
       <c r="E824" t="s">
-        <v>1645</v>
+        <v>1644</v>
       </c>
       <c r="F824" t="s">
         <v>12</v>
       </c>
       <c r="G824">
-        <v>248.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>8</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>1646</v>
+        <v>1645</v>
       </c>
       <c r="D825">
         <v>2004</v>
       </c>
       <c r="E825" t="s">
-        <v>1647</v>
+        <v>1646</v>
       </c>
       <c r="F825" t="s">
         <v>12</v>
       </c>
       <c r="G825">
-        <v>88.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
         <v>8</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D826">
+        <v>2004</v>
+      </c>
+      <c r="E826" t="s">
         <v>1648</v>
       </c>
-      <c r="D826">
-[...4 lines deleted...]
-      </c>
       <c r="F826" t="s">
         <v>12</v>
       </c>
       <c r="G826">
-        <v>415.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
         <v>8</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D827">
+        <v>2004</v>
+      </c>
+      <c r="E827" t="s">
         <v>1650</v>
       </c>
-      <c r="D827">
-[...4 lines deleted...]
-      </c>
       <c r="F827" t="s">
         <v>12</v>
       </c>
       <c r="G827">
-        <v>37.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
         <v>8</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D828">
+        <v>2004</v>
+      </c>
+      <c r="E828" t="s">
         <v>1652</v>
       </c>
-      <c r="D828">
-[...4 lines deleted...]
-      </c>
       <c r="F828" t="s">
         <v>12</v>
       </c>
       <c r="G828">
-        <v>37.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
         <v>8</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D829">
+        <v>2004</v>
+      </c>
+      <c r="E829" t="s">
         <v>1654</v>
       </c>
-      <c r="D829">
-[...4 lines deleted...]
-      </c>
       <c r="F829" t="s">
         <v>12</v>
       </c>
       <c r="G829">
-        <v>350.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
         <v>8</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D830">
+        <v>2004</v>
+      </c>
+      <c r="E830" t="s">
         <v>1656</v>
       </c>
-      <c r="D830">
-[...4 lines deleted...]
-      </c>
       <c r="F830" t="s">
         <v>12</v>
       </c>
       <c r="G830">
-        <v>42.0</v>
+        <v>248.0</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
         <v>8</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D831">
+        <v>2004</v>
+      </c>
+      <c r="E831" t="s">
         <v>1658</v>
       </c>
-      <c r="D831">
-[...4 lines deleted...]
-      </c>
       <c r="F831" t="s">
         <v>12</v>
       </c>
       <c r="G831">
-        <v>42.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
         <v>8</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
       <c r="D832">
         <v>2003</v>
       </c>
       <c r="E832" t="s">
-        <v>1661</v>
+        <v>1660</v>
       </c>
       <c r="F832" t="s">
         <v>12</v>
       </c>
       <c r="G832">
-        <v>63.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
         <v>8</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>1662</v>
+        <v>1661</v>
       </c>
       <c r="D833">
         <v>2003</v>
       </c>
       <c r="E833" t="s">
-        <v>1663</v>
+        <v>1662</v>
       </c>
       <c r="F833" t="s">
         <v>12</v>
       </c>
       <c r="G833">
-        <v>90.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
         <v>8</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D834">
+        <v>2003</v>
+      </c>
+      <c r="E834" t="s">
         <v>1664</v>
       </c>
-      <c r="D834">
-[...4 lines deleted...]
-      </c>
       <c r="F834" t="s">
         <v>12</v>
       </c>
       <c r="G834">
-        <v>470.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
         <v>8</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D835">
+        <v>2003</v>
+      </c>
+      <c r="E835" t="s">
         <v>1666</v>
       </c>
-      <c r="D835">
-[...4 lines deleted...]
-      </c>
       <c r="F835" t="s">
         <v>12</v>
       </c>
       <c r="G835">
-        <v>73.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
         <v>8</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D836">
+        <v>2003</v>
+      </c>
+      <c r="E836" t="s">
         <v>1668</v>
       </c>
-      <c r="D836">
-[...4 lines deleted...]
-      </c>
       <c r="F836" t="s">
         <v>12</v>
       </c>
       <c r="G836">
-        <v>105.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
         <v>8</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D837">
+        <v>2003</v>
+      </c>
+      <c r="E837" t="s">
         <v>1670</v>
       </c>
-      <c r="D837">
-[...4 lines deleted...]
-      </c>
       <c r="F837" t="s">
         <v>12</v>
       </c>
       <c r="G837">
-        <v>73.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
         <v>8</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D838">
+        <v>2003</v>
+      </c>
+      <c r="E838" t="s">
         <v>1672</v>
       </c>
-      <c r="D838">
-[...4 lines deleted...]
-      </c>
       <c r="F838" t="s">
         <v>12</v>
       </c>
       <c r="G838">
-        <v>115.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
         <v>8</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D839">
+        <v>2003</v>
+      </c>
+      <c r="E839" t="s">
         <v>1674</v>
       </c>
-      <c r="D839">
-[...4 lines deleted...]
-      </c>
       <c r="F839" t="s">
         <v>12</v>
       </c>
       <c r="G839">
-        <v>73.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
         <v>8</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D840">
+        <v>2002</v>
+      </c>
+      <c r="E840" t="s">
         <v>1676</v>
       </c>
-      <c r="D840">
-[...4 lines deleted...]
-      </c>
       <c r="F840" t="s">
         <v>12</v>
       </c>
       <c r="G840">
-        <v>195.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
         <v>8</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D841">
+        <v>2002</v>
+      </c>
+      <c r="E841" t="s">
         <v>1678</v>
       </c>
-      <c r="D841">
-[...4 lines deleted...]
-      </c>
       <c r="F841" t="s">
         <v>12</v>
       </c>
       <c r="G841">
-        <v>125.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
         <v>8</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D842">
+        <v>2001</v>
+      </c>
+      <c r="E842" t="s">
         <v>1680</v>
       </c>
-      <c r="D842">
-[...4 lines deleted...]
-      </c>
       <c r="F842" t="s">
         <v>12</v>
       </c>
       <c r="G842">
-        <v>245.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
         <v>8</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D843">
+        <v>2001</v>
+      </c>
+      <c r="E843" t="s">
         <v>1682</v>
       </c>
-      <c r="D843">
-[...4 lines deleted...]
-      </c>
       <c r="F843" t="s">
         <v>12</v>
       </c>
       <c r="G843">
-        <v>107.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
         <v>8</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D844">
+        <v>2001</v>
+      </c>
+      <c r="E844" t="s">
         <v>1684</v>
       </c>
-      <c r="D844">
-[...4 lines deleted...]
-      </c>
       <c r="F844" t="s">
         <v>12</v>
       </c>
       <c r="G844">
-        <v>85.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
         <v>8</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D845">
+        <v>2001</v>
+      </c>
+      <c r="E845" t="s">
         <v>1686</v>
       </c>
-      <c r="D845">
-[...4 lines deleted...]
-      </c>
       <c r="F845" t="s">
         <v>12</v>
       </c>
       <c r="G845">
-        <v>267.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
         <v>8</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D846">
+        <v>2001</v>
+      </c>
+      <c r="E846" t="s">
         <v>1688</v>
       </c>
-      <c r="D846">
-[...4 lines deleted...]
-      </c>
       <c r="F846" t="s">
         <v>12</v>
       </c>
       <c r="G846">
-        <v>267.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
         <v>8</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D847">
+        <v>1993</v>
+      </c>
+      <c r="E847" t="s">
         <v>1690</v>
       </c>
-      <c r="D847">
-[...4 lines deleted...]
-      </c>
       <c r="F847" t="s">
         <v>12</v>
       </c>
       <c r="G847">
-        <v>267.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
         <v>8</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D848">
+        <v>1993</v>
+      </c>
+      <c r="E848" t="s">
         <v>1692</v>
       </c>
-      <c r="D848">
-[...4 lines deleted...]
-      </c>
       <c r="F848" t="s">
         <v>12</v>
       </c>
       <c r="G848">
-        <v>267.0</v>
+        <v>245.0</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
         <v>8</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D849">
+        <v>1991</v>
+      </c>
+      <c r="E849" t="s">
         <v>1694</v>
       </c>
-      <c r="D849">
-[...4 lines deleted...]
-      </c>
       <c r="F849" t="s">
         <v>12</v>
       </c>
       <c r="G849">
-        <v>267.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
         <v>8</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D850">
+        <v>1968</v>
+      </c>
+      <c r="E850" t="s">
         <v>1696</v>
       </c>
-      <c r="D850">
-[...4 lines deleted...]
-      </c>
       <c r="F850" t="s">
         <v>12</v>
       </c>
       <c r="G850">
-        <v>267.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
         <v>8</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="D851">
         <v>2000</v>
       </c>
       <c r="E851" t="s">
-        <v>1699</v>
+        <v>1698</v>
       </c>
       <c r="F851" t="s">
         <v>12</v>
       </c>
       <c r="G851">
         <v>267.0</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
         <v>8</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="D852">
         <v>2000</v>
       </c>
       <c r="E852" t="s">
-        <v>1701</v>
+        <v>1700</v>
       </c>
       <c r="F852" t="s">
         <v>12</v>
       </c>
       <c r="G852">
         <v>267.0</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
         <v>8</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="D853">
         <v>2000</v>
       </c>
       <c r="E853" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
       <c r="F853" t="s">
         <v>12</v>
       </c>
       <c r="G853">
         <v>267.0</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
         <v>8</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D854">
+        <v>2000</v>
+      </c>
+      <c r="E854" t="s">
         <v>1704</v>
       </c>
-      <c r="D854">
-[...4 lines deleted...]
-      </c>
       <c r="F854" t="s">
         <v>12</v>
       </c>
       <c r="G854">
-        <v>85.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
         <v>8</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D855">
+        <v>2000</v>
+      </c>
+      <c r="E855" t="s">
         <v>1706</v>
       </c>
-      <c r="D855">
-[...4 lines deleted...]
-      </c>
       <c r="F855" t="s">
         <v>12</v>
       </c>
       <c r="G855">
-        <v>85.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
         <v>8</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D856">
+        <v>2000</v>
+      </c>
+      <c r="E856" t="s">
         <v>1708</v>
       </c>
-      <c r="D856">
-[...4 lines deleted...]
-      </c>
       <c r="F856" t="s">
         <v>12</v>
       </c>
       <c r="G856">
-        <v>85.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
         <v>8</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D857">
+        <v>2000</v>
+      </c>
+      <c r="E857" t="s">
         <v>1710</v>
       </c>
-      <c r="D857">
-[...4 lines deleted...]
-      </c>
       <c r="F857" t="s">
         <v>12</v>
       </c>
       <c r="G857">
-        <v>85.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
         <v>8</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D858">
+        <v>2000</v>
+      </c>
+      <c r="E858" t="s">
         <v>1712</v>
       </c>
-      <c r="D858">
-[...4 lines deleted...]
-      </c>
       <c r="F858" t="s">
         <v>12</v>
       </c>
       <c r="G858">
-        <v>95.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
         <v>8</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D859">
+        <v>1983</v>
+      </c>
+      <c r="E859" t="s">
         <v>1714</v>
       </c>
-      <c r="D859">
-[...4 lines deleted...]
-      </c>
       <c r="F859" t="s">
         <v>12</v>
       </c>
       <c r="G859">
-        <v>104.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
         <v>8</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="D860">
         <v>1987</v>
       </c>
       <c r="E860" t="s">
-        <v>1717</v>
+        <v>1716</v>
       </c>
       <c r="F860" t="s">
         <v>12</v>
       </c>
       <c r="G860">
-        <v>104.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
         <v>8</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D861">
+        <v>1986</v>
+      </c>
+      <c r="E861" t="s">
         <v>1718</v>
-      </c>
-[...4 lines deleted...]
-        <v>1719</v>
       </c>
       <c r="F861" t="s">
         <v>12</v>
       </c>
       <c r="G861">
         <v>85.0</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
         <v>8</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D862">
+        <v>1984</v>
+      </c>
+      <c r="E862" t="s">
         <v>1720</v>
       </c>
-      <c r="D862">
-[...4 lines deleted...]
-      </c>
       <c r="F862" t="s">
         <v>12</v>
       </c>
       <c r="G862">
-        <v>104.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
         <v>8</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D863">
+        <v>1992</v>
+      </c>
+      <c r="E863" t="s">
         <v>1722</v>
       </c>
-      <c r="D863">
-[...4 lines deleted...]
-      </c>
       <c r="F863" t="s">
         <v>12</v>
       </c>
       <c r="G863">
-        <v>85.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
         <v>8</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D864">
+        <v>1990</v>
+      </c>
+      <c r="E864" t="s">
         <v>1724</v>
       </c>
-      <c r="D864">
-[...4 lines deleted...]
-      </c>
       <c r="F864" t="s">
         <v>12</v>
       </c>
       <c r="G864">
-        <v>138.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
         <v>8</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D865">
+        <v>1987</v>
+      </c>
+      <c r="E865" t="s">
         <v>1726</v>
-      </c>
-[...4 lines deleted...]
-        <v>1727</v>
       </c>
       <c r="F865" t="s">
         <v>12</v>
       </c>
       <c r="G865">
         <v>104.0</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
         <v>8</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>1728</v>
+        <v>1727</v>
       </c>
       <c r="D866">
         <v>1989</v>
       </c>
       <c r="E866" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="F866" t="s">
         <v>12</v>
       </c>
       <c r="G866">
-        <v>88.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
         <v>8</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D867">
+        <v>1993</v>
+      </c>
+      <c r="E867" t="s">
         <v>1730</v>
       </c>
-      <c r="D867">
-[...4 lines deleted...]
-      </c>
       <c r="F867" t="s">
         <v>12</v>
       </c>
       <c r="G867">
-        <v>85.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
         <v>8</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D868">
+        <v>1986</v>
+      </c>
+      <c r="E868" t="s">
         <v>1732</v>
       </c>
-      <c r="D868">
-[...4 lines deleted...]
-      </c>
       <c r="F868" t="s">
         <v>12</v>
       </c>
       <c r="G868">
-        <v>146.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
         <v>8</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D869">
+        <v>1999</v>
+      </c>
+      <c r="E869" t="s">
         <v>1734</v>
       </c>
-      <c r="D869">
-[...4 lines deleted...]
-      </c>
       <c r="F869" t="s">
         <v>12</v>
       </c>
       <c r="G869">
-        <v>85.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
         <v>8</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D870">
+        <v>1985</v>
+      </c>
+      <c r="E870" t="s">
         <v>1736</v>
       </c>
-      <c r="D870">
-[...4 lines deleted...]
-      </c>
       <c r="F870" t="s">
         <v>12</v>
       </c>
       <c r="G870">
-        <v>66.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
         <v>8</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D871">
+        <v>1989</v>
+      </c>
+      <c r="E871" t="s">
         <v>1738</v>
       </c>
-      <c r="D871">
-[...4 lines deleted...]
-      </c>
       <c r="F871" t="s">
         <v>12</v>
       </c>
       <c r="G871">
-        <v>49.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
         <v>8</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D872">
+        <v>1983</v>
+      </c>
+      <c r="E872" t="s">
         <v>1740</v>
       </c>
-      <c r="D872">
-[...4 lines deleted...]
-      </c>
       <c r="F872" t="s">
         <v>12</v>
       </c>
       <c r="G872">
-        <v>138.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
         <v>8</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D873">
+        <v>1999</v>
+      </c>
+      <c r="E873" t="s">
         <v>1742</v>
       </c>
-      <c r="D873">
-[...4 lines deleted...]
-      </c>
       <c r="F873" t="s">
         <v>12</v>
       </c>
       <c r="G873">
-        <v>85.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
         <v>8</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D874">
+        <v>1974</v>
+      </c>
+      <c r="E874" t="s">
         <v>1744</v>
       </c>
-      <c r="D874">
-[...4 lines deleted...]
-      </c>
       <c r="F874" t="s">
         <v>12</v>
       </c>
       <c r="G874">
-        <v>95.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
         <v>8</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D875">
+        <v>1999</v>
+      </c>
+      <c r="E875" t="s">
         <v>1746</v>
       </c>
-      <c r="D875">
-[...4 lines deleted...]
-      </c>
       <c r="F875" t="s">
         <v>12</v>
       </c>
       <c r="G875">
-        <v>346.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
         <v>8</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D876">
+        <v>1998</v>
+      </c>
+      <c r="E876" t="s">
         <v>1748</v>
       </c>
-      <c r="D876">
-[...4 lines deleted...]
-      </c>
       <c r="F876" t="s">
         <v>12</v>
       </c>
       <c r="G876">
-        <v>104.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
         <v>8</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D877">
+        <v>1996</v>
+      </c>
+      <c r="E877" t="s">
         <v>1750</v>
       </c>
-      <c r="D877">
-[...4 lines deleted...]
-      </c>
       <c r="F877" t="s">
         <v>12</v>
       </c>
       <c r="G877">
-        <v>85.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
         <v>8</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D878">
+        <v>1965</v>
+      </c>
+      <c r="E878" t="s">
         <v>1752</v>
       </c>
-      <c r="D878">
-[...4 lines deleted...]
-      </c>
       <c r="F878" t="s">
         <v>12</v>
       </c>
       <c r="G878">
-        <v>126.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
         <v>8</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D879">
+        <v>1998</v>
+      </c>
+      <c r="E879" t="s">
         <v>1754</v>
       </c>
-      <c r="D879">
-[...4 lines deleted...]
-      </c>
       <c r="F879" t="s">
         <v>12</v>
       </c>
       <c r="G879">
-        <v>121.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
         <v>8</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D880">
+        <v>1998</v>
+      </c>
+      <c r="E880" t="s">
         <v>1756</v>
       </c>
-      <c r="D880">
-[...4 lines deleted...]
-      </c>
       <c r="F880" t="s">
         <v>12</v>
       </c>
       <c r="G880">
-        <v>118.0</v>
+        <v>346.0</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
         <v>8</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D881">
+        <v>1987</v>
+      </c>
+      <c r="E881" t="s">
         <v>1758</v>
       </c>
-      <c r="D881">
-[...4 lines deleted...]
-      </c>
       <c r="F881" t="s">
         <v>12</v>
       </c>
       <c r="G881">
-        <v>95.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
         <v>8</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D882">
+        <v>1953</v>
+      </c>
+      <c r="E882" t="s">
         <v>1760</v>
       </c>
-      <c r="D882">
-[...4 lines deleted...]
-      </c>
       <c r="F882" t="s">
         <v>12</v>
       </c>
       <c r="G882">
-        <v>267.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
         <v>8</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D883">
+        <v>1997</v>
+      </c>
+      <c r="E883" t="s">
         <v>1762</v>
       </c>
-      <c r="D883">
-[...4 lines deleted...]
-      </c>
       <c r="F883" t="s">
         <v>12</v>
       </c>
       <c r="G883">
-        <v>267.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
         <v>8</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D884">
+        <v>1997</v>
+      </c>
+      <c r="E884" t="s">
         <v>1764</v>
       </c>
-      <c r="D884">
-[...4 lines deleted...]
-      </c>
       <c r="F884" t="s">
         <v>12</v>
       </c>
       <c r="G884">
-        <v>267.0</v>
+        <v>121.0</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
         <v>8</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D885">
+        <v>1996</v>
+      </c>
+      <c r="E885" t="s">
         <v>1766</v>
       </c>
-      <c r="D885">
-[...4 lines deleted...]
-      </c>
       <c r="F885" t="s">
         <v>12</v>
       </c>
       <c r="G885">
-        <v>107.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
         <v>8</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D886">
+        <v>1993</v>
+      </c>
+      <c r="E886" t="s">
         <v>1768</v>
       </c>
-      <c r="D886">
-[...4 lines deleted...]
-      </c>
       <c r="F886" t="s">
         <v>12</v>
       </c>
       <c r="G886">
-        <v>53.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
         <v>8</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D887">
+        <v>1995</v>
+      </c>
+      <c r="E887" t="s">
         <v>1770</v>
       </c>
-      <c r="D887">
-[...4 lines deleted...]
-      </c>
       <c r="F887" t="s">
         <v>12</v>
       </c>
       <c r="G887">
-        <v>58.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
         <v>8</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D888">
+        <v>1995</v>
+      </c>
+      <c r="E888" t="s">
         <v>1772</v>
       </c>
-      <c r="D888">
-[...4 lines deleted...]
-      </c>
       <c r="F888" t="s">
         <v>12</v>
       </c>
       <c r="G888">
-        <v>90.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
         <v>8</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D889">
+        <v>1995</v>
+      </c>
+      <c r="E889" t="s">
         <v>1774</v>
       </c>
-      <c r="D889">
-[...4 lines deleted...]
-      </c>
       <c r="F889" t="s">
         <v>12</v>
       </c>
-      <c r="H889">
-        <v>295.0</v>
+      <c r="G889">
+        <v>267.0</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
         <v>8</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>142</v>
+        <v>1775</v>
       </c>
       <c r="D890">
-        <v>2021</v>
+        <v>1992</v>
       </c>
       <c r="E890" t="s">
-        <v>139</v>
+        <v>1776</v>
       </c>
       <c r="F890" t="s">
         <v>12</v>
       </c>
       <c r="G890">
-        <v>165.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
         <v>8</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="D891">
-        <v>2021</v>
+        <v>1994</v>
       </c>
       <c r="E891" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="F891" t="s">
         <v>12</v>
       </c>
-      <c r="H891">
-        <v>185.0</v>
+      <c r="G891">
+        <v>53.0</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
         <v>8</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="D892">
-        <v>2018</v>
+        <v>1994</v>
       </c>
       <c r="E892" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="F892" t="s">
         <v>12</v>
       </c>
-      <c r="H892">
-        <v>240.0</v>
+      <c r="G892">
+        <v>58.0</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
         <v>8</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="D893">
-        <v>2018</v>
+        <v>1994</v>
       </c>
       <c r="E893" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="F893" t="s">
         <v>12</v>
       </c>
-      <c r="H893">
-        <v>289.0</v>
+      <c r="G893">
+        <v>90.0</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
         <v>8</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="D894">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E894" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="F894" t="s">
         <v>12</v>
       </c>
       <c r="H894">
-        <v>289.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
         <v>8</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>1784</v>
+        <v>158</v>
       </c>
       <c r="D895">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E895" t="s">
-        <v>139</v>
+        <v>155</v>
       </c>
       <c r="F895" t="s">
         <v>12</v>
       </c>
-      <c r="H895">
-        <v>160.0</v>
+      <c r="G895">
+        <v>165.0</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
         <v>8</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
         <v>1785</v>
       </c>
       <c r="D896">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E896" t="s">
         <v>1786</v>
       </c>
       <c r="F896" t="s">
         <v>12</v>
       </c>
       <c r="H896">
-        <v>180.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
         <v>8</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
         <v>1787</v>
       </c>
       <c r="D897">
         <v>2018</v>
       </c>
       <c r="E897" t="s">
         <v>1788</v>
       </c>
       <c r="F897" t="s">
         <v>12</v>
       </c>
       <c r="H897">
-        <v>180.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
         <v>8</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
         <v>1789</v>
       </c>
       <c r="D898">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E898" t="s">
         <v>1790</v>
       </c>
       <c r="F898" t="s">
         <v>12</v>
       </c>
       <c r="H898">
         <v>289.0</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
         <v>8</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
         <v>1791</v>
       </c>
       <c r="D899">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E899" t="s">
         <v>1792</v>
       </c>
       <c r="F899" t="s">
         <v>12</v>
       </c>
       <c r="H899">
-        <v>180.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
         <v>8</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
         <v>1793</v>
       </c>
       <c r="D900">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E900" t="s">
-        <v>1794</v>
+        <v>155</v>
       </c>
       <c r="F900" t="s">
         <v>12</v>
       </c>
       <c r="H900">
-        <v>260.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
         <v>8</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D901">
+        <v>2018</v>
+      </c>
+      <c r="E901" t="s">
         <v>1795</v>
       </c>
-      <c r="D901">
-[...4 lines deleted...]
-      </c>
       <c r="F901" t="s">
         <v>12</v>
       </c>
       <c r="H901">
-        <v>160.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
         <v>8</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>143</v>
+        <v>1796</v>
       </c>
       <c r="D902">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="E902" t="s">
-        <v>144</v>
+        <v>1797</v>
       </c>
       <c r="F902" t="s">
         <v>12</v>
       </c>
-      <c r="G902">
-        <v>137.0</v>
+      <c r="H902">
+        <v>180.0</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
         <v>8</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="D903">
+        <v>2015</v>
+      </c>
+      <c r="E903" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F903" t="s">
+        <v>12</v>
+      </c>
+      <c r="H903">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="904" spans="1:8">
+      <c r="A904" t="s">
+        <v>8</v>
+      </c>
+      <c r="B904" t="s">
+        <v>9</v>
+      </c>
+      <c r="C904" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D904">
+        <v>2015</v>
+      </c>
+      <c r="E904" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F904" t="s">
+        <v>12</v>
+      </c>
+      <c r="H904">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="905" spans="1:8">
+      <c r="A905" t="s">
+        <v>8</v>
+      </c>
+      <c r="B905" t="s">
+        <v>9</v>
+      </c>
+      <c r="C905" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D905">
         <v>2010</v>
       </c>
-      <c r="E903" t="s">
-[...5 lines deleted...]
-      <c r="H903">
+      <c r="E905" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F905" t="s">
+        <v>12</v>
+      </c>
+      <c r="H905">
+        <v>260.0</v>
+      </c>
+    </row>
+    <row r="906" spans="1:8">
+      <c r="A906" t="s">
+        <v>8</v>
+      </c>
+      <c r="B906" t="s">
+        <v>9</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D906">
+        <v>2015</v>
+      </c>
+      <c r="E906" t="s">
+        <v>155</v>
+      </c>
+      <c r="F906" t="s">
+        <v>12</v>
+      </c>
+      <c r="H906">
+        <v>160.0</v>
+      </c>
+    </row>
+    <row r="907" spans="1:8">
+      <c r="A907" t="s">
+        <v>8</v>
+      </c>
+      <c r="B907" t="s">
+        <v>9</v>
+      </c>
+      <c r="C907" t="s">
+        <v>159</v>
+      </c>
+      <c r="D907">
+        <v>2011</v>
+      </c>
+      <c r="E907" t="s">
+        <v>160</v>
+      </c>
+      <c r="F907" t="s">
+        <v>12</v>
+      </c>
+      <c r="G907">
+        <v>137.0</v>
+      </c>
+    </row>
+    <row r="908" spans="1:8">
+      <c r="A908" t="s">
+        <v>8</v>
+      </c>
+      <c r="B908" t="s">
+        <v>9</v>
+      </c>
+      <c r="C908" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D908">
+        <v>2010</v>
+      </c>
+      <c r="E908" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F908" t="s">
+        <v>12</v>
+      </c>
+      <c r="H908">
         <v>175.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>